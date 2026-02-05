--- v0 (2025-10-31)
+++ v1 (2026-02-05)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="373">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="384">
   <si>
     <t>BẢNG GIÁ LẺ MÁY THIẾT BỊ VĂN PHÒNG</t>
   </si>
   <si>
     <t>NO1</t>
   </si>
   <si>
     <t>Laptop - Bảng Vẽ Điện Tử</t>
   </si>
   <si>
     <t>Laptop Acer</t>
   </si>
   <si>
     <t>STT</t>
   </si>
   <si>
     <t>TÊN HÀNG HÓA</t>
   </si>
   <si>
     <t>ĐƠN VỊ</t>
   </si>
   <si>
     <t>GIÁ LẺ</t>
   </si>
   <si>
@@ -163,54 +163,60 @@
   <si>
     <t>Máy tính Laptop Dell inspiron 15 3511 Core i5-1135G7, 4GB DDR4,512GB SSD,15.6'' FHD,YMA,Win11,Office HS 21,Đen(P112F001DBL)</t>
   </si>
   <si>
     <t>Máy tính Laptop Dell Inspiron 15 3511 i3-1115G4, 4GB,256GB, 15.6'' FHD,UMA.Win11,Office HS 21,Đen (P112F001CBL)</t>
   </si>
   <si>
     <t>Máy tính Laptop Dell Inspiron 15 3511 i5-1135G7, Ram 8GB, SSD 512GB, Win11</t>
   </si>
   <si>
     <t xml:space="preserve">Máy tính Laptop Dell Latitude 3410 (i5-10210U/ 14"/ 8Gb/ 256Gb/ HD Graphics 620) ( Mới 100% ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy tính Laptop Dell Latitude 3420 ( i3-1115G4, 4GB Ram, 256GB PCIe SSD, 14.0''HD, Webcam-Wireless-bluetooth, 3cell 41Whr-1yr-65W adpt, Fedora, 12mths Pro ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy tính Laptop Dell Lattitude E5440 i5 Gen 4, Ram 8gb, SSD 256Gb, LCD 14" ( CŨ ) </t>
   </si>
   <si>
     <t>Máy tính Laptop Dell Precision 3510 Core i7 6700HQ/ Ram 8GB/ SSD 256GB/ VGA FirePro W5130M 2G Up 6G/ Màn 15.6in FHD</t>
   </si>
   <si>
     <t>Máy tính Laptop Dell Vostro 14 3400 i5-1135G7/8GD4/512SSD/ 14.0FHD/ 3C42WHr / ĐENW11SL+OFFICE HOME_Student/2GD5_MX330/Pro(YX51W6)</t>
   </si>
   <si>
+    <t xml:space="preserve">Máy tính sách tay Laptop Dell 3400 i7-8650U ram 8G SSD 256G VGA MX130 2G LCD 14 FHD + Sạc ( tặng 1 chuột không dây chính hãng + túi chống sốc cao su xịn + lót chuột ) </t>
+  </si>
+  <si>
     <t xml:space="preserve">Máy tính sách tay Laptop Dell Gaming Ins G3-3500 CPU I7-10750H Ram 16Gb SSD 512G VGA GTX1060Ti 6G LCD 15.6" FHD Sạc 180W ( CŨ ) </t>
   </si>
   <si>
-    <t>Máy tính sách tay Laptop Dell Latitude 5400 CPU I5-8350U Ram 8Gb SSD 256G LCD 14" cảm ứng FHD + Sạc</t>
+    <t xml:space="preserve">Máy tính sách tay Laptop Dell Inspirion 7572 CPU I5-8250U ram 8G SSD 256G VGA MX150 4G LCD 15.6 FHD + Sạc ( tặng 1 chuột không dây chính hãng + túi chống sốc cao su xịn + lót chuột ) </t>
+  </si>
+  <si>
+    <t>Máy tính sách tay Laptop Dell Latitude 5400 CPU I5-8365U Ram 8Gb SSD 256G LCD 14" cảm ứng FHD + Sạc</t>
   </si>
   <si>
     <t xml:space="preserve">Máy tính sách tay Laptop Dell Latitude 5570 - CPU Core i5-6300U, 8GB Ram, SSD 256GB, VGA R7 M360 2G, LCD 15.6 inch Full HD ( Hàng cũ sách tay Mỹ - Bảo hành 3 tháng - Tặng kèm 1 túi chống sốc cao su xịn + 1 chuột không dây chính hãng ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy tính sách tay Laptop Dell Latitude 7490 ( Hàng cũ sách tay Mỹ - Bảo hành 3 tháng - Tặng kèm 1 túi chống sốc cao su xịn + 1 chuột không dây chính hãng - CPU Core i5-8350U, 8GB Ram, SSD 256GB, Intel HD Graphics 620, LCD 14” Full HD ) </t>
   </si>
   <si>
     <t>Máy tính xách tay laptop Dell 6330 / Ram 4GB / SSD 128GB / 14 inch</t>
   </si>
   <si>
     <t>Máy tính xách tay laptop Dell Latitude 7420, CPU i5 1145G7, Ram 16Gb, SSD 256GB NVMe, LCD 14 FHD, Win 10 pro bản quyền, Finger</t>
   </si>
   <si>
     <t>Laptop Hp</t>
   </si>
   <si>
     <t xml:space="preserve">Máy tính LAPTOP GAMING HP OMEN 15/ i5-6300HQ/ 8G/ 128 SSD/ 1T HDD/ VGA/ GTX960 2G/ 15.6" full HD ( CŨ ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy tính Laptop HP 15S-FQ2559TU i5-1135G7, 8GD4, 512GSSD, 15.6FHD, Wlac, BT, 3C41WHr, VÀNG, W10SL_46M27PA ( Mới 100% ) </t>
   </si>
   <si>
     <t>Máy tính Laptop HP 240 G8 617K5PA Core™ i3-1005G1/4GB/256GB/14 inch FHD/Win 11</t>
   </si>
@@ -424,50 +430,53 @@
   <si>
     <t xml:space="preserve">Máy in hóa đơn Xprinter XP-Q801K, máy in bill ( USB + LAN ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in hóa đơn XPrinter XP-Q809K USB + LAN + Bluetooth, máy in bill ( Khổ giấy K80x80, Độ phân giải 576 điểm, Tốc độ in 260mm/giây, đầu in 150km, dao cắt 1,5 triệu lần ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in hóa đơn XPrinter XP-T80L USB + LAN, máy in bill ( Khổ giấy K80x80, Độ phân giải 576 điểm, Tốc độ in 230mm/giây, đầu in 100km, dao cắt 1 triệu lần ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in hóa đơn Xprinter XP-T80U, máy in bill ( in nhiệt trực tiếp, tuổi thọ đầu in 150km, 576 điểm/ dòng, k80X80, Đường kính lõi tối thiểu 25mm, Tốc độ 152mm/ giây, Tốc độ in: 230mm/giây - Chính hãng MỚI 100% - kết nối USB - Bảo hành 12 Tháng ) </t>
   </si>
   <si>
     <t>Máy in hoá đơn đi động Xprinter P103, máy in bill di động</t>
   </si>
   <si>
     <t>Máy In Kim</t>
   </si>
   <si>
     <t xml:space="preserve">Máy in Kim Epson LQ310 ( CŨ ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in Kim Epson LQ310 ( Mới 100% ) </t>
   </si>
   <si>
+    <t>Máy in Kim Epson LQ590 máy cũ</t>
+  </si>
+  <si>
     <t xml:space="preserve">Máy in Kim Oki 1190 Plus ( Mới 100% ) </t>
   </si>
   <si>
     <t>Máy In Laser Trắng Đen A3</t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser trắng đen A3 HP 5200 ( CŨ ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser trắng đen đơn năng HP LaserJet Pro M706N ( Máy in A5 A4 A3, kết nối USB + Lan - Máy Cũ ) </t>
   </si>
   <si>
     <t>Máy in laser đen trắng A3 HP M706N-B6S02A</t>
   </si>
   <si>
     <t>Máy In Laser Đa Năng A3</t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser trắng đen đa năng A3 HP M436N ( Mới 100% ) </t>
   </si>
   <si>
     <t>Máy in laser đen trắng đa năng HP MFP M438DN A3 (8AF44A)</t>
   </si>
   <si>
     <t>Máy In Nhiệt Màu</t>
@@ -553,77 +562,83 @@
   <si>
     <t>Máy in phun màu Canon PIXMA G5070 Wifi</t>
   </si>
   <si>
     <t>Máy in phun màu Epson L8050 Wifi Chính hãng</t>
   </si>
   <si>
     <t xml:space="preserve">Máy in phun màu đơn năng Canon PIXMA G1020 ( Máy in A5 A4, kết nối USB - CHÍNH HÃNG MỚI 100% ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in phun màu đơn năng Epson L1110 ( Mới 100% ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in phun màu đơn năng Epson L310 ( CŨ ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in phun màu đơn năng Epson L805 Wifi ( Máy in A5 A4, kết nối USB + Wifi - MÁY CŨ ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in phun màu đơn năng Epson L805 Wifi ( Máy in A5 A4, kết nối USB + Wifi - MÁY MỚI CHÍNH HÃNG 100% ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in phun đơn năng Epson L121 ( Mới 100% ) </t>
   </si>
   <si>
-    <t xml:space="preserve">Máy in phun đơn năng Epson L1210 ( Máy in màu A5 A4, kết nối USB - CHÍNH HÃNG MỚI 100% ) </t>
+    <t xml:space="preserve">Máy in phun đơn năng Epson L1210 MÁY CŨ ( Máy in màu A5 A4, kết nối USB ) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Máy in phun đơn năng Epson L1210 MÁY MỚI ( Máy in màu A5 A4, kết nối USB ) </t>
   </si>
   <si>
     <t>Máy in phun đơn năng Epson L1250 Wifi</t>
   </si>
   <si>
     <t>Máy In Tem Nhãn - Máy In Mã Vạch - Máy In Barcode</t>
   </si>
   <si>
     <t xml:space="preserve">Máy in mã vạch + in hóa đơn HPRT HM-A300E Bluetooth + USB Type-C, máy in tem nhãn bardcode ( In nhiệt trực tiếp, 203 DPI, khổ in 80mm, 75mm/s, đường kính cuộn tối đa 50mm, dùng giấy dang cuộn tròn, tuổi thọ 50km ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in mã vạch + in hóa đơn XPrinter XP-318BM USB+LAN, máy in tem nhãn bardcode in bill ( In nhiệt trực tiếp, 203 DPI, K82x100mm, Đường kính lõi tối thiểu 25mm, Hai chế độ in tem và in bill - Chính hãng MỚI 100% - Bảo hành 12 Tháng ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in mã vạch + in hóa đơn XPrinter XP-365B USB+LAN, máy in tem nhãn bardcode in bill ( In nhiệt trực tiếp, tuổi thọ 100km, 203 DPI, K82x100mm, Đường kính lõi tối thiểu 25mm, Hai chế độ in tem và in bill - Chính hãng MỚI 100% - Bảo hành 12 Tháng ) </t>
   </si>
   <si>
-    <t>Máy in mã vạch BIXOLON SLP TX403, máy in tem nhãn bardcode</t>
+    <t xml:space="preserve">Máy in mã vạch BIXOLON SLP-TX403G - máy in tem nhãn bardcode ( In nhiệt trực tiếp hoặc gián tiếp, 300DPI, K110mmx50m, 127mm/ giây, dùng giấy dạng cuộn tròn ) </t>
   </si>
   <si>
     <t>Máy in mã vạch cầm tay Xprinter XP-P3301B, máy in tem nhãn bardcode</t>
   </si>
   <si>
     <t xml:space="preserve">Máy in mã vạch di động Q2A Bluetooth, máy in tem nhãn bardcode ( Mới 100% ) </t>
   </si>
   <si>
+    <t xml:space="preserve">Máy in mã vạch Godex G500 USB - máy in tem nhãn bardcode ( In nhiệt trực tiếp hoặc gián tiếp, 203DPI, K110mmx50m, 127mm/ giây, dùng giấy dạng cuộn tròn ) </t>
+  </si>
+  <si>
     <t xml:space="preserve">Máy in mã vạch HPRT HT300 USB + LAN + COM ( máy in tem nhãn bardcode - In nhiệt trực tiếp hoặc gián tiếp, tuổi thọ 50km, 203DPI, K110mmx50m, 127mm/giây - CHÍNH HÃNG MỚI 100% ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in mã vạch SBARCO T4e, máy in tem nhãn bardcode ( Mới 100% ) </t>
   </si>
   <si>
     <t>Máy in mã vạch Xprinter XP-318B, máy in tem nhãn bardcode</t>
   </si>
   <si>
     <t xml:space="preserve">Máy in mã vạch Xprinter XP-350B USB, máy in tem nhãn bardcode ( In nhiệt trực tiếp, 203 DPI, khổ in 80mm, đường kính lõi tối thiểu 25mm, đường kính cuộn tối đa 100mm, dùng giấy dang cuộn tròn ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in mã vạch Xprinter XP-350BM USB+LAN+COM, máy in tem nhãn bardcode ( In nhiệt trực tiếp, 203 DPI, khổ in 80mm, đường kính lõi tối thiểu 25mm, đường kính cuộn tối đa 100mm, dùng giấy dang cuộn tròn ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in mã vạch Xprinter XP-420B USB+LAN, máy in tem nhãn bardcode ( In nhiệt trực tiếp, tuổi thọ 30km, 203DPI, K110mmx50m, 152mm/ giây, dùng giấy dang cuộn tròn - Chính hãng MỚI 100% - Bảo hành 12 Tháng ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in mã vạch Xprinter XP-420B, máy in tem nhãn bardcode ( Mới 100% - USB ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in mã vạch Xprinter XP-D464B, máy in tem nhãn bardcode ( In nhiệt trực tiếp, tuổi thọ 30km, 203 DPI, khổ in 110mm thực tế 102mm, Đường kính lõi tối thiểu 25mm, Tốc độ 152mm/ giây, dùng giấy dang cuộn tròn hoặc dạng tệp đều được - Chính hãng MỚI 100% - USB+WIFI - 12 Tháng ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in mã vạch Xprinter XP-D464B, máy in tem nhãn in barcode ( In nhiệt trực tiếp, tuổi thọ 30km, 203 DPI, khổ in 110mm thực tế 102mm, Đường kính lõi tối thiểu 25mm, Tốc độ 152mm/ giây, dùng giấy dang cuộn tròn hoặc dạng tệp đều được - Chính hãng MỚI 100% - USB - 12 Tháng ) </t>
@@ -634,50 +649,53 @@
   <si>
     <t xml:space="preserve">Máy in mã vạch Xprinter XP-D465B USB + Bluetooth, máy in tem nhãn bardcode ( In nhiệt trực tiếp, tuổi thọ 30km, 203DPI, K110mmx50m, 152mm/ giây, dùng giấy dạng xấp ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in mã vạch Xprinter XP-D465B USB + WIFI, máy in tem nhãn bardcode ( In nhiệt trực tiếp, tuổi thọ 30km, 203DPI, K110mmx50m, 152mm/ giây, dùng giấy dạng xấp ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in mã vạch Xprinter XP-DT426B USB + LAN, máy in tem nhãn bardcode ( In nhiệt trực tiếp, tuổi thọ 30km, 203DPI, K110mmx50m, 152mm/ giây, dùng giấy dang cuộn tròn ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in mã vạch Xprinter XP-DT426B USB, máy in tem nhãn bardcode ( In nhiệt trực tiếp, tuổi thọ 30km, 203DPI, K110mmx50m, 152mm/ giây, dùng giấy dang cuộn tròn - Chính hãng MỚI 100% - Bảo hành 12 Tháng ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in mã vạch Xprinter XP-TT426B USB + LAN, máy in tem nhãn bardcode ( In nhiệt trực tiếp hoặc gián tiếp, tuổi thọ 30km, 203DPI, K110mmx50m, 127mm/ giây, Thiết kế 2 động cơ độc lập dùng giấy dạng cuộn tròn ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in mã vạch Xprinter XP-TT426B USB, máy in tem nhãn bardcode ( In nhiệt trực tiếp hoặc gián tiếp, tuổi thọ 30km, 203DPI, K110mmx50m, 127mm/ giây, Thiết kế 2 động cơ độc lập dùng giấy dạng cuộn tròn ) </t>
   </si>
   <si>
     <t>Máy In Laser Màu Đa Năng</t>
   </si>
   <si>
     <t xml:space="preserve">Máy in Laser MÀU đa chức năng Brother DCP-L3560CDW ( In màu A5+A4, Scan ADF 1 mặt, Copy, in đảo mặt tự động, Kết nối USB+LAN+WIFI - Bảo hành 12 Tháng ) </t>
   </si>
   <si>
+    <t xml:space="preserve">Máy in Laser MÀU đa chức năng HP MFP 178NW ( In màu A5+A4, Scan, Copy, Kết nối USB+LAN+WIFI ) </t>
+  </si>
+  <si>
     <t xml:space="preserve">Máy in laser màu đa chức năng HP MFP 179fnw ( Mới 100% ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in Laser MÀU đa chức năng HP MFP 179fnw CŨ ( In A5+A4, Scan ADF 1 mặt, Copy, Fax, Kết nối USB+ LAN+ WIFI - Bảo hành 3 tháng ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser màu đa năng HP 177FW ( Máy in màu A5 A4, scan, copy, fax, kết nối USB + Wifi - MÁY CŨ ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in Laser màu đa năng HP MFP M176N ( CŨ ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in Laser màu đa năng HP MFP M181FW ( Mới 100% ) </t>
   </si>
   <si>
     <t>Máy In Laser Màu Đơn Năng</t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser màu Brother HL3230cdn ( Mới 100% ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser màu Canon LBP 623CDW ( Mới - Chính hãng ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser màu Canon LBP 623CDW ( Mới - Nhập Khẩu ) </t>
@@ -730,59 +748,65 @@
   <si>
     <t xml:space="preserve">Máy in Canon đa chức năng MF241d ( Mới 100% ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in HP đa chức năng LaserJet Pro MFP M227sdn - In - Scan - Copy ( Máy Cũ ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser Canon Đa chức năng MF244DW ( Mới ) </t>
   </si>
   <si>
     <t>Máy in laser Canon Đa chức năng MF269DW</t>
   </si>
   <si>
     <t>Máy in laser trắng den đa năng HP laserjet pro MFP M130NW</t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser trắng đen đa chức năng HP MFP 236SDW ( In đảo mặt tự động, Scan ADF 1 mặt, copy, kết nối USB+Wifi+Lan - Chính hãng MỚI 100% - 12 Tháng - Tặng 1 ram giấy A4 ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser trắng đen đa năng Brother 7360 ( CŨ ) </t>
   </si>
   <si>
     <t>Máy in Laser trắng đen đa năng Brother DCP-B7535DW</t>
   </si>
   <si>
+    <t xml:space="preserve">Máy in laser trắng đen đa năng Brother DCP-B7640DW ( Máy in đảo mặt tự động A5 A4, scan, copy ADF, fax, kết nối USB + Lan + Wifi - CHÍNH HÃNG MỚI 100% ) </t>
+  </si>
+  <si>
     <t xml:space="preserve">Máy in laser trắng đen đa năng Brother MFC-L2701DW ( Máy in đảo mặt tự động A5 A4, scan, copy ADF, fax, kết nối USB + Wifi - MÁY MỚI CHÍNH HÃNG 100% ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser trắng đen đa năng Brother MFC-L2701DW ( Máy in đảo mặt tự động A5 A4, scan, copy ADF, fax, kết nối USB + Wifi - MÁY CŨ ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser trắng đen đa năng Canon MF264DW ( Máy in đảo mặt tự động A5 A4, scan, copy ADF, fax, kết nối USB + Wifi - MÁY MỚI NHẬP KHẨU 100% ) </t>
   </si>
   <si>
+    <t xml:space="preserve">Máy in laser trắng đen đa năng Canon MF272dw ( Máy in đảo mặt tự động A5 A4 - scan - copy - kết nối USB + Lan + Wifi - mực 071 ) </t>
+  </si>
+  <si>
     <t xml:space="preserve">Máy in laser trắng đen đa năng Canon MF455DW ( Máy in đảo mặt tự động A5 A4 - scan - copy ADF - fax - kết nối USB + Wifi - In trực tiếp từ USB - Cartridge 057 - 38 trang/phút - LCD 5'' màu cảm ứng - MÁY MỚI NHẬP KHẨU 100% ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser trắng đen đa năng HP 125A ( CŨ ) </t>
   </si>
   <si>
     <t>máy</t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser trắng đen đa năng HP 127FN ( Máy in A5 A4, scan, copy, fax, kết nối USB + Lan - MÁY CŨ ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser trắng đen đa năng HP LaserJet 1212NF ( Máy in A5 A4, scan, copy, fax, kết nối USB + Lan - MÁY CŨ ) </t>
   </si>
   <si>
     <t>Máy in laser trắng đen đa năng HP laserjet pro mfp M26NW</t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser trắng đen đa năng HP M225DW ( Mới 100% ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser trắng đen đa năng HP M225DW ( CŨ ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in Laser trắng đen đa năng HP MFP 135A ( Mới 100% ) </t>
@@ -832,53 +856,50 @@
   <si>
     <t xml:space="preserve">Máy in Canon LBP621CW (in laser màu/ USB/ LAN/ Wifi) ( Mới 100% ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser Brother HL-L2361DN ( Máy in A5 A4, in đảo mặt tự động, kết nối USB + LAN - CŨ ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser Brother HL-L2361DN ( Máy in A5 A4, in đảo mặt tự động, kết nối USB + LAN - Mới 100% ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser Brother HL-L2366DW ( Mới 100% ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser canon 223DW ( Mới 100% ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in Laser màu HP 150NW ( Mới ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser trắng đen Canon 3300 đảo mặt ( CŨ ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy In laser trắng đen Canon LBP 151DW đảo mặt ( CŨ ) </t>
   </si>
   <si>
-    <t>Máy in Laser Trắng Đen HP 107w WiFi (4ZB78A)</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Máy in laser trắng đen HP 1160 ( CŨ ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser trắng đen HP 1320 ( CŨ ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser trắng đen HP 2015 ( CŨ ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser trắng đen HP 203DW ( Mới 100% ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser trắng đen HP 2055D ( MÁY CŨ, CÁP MỚI, HỘP MỰC MỚI ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser trắng đen HP laserjet 1006 ( Cũ ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser trắng đen HP LaserJet P1005 ( CŨ ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser trắng đen HP M102A ( Mới 100% ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in Laser trắng đen HP M12A ( Mới 100% ) </t>
@@ -898,84 +919,84 @@
   <si>
     <t>Máy in laser trắng đen tốc độ cao Canon LBP 243dw</t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser trắng đen đơn năng Brother HL-1111 ( Máy in A5 A4, kết nối USB - MÁY CŨ ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser trắng đen đơn năng Brother HL-2321D ( Máy in A5 A4, in đảo mặt tự động, kết nối USB - MÁY CŨ ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser trắng đen đơn năng Brother HL-2321D ( Máy in A5 A4, in đảo mặt tự động, kết nối USB - MÁY MỚI CHÍNH HÃNG 100% ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser trắng đen đơn năng Brother HL-2321D ( Máy in A5 A4, in đảo mặt tự động, kết nối USB - CHƯA DỌN ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser trắng đen đơn năng Canon 3050 ( Máy in A5 A4, kết nối USB - MÁY CŨ ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in Laser trắng đen đơn năng canon LBP 6000 ( CŨ ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser trắng đen đơn năng Canon LBP2900 ( Máy in A5 A4, kết nối USB, in được trên các loại giấy đặt biệt như decal, lụa, ... - MÁY CŨ ) </t>
   </si>
   <si>
+    <t xml:space="preserve">Máy in laser trắng đen đơn năng Canon LBP2900 ( Máy in A5 A4, kết nối USB, in được trên các loại giấy đặt biệt như decal, lụa, ... - mới ) </t>
+  </si>
+  <si>
     <t xml:space="preserve">Máy in laser trắng đen đơn năng Canon LBP6030 ( Máy in A5 A4, kết nối USB - MÁY MỚI CHÍNH HÃNG 100% ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser trắng đen đơn năng Canon LBP6030 ( Máy in A5 A4, kết nối USB - MÁY CŨ ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser trắng đen đơn năng Canon LBP6030W ( Máy in A5 A4, kết nối USB + Wifi - MÁY MỚI CHÍNH HÃNG 100% ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser trắng đen đơn năng HP 107A - 4ZB77A ( Máy in A5 A4, kết nối USB - MÁY CŨ ) </t>
   </si>
   <si>
-    <t xml:space="preserve">Máy in laser trắng đen đơn năng HP 107A - 4ZB77A ( Máy in A5 A4, kết nối USB - MÁY MỚI CHÍNH HÃNG 100% ) </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Máy in laser trắng đen đơn năng HP 107W ( Máy in A5 A4, kết nối USB + Wifi - MÁY CŨ ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser trắng đen đơn năng HP 1102 ( Máy in A5 A4, kết nối USB - CŨ ) </t>
   </si>
   <si>
-    <t xml:space="preserve">Máy in laser trắng đen đơn năng HP 402DN ( Máy in đảo mặt tự động A5 A4, kết nối USB + Lan, máy in tốc độ nhanh - MÁY CŨ ) </t>
+    <t xml:space="preserve">Máy in laser trắng đen đơn năng HP 402DN ( Máy in đảo mặt tự động A5 A4 + kết nối USB + Lan + máy in tốc độ nhanh - MÁY CŨ ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser trắng đen đơn năng HP M12W ( Máy in A5 A4, kết nối USB + Wifi - HÀNG MỚI CHÍNH HÃNG 100% ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser trắng đen đơn năng HP M12W ( Máy in A5 A4, kết nối USB + Wifi - MÁY CŨ ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser trắng đen đơn năng HP M211DW ( Máy in đảo mặt tự động A5 A4, kết nối USB + Wifi - MÁY MỚI CHÍNH HÃNG 100% ) </t>
   </si>
   <si>
-    <t xml:space="preserve">Máy in laser trắng đen đơn năng HP Pro 400 M401DN màn cảm ứng ( Máy in đảo mặt tự động A5 A4, kết nối USB + Lan, máy in tốc độ nhanh - MÁY CŨ ) </t>
+    <t xml:space="preserve">Máy in laser trắng đen đơn năng HP Pro 400 M401DN màn cảm ứng ( Máy in đảo mặt tự động A5 A4 + kết nối USB + Lan + máy in tốc độ nhanh - MÁY CŨ ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser đen trắng Canon LBP246dw ( Mới 100% - DV nạp mực bảo trì sửa chữa liên hệ 0902608844 ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser đen trắng Canon LBP6200D ( CŨ ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser đen trắng Canon LBP6230DN ( CŨ ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser đen trắng Canon LBP6230DN ( Mới 100% ) </t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser đen trắng HP LaserJet Pro M15A - W2G50A ( Mới ) </t>
   </si>
   <si>
     <t>Máy in laser đen trắng Ricoh 230dnw</t>
   </si>
   <si>
     <t xml:space="preserve">Máy in laser đơn năng Samsung ML 1866 ( CŨ ) </t>
   </si>
   <si>
     <t>Máy in đen trắng Canon LBP 233DW (in 2 mặt tự động) NK</t>
   </si>
@@ -1094,50 +1115,62 @@
     <t>Bộ máy tính bàn H510M/ I5-10400/ 8GB DDR4/ 256Gb/ PSU 650W/ Wifi T2U</t>
   </si>
   <si>
     <t>Bộ máy tính bàn H81/ G32xx / 4Gb / 128GB</t>
   </si>
   <si>
     <t>Bộ máy tính bàn H81/ I5 Gen/ 8Gb / 256Gb/ Vga 2Gb</t>
   </si>
   <si>
     <t>Bộ máy vi tính Bàn H510M/ I7-10700/ 16Gb/2666/ 1TB/ 256GB/ GV-N2060D6-6GD</t>
   </si>
   <si>
     <t>NO8</t>
   </si>
   <si>
     <t>Thiết Bị Văn Phòng Khác</t>
   </si>
   <si>
     <t>Máy Ép - Linh Kiện Máy Ép</t>
   </si>
   <si>
     <t>Bóng đèn nhiệt Máy ép Plastic Laminator A3-330C</t>
   </si>
   <si>
     <t>Main Máy ép Plastic Laminator A3-330C (VN)</t>
+  </si>
+  <si>
+    <t>Màng cán nguội Opat BÓNG</t>
+  </si>
+  <si>
+    <t>Cuộn</t>
+  </si>
+  <si>
+    <t>Màng cán nguội Opat MỜ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Máy cán màng nóng nguội A3 - 9350 ( + cặp pát ) </t>
   </si>
   <si>
     <t>Máy ép Plastic Laminator A3-330C</t>
   </si>
   <si>
     <t>Máy ép Plastic YT 320</t>
   </si>
   <si>
     <t>Máy Hút Bụi</t>
   </si>
   <si>
     <t>Máy Hủy Giấy</t>
   </si>
   <si>
     <t>Máy Hủy Giấy Bingo C30</t>
   </si>
   <si>
     <t>Máy Hủy Giấy Silicon PS-200C</t>
   </si>
   <si>
     <t>Máy Hủy Giấy Silicon PS-630C</t>
   </si>
   <si>
     <t>Máy Trợ Giảng</t>
   </si>
@@ -1651,54 +1684,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E381"/>
+  <dimension ref="A1:E391"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A379" sqref="A379:E379"/>
+      <selection activeCell="A389" sqref="A389:E389"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="7" customWidth="true" style="0"/>
     <col min="2" max="2" width="41" customWidth="true" style="4"/>
     <col min="3" max="3" width="12" customWidth="true" style="7"/>
     <col min="4" max="4" width="12" customWidth="true" style="10"/>
     <col min="5" max="5" width="15" customWidth="true" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" customHeight="1" ht="93.75">
       <c r="A1" s="1"/>
       <c r="B1" s="3"/>
       <c r="C1" s="5"/>
       <c r="D1" s="8"/>
       <c r="E1" s="3"/>
     </row>
     <row r="2" spans="1:5" customHeight="1" ht="40">
       <c r="A2" s="11" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="12"/>
       <c r="C2" s="13"/>
       <c r="D2" s="14"/>
@@ -2176,5096 +2209,5246 @@
       <c r="A35" s="2">
         <v>26</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>16</v>
       </c>
       <c r="D35" s="9">
         <v>17900000.0</v>
       </c>
       <c r="E35" s="3"/>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="2">
         <v>27</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C36" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D36" s="9">
-        <v>11200000.0</v>
+        <v>6600000.0</v>
       </c>
       <c r="E36" s="3"/>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" s="2">
         <v>28</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C37" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D37" s="9">
-        <v>6500000.0</v>
+        <v>11200000.0</v>
       </c>
       <c r="E37" s="3"/>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" s="2">
         <v>29</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C38" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D38" s="9">
-        <v>5100000.0</v>
+        <v>7800000.0</v>
       </c>
       <c r="E38" s="3"/>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" s="2">
         <v>30</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D39" s="9">
-        <v>5900000.0</v>
+        <v>7100000.0</v>
       </c>
       <c r="E39" s="3"/>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" s="2">
         <v>31</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C40" s="6" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D40" s="9">
-        <v>3500000.0</v>
+        <v>5100000.0</v>
       </c>
       <c r="E40" s="3"/>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" s="2">
         <v>32</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C41" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D41" s="9">
+        <v>5900000.0</v>
+      </c>
+      <c r="E41" s="3"/>
+    </row>
+    <row r="42" spans="1:5">
+      <c r="A42" s="2">
+        <v>33</v>
+      </c>
+      <c r="B42" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="C42" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="D41" s="9">
+      <c r="D42" s="9">
+        <v>3500000.0</v>
+      </c>
+      <c r="E42" s="3"/>
+    </row>
+    <row r="43" spans="1:5">
+      <c r="A43" s="2">
+        <v>34</v>
+      </c>
+      <c r="B43" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="C43" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="D43" s="9">
         <v>9000000.0</v>
       </c>
-      <c r="E41" s="3"/>
-[...11 lines deleted...]
-      <c r="A43" s="23" t="s">
+      <c r="E43" s="3"/>
+    </row>
+    <row r="44" spans="1:5">
+      <c r="A44" s="19" t="s">
+        <v>57</v>
+      </c>
+      <c r="B44" s="20"/>
+      <c r="C44" s="21"/>
+      <c r="D44" s="22"/>
+      <c r="E44" s="20"/>
+    </row>
+    <row r="45" spans="1:5">
+      <c r="A45" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B43" s="24" t="s">
+      <c r="B45" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C43" s="25" t="s">
+      <c r="C45" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D43" s="26" t="s">
+      <c r="D45" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E43" s="24" t="s">
+      <c r="E45" s="24" t="s">
         <v>8</v>
       </c>
-    </row>
-[...28 lines deleted...]
-      <c r="E45" s="3"/>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" s="2" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C46" s="6" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D46" s="9">
-        <v>9600000.0</v>
+        <v>11330000.0</v>
       </c>
       <c r="E46" s="3"/>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="2" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D47" s="9">
-        <v>2600000.0</v>
+        <v>25545000.0</v>
       </c>
       <c r="E47" s="3"/>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C48" s="6" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D48" s="9">
-        <v>5000000.0</v>
+        <v>9600000.0</v>
       </c>
       <c r="E48" s="3"/>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C49" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D49" s="9">
-        <v>5500000.0</v>
+        <v>2600000.0</v>
       </c>
       <c r="E49" s="3"/>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" s="2" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C50" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D50" s="9">
+        <v>5000000.0</v>
+      </c>
+      <c r="E50" s="3"/>
+    </row>
+    <row r="51" spans="1:5">
+      <c r="A51" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B51" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="C51" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D51" s="9">
+        <v>5500000.0</v>
+      </c>
+      <c r="E51" s="3"/>
+    </row>
+    <row r="52" spans="1:5">
+      <c r="A52" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B52" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="C52" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D52" s="9">
         <v>6900000.0</v>
       </c>
-      <c r="E50" s="3"/>
-[...11 lines deleted...]
-      <c r="A52" s="23" t="s">
+      <c r="E52" s="3"/>
+    </row>
+    <row r="53" spans="1:5">
+      <c r="A53" s="19" t="s">
+        <v>65</v>
+      </c>
+      <c r="B53" s="20"/>
+      <c r="C53" s="21"/>
+      <c r="D53" s="22"/>
+      <c r="E53" s="20"/>
+    </row>
+    <row r="54" spans="1:5">
+      <c r="A54" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B52" s="24" t="s">
+      <c r="B54" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C52" s="25" t="s">
+      <c r="C54" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D52" s="26" t="s">
+      <c r="D54" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E52" s="24" t="s">
+      <c r="E54" s="24" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="53" spans="1:5">
-      <c r="A53" s="2" t="s">
+    <row r="55" spans="1:5">
+      <c r="A55" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="B53" s="3" t="s">
-[...5 lines deleted...]
-      <c r="D53" s="9">
+      <c r="B55" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="C55" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D55" s="9">
         <v>1500000.0</v>
       </c>
-      <c r="E53" s="3"/>
-[...2 lines deleted...]
-      <c r="A54" s="2" t="s">
+      <c r="E55" s="3"/>
+    </row>
+    <row r="56" spans="1:5">
+      <c r="A56" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="B54" s="3" t="s">
-[...5 lines deleted...]
-      <c r="D54" s="9">
+      <c r="B56" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="C56" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D56" s="9">
         <v>23800000.0</v>
       </c>
-      <c r="E54" s="3"/>
-[...11 lines deleted...]
-      <c r="A56" s="23" t="s">
+      <c r="E56" s="3"/>
+    </row>
+    <row r="57" spans="1:5">
+      <c r="A57" s="19" t="s">
+        <v>68</v>
+      </c>
+      <c r="B57" s="20"/>
+      <c r="C57" s="21"/>
+      <c r="D57" s="22"/>
+      <c r="E57" s="20"/>
+    </row>
+    <row r="58" spans="1:5">
+      <c r="A58" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B56" s="24" t="s">
+      <c r="B58" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C56" s="25" t="s">
+      <c r="C58" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D56" s="26" t="s">
+      <c r="D58" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E56" s="24" t="s">
+      <c r="E58" s="24" t="s">
         <v>8</v>
       </c>
-    </row>
-[...28 lines deleted...]
-      <c r="E58" s="3"/>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" s="2" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C59" s="6" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D59" s="9">
+        <v>5500000.0</v>
+      </c>
+      <c r="E59" s="3"/>
+    </row>
+    <row r="60" spans="1:5">
+      <c r="A60" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B60" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="C60" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="D60" s="9">
+        <v>4500000.0</v>
+      </c>
+      <c r="E60" s="3"/>
+    </row>
+    <row r="61" spans="1:5">
+      <c r="A61" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B61" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="C61" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D61" s="9">
         <v>6200000.0</v>
       </c>
-      <c r="E59" s="3"/>
-[...25 lines deleted...]
-      </c>
+      <c r="E61" s="3"/>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" s="19" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B62" s="20"/>
       <c r="C62" s="21"/>
       <c r="D62" s="22"/>
       <c r="E62" s="20"/>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" s="23" t="s">
         <v>4</v>
       </c>
       <c r="B63" s="24" t="s">
         <v>5</v>
       </c>
       <c r="C63" s="25" t="s">
         <v>6</v>
       </c>
       <c r="D63" s="26" t="s">
         <v>7</v>
       </c>
       <c r="E63" s="24" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="64" spans="1:5">
-      <c r="A64" s="2" t="s">
+      <c r="A64" s="19" t="s">
+        <v>73</v>
+      </c>
+      <c r="B64" s="20"/>
+      <c r="C64" s="21"/>
+      <c r="D64" s="22"/>
+      <c r="E64" s="20"/>
+    </row>
+    <row r="65" spans="1:5">
+      <c r="A65" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B65" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C65" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D65" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E65" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="66" spans="1:5">
+      <c r="A66" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="B64" s="3" t="s">
-[...5 lines deleted...]
-      <c r="D64" s="9">
+      <c r="B66" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="C66" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D66" s="9">
         <v>18000000.0</v>
       </c>
-      <c r="E64" s="3"/>
-[...11 lines deleted...]
-      <c r="A66" s="23" t="s">
+      <c r="E66" s="3"/>
+    </row>
+    <row r="67" spans="1:5">
+      <c r="A67" s="19" t="s">
+        <v>75</v>
+      </c>
+      <c r="B67" s="20"/>
+      <c r="C67" s="21"/>
+      <c r="D67" s="22"/>
+      <c r="E67" s="20"/>
+    </row>
+    <row r="68" spans="1:5">
+      <c r="A68" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B66" s="24" t="s">
+      <c r="B68" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C66" s="25" t="s">
+      <c r="C68" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D66" s="26" t="s">
+      <c r="D68" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E66" s="24" t="s">
+      <c r="E68" s="24" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="67" spans="1:5">
-      <c r="A67" s="2" t="s">
+    <row r="69" spans="1:5">
+      <c r="A69" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="B67" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C67" s="6" t="s">
+      <c r="B69" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="C69" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="D67" s="9">
-[...16 lines deleted...]
-      <c r="A69" s="19" t="s">
+      <c r="D69" s="9">
+        <v>4766000.0</v>
+      </c>
+      <c r="E69" s="3"/>
+    </row>
+    <row r="70" spans="1:5">
+      <c r="A70" s="15" t="s">
         <v>77</v>
       </c>
-      <c r="B69" s="20"/>
-[...5 lines deleted...]
-      <c r="A70" s="23" t="s">
+      <c r="B70" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="C70" s="17"/>
+      <c r="D70" s="18"/>
+      <c r="E70" s="16"/>
+    </row>
+    <row r="71" spans="1:5">
+      <c r="A71" s="19" t="s">
+        <v>79</v>
+      </c>
+      <c r="B71" s="20"/>
+      <c r="C71" s="21"/>
+      <c r="D71" s="22"/>
+      <c r="E71" s="20"/>
+    </row>
+    <row r="72" spans="1:5">
+      <c r="A72" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B70" s="24" t="s">
+      <c r="B72" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C70" s="25" t="s">
+      <c r="C72" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D70" s="26" t="s">
+      <c r="D72" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E70" s="24" t="s">
+      <c r="E72" s="24" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="71" spans="1:5">
-      <c r="A71" s="2" t="s">
+    <row r="73" spans="1:5">
+      <c r="A73" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="B71" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C71" s="6" t="s">
+      <c r="B73" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="C73" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="D71" s="9">
+      <c r="D73" s="9">
         <v>5000000.0</v>
       </c>
-      <c r="E71" s="3"/>
-[...11 lines deleted...]
-      <c r="A73" s="23" t="s">
+      <c r="E73" s="3"/>
+    </row>
+    <row r="74" spans="1:5">
+      <c r="A74" s="19" t="s">
+        <v>81</v>
+      </c>
+      <c r="B74" s="20"/>
+      <c r="C74" s="21"/>
+      <c r="D74" s="22"/>
+      <c r="E74" s="20"/>
+    </row>
+    <row r="75" spans="1:5">
+      <c r="A75" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B73" s="24" t="s">
+      <c r="B75" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C73" s="25" t="s">
+      <c r="C75" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D73" s="26" t="s">
+      <c r="D75" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E73" s="24" t="s">
+      <c r="E75" s="24" t="s">
         <v>8</v>
       </c>
-    </row>
-[...28 lines deleted...]
-      <c r="E75" s="3"/>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" s="2" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C76" s="6" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D76" s="9">
-        <v>1890000.0</v>
+        <v>1550000.0</v>
       </c>
       <c r="E76" s="3"/>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" s="2" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C77" s="6" t="s">
         <v>16</v>
       </c>
       <c r="D77" s="9">
-        <v>2200000.0</v>
+        <v>3050000.0</v>
       </c>
       <c r="E77" s="3"/>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C78" s="6" t="s">
         <v>16</v>
       </c>
       <c r="D78" s="9">
-        <v>1550000.0</v>
+        <v>1890000.0</v>
       </c>
       <c r="E78" s="3"/>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C79" s="6" t="s">
         <v>16</v>
       </c>
       <c r="D79" s="9">
-        <v>2100000.0</v>
+        <v>2200000.0</v>
       </c>
       <c r="E79" s="3"/>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" s="2" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C80" s="6" t="s">
         <v>16</v>
       </c>
       <c r="D80" s="9">
         <v>1550000.0</v>
       </c>
       <c r="E80" s="3"/>
     </row>
     <row r="81" spans="1:5">
       <c r="A81" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C81" s="6" t="s">
         <v>16</v>
       </c>
       <c r="D81" s="9">
-        <v>2200000.0</v>
+        <v>2100000.0</v>
       </c>
       <c r="E81" s="3"/>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" s="2" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C82" s="6" t="s">
         <v>16</v>
       </c>
       <c r="D82" s="9">
-        <v>950000.0</v>
+        <v>1550000.0</v>
       </c>
       <c r="E82" s="3"/>
     </row>
     <row r="83" spans="1:5">
-      <c r="A83" s="2">
-        <v>10</v>
+      <c r="A83" s="2" t="s">
+        <v>28</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C83" s="6" t="s">
         <v>16</v>
       </c>
       <c r="D83" s="9">
+        <v>2200000.0</v>
+      </c>
+      <c r="E83" s="3"/>
+    </row>
+    <row r="84" spans="1:5">
+      <c r="A84" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B84" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="C84" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="D84" s="9">
+        <v>950000.0</v>
+      </c>
+      <c r="E84" s="3"/>
+    </row>
+    <row r="85" spans="1:5">
+      <c r="A85" s="2">
+        <v>10</v>
+      </c>
+      <c r="B85" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="C85" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="D85" s="9">
         <v>1420000.0</v>
       </c>
-      <c r="E83" s="3"/>
-[...13 lines deleted...]
-      <c r="A85" s="19" t="s">
+      <c r="E85" s="3"/>
+    </row>
+    <row r="86" spans="1:5">
+      <c r="A86" s="15" t="s">
         <v>92</v>
       </c>
-      <c r="B85" s="20"/>
-[...5 lines deleted...]
-      <c r="A86" s="23" t="s">
+      <c r="B86" s="16" t="s">
+        <v>93</v>
+      </c>
+      <c r="C86" s="17"/>
+      <c r="D86" s="18"/>
+      <c r="E86" s="16"/>
+    </row>
+    <row r="87" spans="1:5">
+      <c r="A87" s="19" t="s">
+        <v>94</v>
+      </c>
+      <c r="B87" s="20"/>
+      <c r="C87" s="21"/>
+      <c r="D87" s="22"/>
+      <c r="E87" s="20"/>
+    </row>
+    <row r="88" spans="1:5">
+      <c r="A88" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B86" s="24" t="s">
+      <c r="B88" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C86" s="25" t="s">
+      <c r="C88" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D86" s="26" t="s">
+      <c r="D88" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E86" s="24" t="s">
+      <c r="E88" s="24" t="s">
         <v>8</v>
       </c>
-    </row>
-[...28 lines deleted...]
-      <c r="E88" s="3"/>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" s="2" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C89" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D89" s="9">
         <v>4100000.0</v>
       </c>
       <c r="E89" s="3"/>
     </row>
     <row r="90" spans="1:5">
-      <c r="A90" s="19" t="s">
+      <c r="A90" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B90" s="3" t="s">
         <v>96</v>
       </c>
-      <c r="B90" s="20"/>
-[...2 lines deleted...]
-      <c r="E90" s="20"/>
+      <c r="C90" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D90" s="9">
+        <v>3300000.0</v>
+      </c>
+      <c r="E90" s="3"/>
     </row>
     <row r="91" spans="1:5">
-      <c r="A91" s="23" t="s">
+      <c r="A91" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B91" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="C91" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D91" s="9">
+        <v>4100000.0</v>
+      </c>
+      <c r="E91" s="3"/>
+    </row>
+    <row r="92" spans="1:5">
+      <c r="A92" s="19" t="s">
+        <v>98</v>
+      </c>
+      <c r="B92" s="20"/>
+      <c r="C92" s="21"/>
+      <c r="D92" s="22"/>
+      <c r="E92" s="20"/>
+    </row>
+    <row r="93" spans="1:5">
+      <c r="A93" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B91" s="24" t="s">
+      <c r="B93" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C91" s="25" t="s">
+      <c r="C93" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D91" s="26" t="s">
+      <c r="D93" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E91" s="24" t="s">
+      <c r="E93" s="24" t="s">
         <v>8</v>
       </c>
-    </row>
-[...28 lines deleted...]
-      <c r="E93" s="3"/>
     </row>
     <row r="94" spans="1:5">
       <c r="A94" s="2" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C94" s="6" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D94" s="9">
-        <v>11050000.0</v>
+        <v>2600000.0</v>
       </c>
       <c r="E94" s="3"/>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" s="2" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C95" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D95" s="9">
-        <v>2950000.0</v>
+        <v>3600000.0</v>
       </c>
       <c r="E95" s="3"/>
     </row>
     <row r="96" spans="1:5">
       <c r="A96" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C96" s="6" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D96" s="9">
-        <v>1900000.0</v>
+        <v>11050000.0</v>
       </c>
       <c r="E96" s="3"/>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C97" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D97" s="9">
+        <v>2950000.0</v>
+      </c>
+      <c r="E97" s="3"/>
+    </row>
+    <row r="98" spans="1:5">
+      <c r="A98" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B98" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="C98" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D98" s="9">
+        <v>1900000.0</v>
+      </c>
+      <c r="E98" s="3"/>
+    </row>
+    <row r="99" spans="1:5">
+      <c r="A99" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B99" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="C99" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D99" s="9">
         <v>2050000.0</v>
       </c>
-      <c r="E97" s="3"/>
-[...11 lines deleted...]
-      <c r="A99" s="23" t="s">
+      <c r="E99" s="3"/>
+    </row>
+    <row r="100" spans="1:5">
+      <c r="A100" s="19" t="s">
+        <v>105</v>
+      </c>
+      <c r="B100" s="20"/>
+      <c r="C100" s="21"/>
+      <c r="D100" s="22"/>
+      <c r="E100" s="20"/>
+    </row>
+    <row r="101" spans="1:5">
+      <c r="A101" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B99" s="24" t="s">
+      <c r="B101" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C99" s="25" t="s">
+      <c r="C101" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D99" s="26" t="s">
+      <c r="D101" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E99" s="24" t="s">
+      <c r="E101" s="24" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="100" spans="1:5">
-      <c r="A100" s="2" t="s">
+    <row r="102" spans="1:5">
+      <c r="A102" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="B100" s="3" t="s">
-[...5 lines deleted...]
-      <c r="D100" s="9">
+      <c r="B102" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="C102" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="D102" s="9">
         <v>15000.0</v>
       </c>
-      <c r="E100" s="3"/>
-[...13 lines deleted...]
-      <c r="A102" s="19" t="s">
+      <c r="E102" s="3"/>
+    </row>
+    <row r="103" spans="1:5">
+      <c r="A103" s="15" t="s">
         <v>108</v>
       </c>
-      <c r="B102" s="20"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B103" s="16" t="s">
+        <v>109</v>
+      </c>
+      <c r="C103" s="17"/>
+      <c r="D103" s="18"/>
+      <c r="E103" s="16"/>
     </row>
     <row r="104" spans="1:5">
       <c r="A104" s="19" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B104" s="20"/>
       <c r="C104" s="21"/>
       <c r="D104" s="22"/>
       <c r="E104" s="20"/>
     </row>
     <row r="105" spans="1:5">
       <c r="A105" s="23" t="s">
         <v>4</v>
       </c>
       <c r="B105" s="24" t="s">
         <v>5</v>
       </c>
       <c r="C105" s="25" t="s">
         <v>6</v>
       </c>
       <c r="D105" s="26" t="s">
         <v>7</v>
       </c>
       <c r="E105" s="24" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="106" spans="1:5">
-      <c r="A106" s="2" t="s">
+      <c r="A106" s="19" t="s">
+        <v>111</v>
+      </c>
+      <c r="B106" s="20"/>
+      <c r="C106" s="21"/>
+      <c r="D106" s="22"/>
+      <c r="E106" s="20"/>
+    </row>
+    <row r="107" spans="1:5">
+      <c r="A107" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B107" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C107" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D107" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E107" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="108" spans="1:5">
+      <c r="A108" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="B106" s="3" t="s">
-[...5 lines deleted...]
-      <c r="D106" s="9">
+      <c r="B108" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="C108" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="D108" s="9">
         <v>25168000.0</v>
       </c>
-      <c r="E106" s="3"/>
-[...11 lines deleted...]
-      <c r="A108" s="23" t="s">
+      <c r="E108" s="3"/>
+    </row>
+    <row r="109" spans="1:5">
+      <c r="A109" s="19" t="s">
+        <v>114</v>
+      </c>
+      <c r="B109" s="20"/>
+      <c r="C109" s="21"/>
+      <c r="D109" s="22"/>
+      <c r="E109" s="20"/>
+    </row>
+    <row r="110" spans="1:5">
+      <c r="A110" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B108" s="24" t="s">
+      <c r="B110" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C108" s="25" t="s">
+      <c r="C110" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D108" s="26" t="s">
+      <c r="D110" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E108" s="24" t="s">
+      <c r="E110" s="24" t="s">
         <v>8</v>
       </c>
-    </row>
-[...28 lines deleted...]
-      <c r="E110" s="3"/>
     </row>
     <row r="111" spans="1:5">
       <c r="A111" s="2" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C111" s="6" t="s">
         <v>16</v>
       </c>
       <c r="D111" s="9">
+        <v>400000.0</v>
+      </c>
+      <c r="E111" s="3"/>
+    </row>
+    <row r="112" spans="1:5">
+      <c r="A112" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B112" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="C112" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="D112" s="9">
+        <v>750000.0</v>
+      </c>
+      <c r="E112" s="3"/>
+    </row>
+    <row r="113" spans="1:5">
+      <c r="A113" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B113" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="C113" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="D113" s="9">
         <v>500000.0</v>
       </c>
-      <c r="E111" s="3"/>
-[...13 lines deleted...]
-      <c r="A113" s="19" t="s">
+      <c r="E113" s="3"/>
+    </row>
+    <row r="114" spans="1:5">
+      <c r="A114" s="15" t="s">
         <v>118</v>
       </c>
-      <c r="B113" s="20"/>
-[...5 lines deleted...]
-      <c r="A114" s="23" t="s">
+      <c r="B114" s="16" t="s">
+        <v>119</v>
+      </c>
+      <c r="C114" s="17"/>
+      <c r="D114" s="18"/>
+      <c r="E114" s="16"/>
+    </row>
+    <row r="115" spans="1:5">
+      <c r="A115" s="19" t="s">
+        <v>120</v>
+      </c>
+      <c r="B115" s="20"/>
+      <c r="C115" s="21"/>
+      <c r="D115" s="22"/>
+      <c r="E115" s="20"/>
+    </row>
+    <row r="116" spans="1:5">
+      <c r="A116" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B114" s="24" t="s">
+      <c r="B116" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C114" s="25" t="s">
+      <c r="C116" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D114" s="26" t="s">
+      <c r="D116" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E114" s="24" t="s">
+      <c r="E116" s="24" t="s">
         <v>8</v>
       </c>
-    </row>
-[...28 lines deleted...]
-      <c r="E116" s="3"/>
     </row>
     <row r="117" spans="1:5">
       <c r="A117" s="2" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C117" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D117" s="9">
-        <v>2700000.0</v>
+        <v>1100000.0</v>
       </c>
       <c r="E117" s="3"/>
     </row>
     <row r="118" spans="1:5">
       <c r="A118" s="2" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C118" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D118" s="9">
-        <v>1450000.0</v>
+        <v>3450000.0</v>
       </c>
       <c r="E118" s="3"/>
     </row>
     <row r="119" spans="1:5">
       <c r="A119" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C119" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D119" s="9">
-        <v>400000.0</v>
+        <v>2700000.0</v>
       </c>
       <c r="E119" s="3"/>
     </row>
     <row r="120" spans="1:5">
       <c r="A120" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C120" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D120" s="9">
-        <v>800000.0</v>
+        <v>1450000.0</v>
       </c>
       <c r="E120" s="3"/>
     </row>
     <row r="121" spans="1:5">
       <c r="A121" s="2" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C121" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D121" s="9">
-        <v>1200000.0</v>
+        <v>400000.0</v>
       </c>
       <c r="E121" s="3"/>
     </row>
     <row r="122" spans="1:5">
       <c r="A122" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C122" s="6" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D122" s="9">
-        <v>1600000.0</v>
+        <v>820000.0</v>
       </c>
       <c r="E122" s="3"/>
     </row>
     <row r="123" spans="1:5">
       <c r="A123" s="2" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C123" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D123" s="9">
-        <v>1950000.0</v>
+        <v>1200000.0</v>
       </c>
       <c r="E123" s="3"/>
     </row>
     <row r="124" spans="1:5">
-      <c r="A124" s="2">
-        <v>10</v>
+      <c r="A124" s="2" t="s">
+        <v>28</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C124" s="6" t="s">
         <v>16</v>
       </c>
       <c r="D124" s="9">
         <v>1600000.0</v>
       </c>
       <c r="E124" s="3"/>
     </row>
     <row r="125" spans="1:5">
-      <c r="A125" s="2">
-        <v>11</v>
+      <c r="A125" s="2" t="s">
+        <v>30</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C125" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D125" s="9">
-        <v>1490000.0</v>
+        <v>1950000.0</v>
       </c>
       <c r="E125" s="3"/>
     </row>
     <row r="126" spans="1:5">
       <c r="A126" s="2">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C126" s="6" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D126" s="9">
-        <v>900000.0</v>
+        <v>1600000.0</v>
       </c>
       <c r="E126" s="3"/>
     </row>
     <row r="127" spans="1:5">
       <c r="A127" s="2">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C127" s="6" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D127" s="9">
-        <v>1000000.0</v>
+        <v>1490000.0</v>
       </c>
       <c r="E127" s="3"/>
     </row>
     <row r="128" spans="1:5">
       <c r="A128" s="2">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C128" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D128" s="9">
+        <v>900000.0</v>
+      </c>
+      <c r="E128" s="3"/>
+    </row>
+    <row r="129" spans="1:5">
+      <c r="A129" s="2">
+        <v>13</v>
+      </c>
+      <c r="B129" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="C129" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="D128" s="9">
+      <c r="D129" s="9">
+        <v>1000000.0</v>
+      </c>
+      <c r="E129" s="3"/>
+    </row>
+    <row r="130" spans="1:5">
+      <c r="A130" s="2">
+        <v>14</v>
+      </c>
+      <c r="B130" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="C130" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="D130" s="9">
         <v>1400000.0</v>
       </c>
-      <c r="E128" s="3"/>
-[...11 lines deleted...]
-      <c r="A130" s="23" t="s">
+      <c r="E130" s="3"/>
+    </row>
+    <row r="131" spans="1:5">
+      <c r="A131" s="19" t="s">
+        <v>135</v>
+      </c>
+      <c r="B131" s="20"/>
+      <c r="C131" s="21"/>
+      <c r="D131" s="22"/>
+      <c r="E131" s="20"/>
+    </row>
+    <row r="132" spans="1:5">
+      <c r="A132" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B130" s="24" t="s">
+      <c r="B132" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C130" s="25" t="s">
+      <c r="C132" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D130" s="26" t="s">
+      <c r="D132" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E130" s="24" t="s">
+      <c r="E132" s="24" t="s">
         <v>8</v>
       </c>
-    </row>
-[...28 lines deleted...]
-      <c r="E132" s="3"/>
     </row>
     <row r="133" spans="1:5">
       <c r="A133" s="2" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C133" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D133" s="9">
-        <v>4797000.0</v>
+        <v>1800000.0</v>
       </c>
       <c r="E133" s="3"/>
     </row>
     <row r="134" spans="1:5">
-      <c r="A134" s="19" t="s">
+      <c r="A134" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B134" s="3" t="s">
         <v>137</v>
       </c>
-      <c r="B134" s="20"/>
-[...2 lines deleted...]
-      <c r="E134" s="20"/>
+      <c r="C134" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D134" s="9">
+        <v>5830000.0</v>
+      </c>
+      <c r="E134" s="3"/>
     </row>
     <row r="135" spans="1:5">
-      <c r="A135" s="23" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="A135" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B135" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="C135" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D135" s="9">
+        <v>2000000.0</v>
+      </c>
+      <c r="E135" s="3"/>
     </row>
     <row r="136" spans="1:5">
       <c r="A136" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="B136" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="C136" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D136" s="9">
+        <v>4797000.0</v>
+      </c>
+      <c r="E136" s="3"/>
+    </row>
+    <row r="137" spans="1:5">
+      <c r="A137" s="19" t="s">
+        <v>140</v>
+      </c>
+      <c r="B137" s="20"/>
+      <c r="C137" s="21"/>
+      <c r="D137" s="22"/>
+      <c r="E137" s="20"/>
+    </row>
+    <row r="138" spans="1:5">
+      <c r="A138" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B138" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C138" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D138" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E138" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="139" spans="1:5">
+      <c r="A139" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="B136" s="3" t="s">
-[...5 lines deleted...]
-      <c r="D136" s="9">
+      <c r="B139" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="C139" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="D139" s="9">
         <v>3500000.0</v>
       </c>
-      <c r="E136" s="3"/>
-[...2 lines deleted...]
-      <c r="A137" s="2" t="s">
+      <c r="E139" s="3"/>
+    </row>
+    <row r="140" spans="1:5">
+      <c r="A140" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="B137" s="3" t="s">
-[...5 lines deleted...]
-      <c r="D137" s="9">
+      <c r="B140" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="C140" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D140" s="9">
         <v>6500000.0</v>
       </c>
-      <c r="E137" s="3"/>
-[...40 lines deleted...]
-      </c>
+      <c r="E140" s="3"/>
     </row>
     <row r="141" spans="1:5">
       <c r="A141" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B141" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="C141" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="D141" s="9">
+        <v>15500000.0</v>
+      </c>
+      <c r="E141" s="3"/>
+    </row>
+    <row r="142" spans="1:5">
+      <c r="A142" s="19" t="s">
+        <v>144</v>
+      </c>
+      <c r="B142" s="20"/>
+      <c r="C142" s="21"/>
+      <c r="D142" s="22"/>
+      <c r="E142" s="20"/>
+    </row>
+    <row r="143" spans="1:5">
+      <c r="A143" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B143" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C143" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D143" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E143" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="144" spans="1:5">
+      <c r="A144" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="B141" s="3" t="s">
-[...5 lines deleted...]
-      <c r="D141" s="9">
+      <c r="B144" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="C144" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D144" s="9">
         <v>15860000.0</v>
       </c>
-      <c r="E141" s="3"/>
-[...40 lines deleted...]
-      </c>
+      <c r="E144" s="3"/>
     </row>
     <row r="145" spans="1:5">
       <c r="A145" s="2" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C145" s="6" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D145" s="9">
-        <v>3315000.0</v>
+        <v>17700000.0</v>
       </c>
       <c r="E145" s="3"/>
     </row>
     <row r="146" spans="1:5">
       <c r="A146" s="19" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B146" s="20"/>
       <c r="C146" s="21"/>
       <c r="D146" s="22"/>
       <c r="E146" s="20"/>
     </row>
     <row r="147" spans="1:5">
       <c r="A147" s="23" t="s">
         <v>4</v>
       </c>
       <c r="B147" s="24" t="s">
         <v>5</v>
       </c>
       <c r="C147" s="25" t="s">
         <v>6</v>
       </c>
       <c r="D147" s="26" t="s">
         <v>7</v>
       </c>
       <c r="E147" s="24" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="148" spans="1:5">
       <c r="A148" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C148" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D148" s="9">
-        <v>13690000.0</v>
+        <v>3315000.0</v>
       </c>
       <c r="E148" s="3"/>
     </row>
     <row r="149" spans="1:5">
-      <c r="A149" s="2" t="s">
-[...11 lines deleted...]
-      <c r="E149" s="3"/>
+      <c r="A149" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="B149" s="20"/>
+      <c r="C149" s="21"/>
+      <c r="D149" s="22"/>
+      <c r="E149" s="20"/>
     </row>
     <row r="150" spans="1:5">
-      <c r="A150" s="2" t="s">
-[...11 lines deleted...]
-      <c r="E150" s="3"/>
+      <c r="A150" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B150" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C150" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D150" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E150" s="24" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="151" spans="1:5">
       <c r="A151" s="2" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C151" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D151" s="9">
+        <v>13690000.0</v>
+      </c>
+      <c r="E151" s="3"/>
+    </row>
+    <row r="152" spans="1:5">
+      <c r="A152" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B152" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="C152" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="D151" s="9">
-[...11 lines deleted...]
-      <c r="E152" s="20"/>
+      <c r="D152" s="9">
+        <v>18500000.0</v>
+      </c>
+      <c r="E152" s="3"/>
     </row>
     <row r="153" spans="1:5">
-      <c r="A153" s="23" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="A153" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B153" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="C153" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="D153" s="9">
+        <v>11680000.0</v>
+      </c>
+      <c r="E153" s="3"/>
     </row>
     <row r="154" spans="1:5">
       <c r="A154" s="2" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C154" s="6" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D154" s="9">
-        <v>6000000.0</v>
+        <v>15800000.0</v>
       </c>
       <c r="E154" s="3"/>
     </row>
     <row r="155" spans="1:5">
-      <c r="A155" s="2" t="s">
-[...11 lines deleted...]
-      <c r="E155" s="3"/>
+      <c r="A155" s="19" t="s">
+        <v>154</v>
+      </c>
+      <c r="B155" s="20"/>
+      <c r="C155" s="21"/>
+      <c r="D155" s="22"/>
+      <c r="E155" s="20"/>
     </row>
     <row r="156" spans="1:5">
-      <c r="A156" s="2" t="s">
-[...11 lines deleted...]
-      <c r="E156" s="3"/>
+      <c r="A156" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B156" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C156" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D156" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E156" s="24" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="157" spans="1:5">
       <c r="A157" s="2" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C157" s="6" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D157" s="9">
-        <v>6900000.0</v>
+        <v>6000000.0</v>
       </c>
       <c r="E157" s="3"/>
     </row>
     <row r="158" spans="1:5">
       <c r="A158" s="2" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C158" s="6" t="s">
-        <v>157</v>
+        <v>11</v>
       </c>
       <c r="D158" s="9">
-        <v>3150000.0</v>
+        <v>3000000.0</v>
       </c>
       <c r="E158" s="3"/>
     </row>
     <row r="159" spans="1:5">
       <c r="A159" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="C159" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D159" s="9">
-        <v>0.0</v>
+        <v>6900000.0</v>
       </c>
       <c r="E159" s="3"/>
     </row>
     <row r="160" spans="1:5">
       <c r="A160" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="C160" s="6" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D160" s="9">
-        <v>2600000.0</v>
+        <v>6900000.0</v>
       </c>
       <c r="E160" s="3"/>
     </row>
     <row r="161" spans="1:5">
       <c r="A161" s="2" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B161" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="C161" s="6" t="s">
         <v>160</v>
       </c>
-      <c r="C161" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D161" s="9">
-        <v>3350000.0</v>
+        <v>3150000.0</v>
       </c>
       <c r="E161" s="3"/>
     </row>
     <row r="162" spans="1:5">
       <c r="A162" s="2" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C162" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D162" s="9">
         <v>4100000.0</v>
       </c>
       <c r="E162" s="3"/>
     </row>
     <row r="163" spans="1:5">
-      <c r="A163" s="2">
-        <v>10</v>
+      <c r="A163" s="2" t="s">
+        <v>26</v>
       </c>
       <c r="B163" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C163" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D163" s="9">
-        <v>5800000.0</v>
+        <v>2600000.0</v>
       </c>
       <c r="E163" s="3"/>
     </row>
     <row r="164" spans="1:5">
-      <c r="A164" s="2">
-        <v>11</v>
+      <c r="A164" s="2" t="s">
+        <v>28</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C164" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D164" s="9">
-        <v>7700000.0</v>
+        <v>3350000.0</v>
       </c>
       <c r="E164" s="3"/>
     </row>
     <row r="165" spans="1:5">
-      <c r="A165" s="2">
-        <v>12</v>
+      <c r="A165" s="2" t="s">
+        <v>30</v>
       </c>
       <c r="B165" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C165" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D165" s="9">
-        <v>8600000.0</v>
+        <v>4100000.0</v>
       </c>
       <c r="E165" s="3"/>
     </row>
     <row r="166" spans="1:5">
       <c r="A166" s="2">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B166" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C166" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D166" s="9">
-        <v>4990000.0</v>
+        <v>5800000.0</v>
       </c>
       <c r="E166" s="3"/>
     </row>
     <row r="167" spans="1:5">
       <c r="A167" s="2">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="B167" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C167" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D167" s="9">
+        <v>7700000.0</v>
+      </c>
+      <c r="E167" s="3"/>
+    </row>
+    <row r="168" spans="1:5">
+      <c r="A168" s="2">
+        <v>12</v>
+      </c>
+      <c r="B168" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="C168" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D168" s="9">
+        <v>8600000.0</v>
+      </c>
+      <c r="E168" s="3"/>
+    </row>
+    <row r="169" spans="1:5">
+      <c r="A169" s="2">
+        <v>13</v>
+      </c>
+      <c r="B169" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="C169" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D169" s="9">
+        <v>4990000.0</v>
+      </c>
+      <c r="E169" s="3"/>
+    </row>
+    <row r="170" spans="1:5">
+      <c r="A170" s="2">
+        <v>14</v>
+      </c>
+      <c r="B170" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="C170" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D170" s="9">
         <v>6110000.0</v>
       </c>
-      <c r="E167" s="3"/>
-[...11 lines deleted...]
-      <c r="A169" s="23" t="s">
+      <c r="E170" s="3"/>
+    </row>
+    <row r="171" spans="1:5">
+      <c r="A171" s="19" t="s">
+        <v>170</v>
+      </c>
+      <c r="B171" s="20"/>
+      <c r="C171" s="21"/>
+      <c r="D171" s="22"/>
+      <c r="E171" s="20"/>
+    </row>
+    <row r="172" spans="1:5">
+      <c r="A172" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B169" s="24" t="s">
+      <c r="B172" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C169" s="25" t="s">
+      <c r="C172" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D169" s="26" t="s">
+      <c r="D172" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E169" s="24" t="s">
+      <c r="E172" s="24" t="s">
         <v>8</v>
       </c>
-    </row>
-[...43 lines deleted...]
-      <c r="E172" s="3"/>
     </row>
     <row r="173" spans="1:5">
       <c r="A173" s="2" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>171</v>
       </c>
       <c r="C173" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D173" s="9">
-        <v>5700000.0</v>
+        <v>2600000.0</v>
       </c>
       <c r="E173" s="3"/>
     </row>
     <row r="174" spans="1:5">
       <c r="A174" s="2" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>172</v>
       </c>
       <c r="C174" s="6" t="s">
         <v>16</v>
       </c>
       <c r="D174" s="9">
-        <v>6400000.0</v>
+        <v>3500000.0</v>
       </c>
       <c r="E174" s="3"/>
     </row>
     <row r="175" spans="1:5">
       <c r="A175" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>173</v>
       </c>
       <c r="C175" s="6" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D175" s="9">
-        <v>2900000.0</v>
+        <v>2700000.0</v>
       </c>
       <c r="E175" s="3"/>
     </row>
     <row r="176" spans="1:5">
       <c r="A176" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>174</v>
       </c>
       <c r="C176" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D176" s="9">
-        <v>3848000.0</v>
+        <v>5700000.0</v>
       </c>
       <c r="E176" s="3"/>
     </row>
     <row r="177" spans="1:5">
       <c r="A177" s="2" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B177" s="3" t="s">
         <v>175</v>
       </c>
       <c r="C177" s="6" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D177" s="9">
-        <v>3705000.0</v>
+        <v>6550000.0</v>
       </c>
       <c r="E177" s="3"/>
     </row>
     <row r="178" spans="1:5">
       <c r="A178" s="2" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>176</v>
       </c>
       <c r="C178" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D178" s="9">
-        <v>3900000.0</v>
+        <v>2900000.0</v>
       </c>
       <c r="E178" s="3"/>
     </row>
     <row r="179" spans="1:5">
-      <c r="A179" s="2">
-        <v>10</v>
+      <c r="A179" s="2" t="s">
+        <v>26</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>177</v>
       </c>
       <c r="C179" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D179" s="9">
-        <v>8900000.0</v>
+        <v>3848000.0</v>
       </c>
       <c r="E179" s="3"/>
     </row>
     <row r="180" spans="1:5">
-      <c r="A180" s="2">
-        <v>11</v>
+      <c r="A180" s="2" t="s">
+        <v>28</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>178</v>
       </c>
       <c r="C180" s="6" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D180" s="9">
-        <v>2700000.0</v>
+        <v>3705000.0</v>
       </c>
       <c r="E180" s="3"/>
     </row>
     <row r="181" spans="1:5">
-      <c r="A181" s="2">
-        <v>12</v>
+      <c r="A181" s="2" t="s">
+        <v>30</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C181" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D181" s="9">
-        <v>3100000.0</v>
+        <v>3900000.0</v>
       </c>
       <c r="E181" s="3"/>
     </row>
     <row r="182" spans="1:5">
       <c r="A182" s="2">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>180</v>
       </c>
       <c r="C182" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D182" s="9">
+        <v>8900000.0</v>
+      </c>
+      <c r="E182" s="3"/>
+    </row>
+    <row r="183" spans="1:5">
+      <c r="A183" s="2">
+        <v>11</v>
+      </c>
+      <c r="B183" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="C183" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="D182" s="9">
-[...11 lines deleted...]
-      <c r="E183" s="20"/>
+      <c r="D183" s="9">
+        <v>2700000.0</v>
+      </c>
+      <c r="E183" s="3"/>
     </row>
     <row r="184" spans="1:5">
-      <c r="A184" s="23" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="A184" s="2">
+        <v>12</v>
+      </c>
+      <c r="B184" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="C184" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D184" s="9">
+        <v>1700000.0</v>
+      </c>
+      <c r="E184" s="3"/>
     </row>
     <row r="185" spans="1:5">
-      <c r="A185" s="2" t="s">
-        <v>9</v>
+      <c r="A185" s="2">
+        <v>13</v>
       </c>
       <c r="B185" s="3" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C185" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D185" s="9">
-        <v>1600000.0</v>
+        <v>3100000.0</v>
       </c>
       <c r="E185" s="3"/>
     </row>
     <row r="186" spans="1:5">
-      <c r="A186" s="2" t="s">
-        <v>12</v>
+      <c r="A186" s="2">
+        <v>14</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C186" s="6" t="s">
         <v>16</v>
       </c>
       <c r="D186" s="9">
-        <v>1300000.0</v>
+        <v>4100000.0</v>
       </c>
       <c r="E186" s="3"/>
     </row>
     <row r="187" spans="1:5">
-      <c r="A187" s="2" t="s">
-[...11 lines deleted...]
-      <c r="E187" s="3"/>
+      <c r="A187" s="19" t="s">
+        <v>185</v>
+      </c>
+      <c r="B187" s="20"/>
+      <c r="C187" s="21"/>
+      <c r="D187" s="22"/>
+      <c r="E187" s="20"/>
     </row>
     <row r="188" spans="1:5">
-      <c r="A188" s="2" t="s">
-[...11 lines deleted...]
-      <c r="E188" s="3"/>
+      <c r="A188" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B188" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C188" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D188" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E188" s="24" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="189" spans="1:5">
       <c r="A189" s="2" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="B189" s="3" t="s">
         <v>186</v>
       </c>
       <c r="C189" s="6" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D189" s="9">
-        <v>1700000.0</v>
+        <v>1600000.0</v>
       </c>
       <c r="E189" s="3"/>
     </row>
     <row r="190" spans="1:5">
       <c r="A190" s="2" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="B190" s="3" t="s">
         <v>187</v>
       </c>
       <c r="C190" s="6" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D190" s="9">
-        <v>1900000.0</v>
+        <v>1300000.0</v>
       </c>
       <c r="E190" s="3"/>
     </row>
     <row r="191" spans="1:5">
       <c r="A191" s="2" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="B191" s="3" t="s">
         <v>188</v>
       </c>
       <c r="C191" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D191" s="9">
-        <v>3250000.0</v>
+        <v>1300000.0</v>
       </c>
       <c r="E191" s="3"/>
     </row>
     <row r="192" spans="1:5">
       <c r="A192" s="2" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="B192" s="3" t="s">
         <v>189</v>
       </c>
       <c r="C192" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D192" s="9">
-        <v>5500000.0</v>
+        <v>6000000.0</v>
       </c>
       <c r="E192" s="3"/>
     </row>
     <row r="193" spans="1:5">
       <c r="A193" s="2" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="B193" s="3" t="s">
         <v>190</v>
       </c>
       <c r="C193" s="6" t="s">
         <v>16</v>
       </c>
       <c r="D193" s="9">
-        <v>1200000.0</v>
+        <v>1700000.0</v>
       </c>
       <c r="E193" s="3"/>
     </row>
     <row r="194" spans="1:5">
-      <c r="A194" s="2">
-        <v>10</v>
+      <c r="A194" s="2" t="s">
+        <v>24</v>
       </c>
       <c r="B194" s="3" t="s">
         <v>191</v>
       </c>
       <c r="C194" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D194" s="9">
-        <v>1450000.0</v>
+        <v>1900000.0</v>
       </c>
       <c r="E194" s="3"/>
     </row>
     <row r="195" spans="1:5">
-      <c r="A195" s="2">
-        <v>11</v>
+      <c r="A195" s="2" t="s">
+        <v>26</v>
       </c>
       <c r="B195" s="3" t="s">
         <v>192</v>
       </c>
       <c r="C195" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D195" s="9">
-        <v>1700000.0</v>
+        <v>4100000.0</v>
       </c>
       <c r="E195" s="3"/>
     </row>
     <row r="196" spans="1:5">
-      <c r="A196" s="2">
-        <v>12</v>
+      <c r="A196" s="2" t="s">
+        <v>28</v>
       </c>
       <c r="B196" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C196" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D196" s="9">
-        <v>1750000.0</v>
+        <v>3250000.0</v>
       </c>
       <c r="E196" s="3"/>
     </row>
     <row r="197" spans="1:5">
-      <c r="A197" s="2">
-        <v>13</v>
+      <c r="A197" s="2" t="s">
+        <v>30</v>
       </c>
       <c r="B197" s="3" t="s">
         <v>194</v>
       </c>
       <c r="C197" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D197" s="9">
-        <v>1600000.0</v>
+        <v>5500000.0</v>
       </c>
       <c r="E197" s="3"/>
     </row>
     <row r="198" spans="1:5">
       <c r="A198" s="2">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>195</v>
       </c>
       <c r="C198" s="6" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D198" s="9">
-        <v>1700000.0</v>
+        <v>1200000.0</v>
       </c>
       <c r="E198" s="3"/>
     </row>
     <row r="199" spans="1:5">
       <c r="A199" s="2">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="B199" s="3" t="s">
         <v>196</v>
       </c>
       <c r="C199" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D199" s="9">
-        <v>1600000.0</v>
+        <v>1500000.0</v>
       </c>
       <c r="E199" s="3"/>
     </row>
     <row r="200" spans="1:5">
       <c r="A200" s="2">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>197</v>
       </c>
       <c r="C200" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D200" s="9">
-        <v>1650000.0</v>
+        <v>1700000.0</v>
       </c>
       <c r="E200" s="3"/>
     </row>
     <row r="201" spans="1:5">
       <c r="A201" s="2">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>198</v>
       </c>
       <c r="C201" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D201" s="9">
-        <v>1650000.0</v>
+        <v>1700000.0</v>
       </c>
       <c r="E201" s="3"/>
     </row>
     <row r="202" spans="1:5">
       <c r="A202" s="2">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="B202" s="3" t="s">
         <v>199</v>
       </c>
       <c r="C202" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D202" s="9">
-        <v>1650000.0</v>
+        <v>1600000.0</v>
       </c>
       <c r="E202" s="3"/>
     </row>
     <row r="203" spans="1:5">
       <c r="A203" s="2">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="B203" s="3" t="s">
         <v>200</v>
       </c>
       <c r="C203" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D203" s="9">
-        <v>1600000.0</v>
+        <v>1700000.0</v>
       </c>
       <c r="E203" s="3"/>
     </row>
     <row r="204" spans="1:5">
       <c r="A204" s="2">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="B204" s="3" t="s">
         <v>201</v>
       </c>
       <c r="C204" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D204" s="9">
-        <v>1500000.0</v>
+        <v>1600000.0</v>
       </c>
       <c r="E204" s="3"/>
     </row>
     <row r="205" spans="1:5">
       <c r="A205" s="2">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="B205" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C205" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D205" s="9">
-        <v>2750000.0</v>
+        <v>1650000.0</v>
       </c>
       <c r="E205" s="3"/>
     </row>
     <row r="206" spans="1:5">
       <c r="A206" s="2">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="B206" s="3" t="s">
         <v>203</v>
       </c>
       <c r="C206" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D206" s="9">
+        <v>1650000.0</v>
+      </c>
+      <c r="E206" s="3"/>
+    </row>
+    <row r="207" spans="1:5">
+      <c r="A207" s="2">
+        <v>19</v>
+      </c>
+      <c r="B207" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="C207" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D207" s="9">
+        <v>1800000.0</v>
+      </c>
+      <c r="E207" s="3"/>
+    </row>
+    <row r="208" spans="1:5">
+      <c r="A208" s="2">
+        <v>20</v>
+      </c>
+      <c r="B208" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="C208" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D208" s="9">
+        <v>1600000.0</v>
+      </c>
+      <c r="E208" s="3"/>
+    </row>
+    <row r="209" spans="1:5">
+      <c r="A209" s="2">
+        <v>21</v>
+      </c>
+      <c r="B209" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="C209" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D209" s="9">
+        <v>1600000.0</v>
+      </c>
+      <c r="E209" s="3"/>
+    </row>
+    <row r="210" spans="1:5">
+      <c r="A210" s="2">
+        <v>22</v>
+      </c>
+      <c r="B210" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="C210" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D210" s="9">
+        <v>2750000.0</v>
+      </c>
+      <c r="E210" s="3"/>
+    </row>
+    <row r="211" spans="1:5">
+      <c r="A211" s="2">
+        <v>23</v>
+      </c>
+      <c r="B211" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="C211" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D211" s="9">
         <v>2600000.0</v>
       </c>
-      <c r="E206" s="3"/>
-[...11 lines deleted...]
-      <c r="A208" s="23" t="s">
+      <c r="E211" s="3"/>
+    </row>
+    <row r="212" spans="1:5">
+      <c r="A212" s="19" t="s">
+        <v>209</v>
+      </c>
+      <c r="B212" s="20"/>
+      <c r="C212" s="21"/>
+      <c r="D212" s="22"/>
+      <c r="E212" s="20"/>
+    </row>
+    <row r="213" spans="1:5">
+      <c r="A213" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B208" s="24" t="s">
+      <c r="B213" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C208" s="25" t="s">
+      <c r="C213" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D208" s="26" t="s">
+      <c r="D213" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E208" s="24" t="s">
+      <c r="E213" s="24" t="s">
         <v>8</v>
       </c>
-    </row>
-[...73 lines deleted...]
-      <c r="E213" s="3"/>
     </row>
     <row r="214" spans="1:5">
       <c r="A214" s="2" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="B214" s="3" t="s">
         <v>210</v>
       </c>
       <c r="C214" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D214" s="9">
-        <v>10855000.0</v>
+        <v>10500000.0</v>
       </c>
       <c r="E214" s="3"/>
     </row>
     <row r="215" spans="1:5">
-      <c r="A215" s="19" t="s">
+      <c r="A215" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B215" s="3" t="s">
         <v>211</v>
       </c>
-      <c r="B215" s="20"/>
-[...2 lines deleted...]
-      <c r="E215" s="20"/>
+      <c r="C215" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D215" s="9">
+        <v>8200000.0</v>
+      </c>
+      <c r="E215" s="3"/>
     </row>
     <row r="216" spans="1:5">
-      <c r="A216" s="23" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="A216" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B216" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="C216" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D216" s="9">
+        <v>8500000.0</v>
+      </c>
+      <c r="E216" s="3"/>
     </row>
     <row r="217" spans="1:5">
       <c r="A217" s="2" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C217" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D217" s="9">
-        <v>6800000.0</v>
+        <v>4500000.0</v>
       </c>
       <c r="E217" s="3"/>
     </row>
     <row r="218" spans="1:5">
       <c r="A218" s="2" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="B218" s="3" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C218" s="6" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D218" s="9">
-        <v>13500000.0</v>
+        <v>2700000.0</v>
       </c>
       <c r="E218" s="3"/>
     </row>
     <row r="219" spans="1:5">
       <c r="A219" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="B219" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C219" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D219" s="9">
-        <v>12500000.0</v>
+        <v>4000000.0</v>
       </c>
       <c r="E219" s="3"/>
     </row>
     <row r="220" spans="1:5">
       <c r="A220" s="2" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="B220" s="3" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C220" s="6" t="s">
-        <v>216</v>
+        <v>11</v>
       </c>
       <c r="D220" s="9">
-        <v>3100000.0</v>
+        <v>10855000.0</v>
       </c>
       <c r="E220" s="3"/>
     </row>
     <row r="221" spans="1:5">
-      <c r="A221" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B221" s="3" t="s">
+      <c r="A221" s="19" t="s">
         <v>217</v>
       </c>
-      <c r="C221" s="6" t="s">
-[...5 lines deleted...]
-      <c r="E221" s="3"/>
+      <c r="B221" s="20"/>
+      <c r="C221" s="21"/>
+      <c r="D221" s="22"/>
+      <c r="E221" s="20"/>
     </row>
     <row r="222" spans="1:5">
-      <c r="A222" s="2" t="s">
-[...11 lines deleted...]
-      <c r="E222" s="3"/>
+      <c r="A222" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B222" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C222" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D222" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E222" s="24" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="223" spans="1:5">
       <c r="A223" s="2" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="B223" s="3" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="C223" s="6" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D223" s="9">
-        <v>11000000.0</v>
+        <v>6800000.0</v>
       </c>
       <c r="E223" s="3"/>
     </row>
     <row r="224" spans="1:5">
       <c r="A224" s="2" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="B224" s="3" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="C224" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D224" s="9">
-        <v>7475000.0</v>
+        <v>13500000.0</v>
       </c>
       <c r="E224" s="3"/>
     </row>
     <row r="225" spans="1:5">
       <c r="A225" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="B225" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="C225" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D225" s="9">
+        <v>12500000.0</v>
+      </c>
+      <c r="E225" s="3"/>
+    </row>
+    <row r="226" spans="1:5">
+      <c r="A226" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="B226" s="3" t="s">
         <v>221</v>
       </c>
-      <c r="C225" s="6" t="s">
-[...11 lines deleted...]
-      <c r="B226" s="3" t="s">
+      <c r="C226" s="6" t="s">
         <v>222</v>
       </c>
-      <c r="C226" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D226" s="9">
-        <v>6600000.0</v>
+        <v>3100000.0</v>
       </c>
       <c r="E226" s="3"/>
     </row>
     <row r="227" spans="1:5">
-      <c r="A227" s="2">
-        <v>11</v>
+      <c r="A227" s="2" t="s">
+        <v>22</v>
       </c>
       <c r="B227" s="3" t="s">
         <v>223</v>
       </c>
       <c r="C227" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D227" s="9">
-        <v>10300000.0</v>
+        <v>5500000.0</v>
       </c>
       <c r="E227" s="3"/>
     </row>
     <row r="228" spans="1:5">
-      <c r="A228" s="2">
-        <v>12</v>
+      <c r="A228" s="2" t="s">
+        <v>24</v>
       </c>
       <c r="B228" s="3" t="s">
         <v>224</v>
       </c>
       <c r="C228" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D228" s="9">
-        <v>5200000.0</v>
+        <v>3500000.0</v>
       </c>
       <c r="E228" s="3"/>
     </row>
     <row r="229" spans="1:5">
-      <c r="A229" s="2">
-        <v>13</v>
+      <c r="A229" s="2" t="s">
+        <v>26</v>
       </c>
       <c r="B229" s="3" t="s">
         <v>225</v>
       </c>
       <c r="C229" s="6" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D229" s="9">
-        <v>2600000.0</v>
+        <v>11000000.0</v>
       </c>
       <c r="E229" s="3"/>
     </row>
     <row r="230" spans="1:5">
-      <c r="A230" s="2">
-        <v>14</v>
+      <c r="A230" s="2" t="s">
+        <v>28</v>
       </c>
       <c r="B230" s="3" t="s">
         <v>226</v>
       </c>
       <c r="C230" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D230" s="9">
+        <v>7475000.0</v>
+      </c>
+      <c r="E230" s="3"/>
+    </row>
+    <row r="231" spans="1:5">
+      <c r="A231" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B231" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="C231" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D231" s="9">
+        <v>6650000.0</v>
+      </c>
+      <c r="E231" s="3"/>
+    </row>
+    <row r="232" spans="1:5">
+      <c r="A232" s="2">
+        <v>10</v>
+      </c>
+      <c r="B232" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="C232" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D232" s="9">
+        <v>6600000.0</v>
+      </c>
+      <c r="E232" s="3"/>
+    </row>
+    <row r="233" spans="1:5">
+      <c r="A233" s="2">
+        <v>11</v>
+      </c>
+      <c r="B233" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="C233" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D233" s="9">
+        <v>10300000.0</v>
+      </c>
+      <c r="E233" s="3"/>
+    </row>
+    <row r="234" spans="1:5">
+      <c r="A234" s="2">
+        <v>12</v>
+      </c>
+      <c r="B234" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="C234" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D234" s="9">
+        <v>6200000.0</v>
+      </c>
+      <c r="E234" s="3"/>
+    </row>
+    <row r="235" spans="1:5">
+      <c r="A235" s="2">
+        <v>13</v>
+      </c>
+      <c r="B235" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="C235" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D235" s="9">
+        <v>2600000.0</v>
+      </c>
+      <c r="E235" s="3"/>
+    </row>
+    <row r="236" spans="1:5">
+      <c r="A236" s="2">
+        <v>14</v>
+      </c>
+      <c r="B236" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="C236" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D236" s="9">
         <v>3500000.0</v>
       </c>
-      <c r="E230" s="3"/>
-[...11 lines deleted...]
-      <c r="A232" s="23" t="s">
+      <c r="E236" s="3"/>
+    </row>
+    <row r="237" spans="1:5">
+      <c r="A237" s="19" t="s">
+        <v>233</v>
+      </c>
+      <c r="B237" s="20"/>
+      <c r="C237" s="21"/>
+      <c r="D237" s="22"/>
+      <c r="E237" s="20"/>
+    </row>
+    <row r="238" spans="1:5">
+      <c r="A238" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B232" s="24" t="s">
+      <c r="B238" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C232" s="25" t="s">
+      <c r="C238" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D232" s="26" t="s">
+      <c r="D238" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E232" s="24" t="s">
+      <c r="E238" s="24" t="s">
         <v>8</v>
       </c>
-    </row>
-[...88 lines deleted...]
-      <c r="E238" s="3"/>
     </row>
     <row r="239" spans="1:5">
       <c r="A239" s="2" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="B239" s="3" t="s">
         <v>234</v>
       </c>
       <c r="C239" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D239" s="9">
-        <v>3900000.0</v>
+        <v>4800000.0</v>
       </c>
       <c r="E239" s="3"/>
     </row>
     <row r="240" spans="1:5">
       <c r="A240" s="2" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="B240" s="3" t="s">
         <v>235</v>
       </c>
       <c r="C240" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D240" s="9">
-        <v>5650000.0</v>
+        <v>5500000.0</v>
       </c>
       <c r="E240" s="3"/>
     </row>
     <row r="241" spans="1:5">
       <c r="A241" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="B241" s="3" t="s">
         <v>236</v>
       </c>
       <c r="C241" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D241" s="9">
-        <v>2200000.0</v>
+        <v>5100000.0</v>
       </c>
       <c r="E241" s="3"/>
     </row>
     <row r="242" spans="1:5">
-      <c r="A242" s="2">
-        <v>10</v>
+      <c r="A242" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="B242" s="3" t="s">
         <v>237</v>
       </c>
       <c r="C242" s="6" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D242" s="9">
-        <v>5450000.0</v>
+        <v>2200000.0</v>
       </c>
       <c r="E242" s="3"/>
     </row>
     <row r="243" spans="1:5">
-      <c r="A243" s="2">
-        <v>11</v>
+      <c r="A243" s="2" t="s">
+        <v>22</v>
       </c>
       <c r="B243" s="3" t="s">
         <v>238</v>
       </c>
       <c r="C243" s="6" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D243" s="9">
-        <v>6450000.0</v>
+        <v>8390000.0</v>
       </c>
       <c r="E243" s="3"/>
     </row>
     <row r="244" spans="1:5">
-      <c r="A244" s="2">
-        <v>12</v>
+      <c r="A244" s="2" t="s">
+        <v>24</v>
       </c>
       <c r="B244" s="3" t="s">
         <v>239</v>
       </c>
       <c r="C244" s="6" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D244" s="9">
-        <v>3400000.0</v>
+        <v>8500000.0</v>
       </c>
       <c r="E244" s="3"/>
     </row>
     <row r="245" spans="1:5">
-      <c r="A245" s="2">
-        <v>13</v>
+      <c r="A245" s="2" t="s">
+        <v>26</v>
       </c>
       <c r="B245" s="3" t="s">
         <v>240</v>
       </c>
       <c r="C245" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D245" s="9">
-        <v>5800000.0</v>
+        <v>3900000.0</v>
       </c>
       <c r="E245" s="3"/>
     </row>
     <row r="246" spans="1:5">
-      <c r="A246" s="2">
-        <v>14</v>
+      <c r="A246" s="2" t="s">
+        <v>28</v>
       </c>
       <c r="B246" s="3" t="s">
         <v>241</v>
       </c>
       <c r="C246" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D246" s="9">
-        <v>8900000.0</v>
+        <v>5650000.0</v>
       </c>
       <c r="E246" s="3"/>
     </row>
     <row r="247" spans="1:5">
-      <c r="A247" s="2">
-        <v>15</v>
+      <c r="A247" s="2" t="s">
+        <v>30</v>
       </c>
       <c r="B247" s="3" t="s">
         <v>242</v>
       </c>
       <c r="C247" s="6" t="s">
-        <v>243</v>
+        <v>11</v>
       </c>
       <c r="D247" s="9">
-        <v>2500000.0</v>
+        <v>2200000.0</v>
       </c>
       <c r="E247" s="3"/>
     </row>
     <row r="248" spans="1:5">
       <c r="A248" s="2">
+        <v>10</v>
+      </c>
+      <c r="B248" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="C248" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="B248" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D248" s="9">
-        <v>2200000.0</v>
+        <v>5450000.0</v>
       </c>
       <c r="E248" s="3"/>
     </row>
     <row r="249" spans="1:5">
       <c r="A249" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="B249" s="3" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="C249" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D249" s="9">
-        <v>1700000.0</v>
+        <v>5900000.0</v>
       </c>
       <c r="E249" s="3"/>
     </row>
     <row r="250" spans="1:5">
       <c r="A250" s="2">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="B250" s="3" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="C250" s="6" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D250" s="9">
-        <v>3500000.0</v>
+        <v>6300000.0</v>
       </c>
       <c r="E250" s="3"/>
     </row>
     <row r="251" spans="1:5">
       <c r="A251" s="2">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="B251" s="3" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="C251" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D251" s="9">
-        <v>9900000.0</v>
+        <v>3400000.0</v>
       </c>
       <c r="E251" s="3"/>
     </row>
     <row r="252" spans="1:5">
       <c r="A252" s="2">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="B252" s="3" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="C252" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D252" s="9">
-        <v>3800000.0</v>
+        <v>5800000.0</v>
       </c>
       <c r="E252" s="3"/>
     </row>
     <row r="253" spans="1:5">
       <c r="A253" s="2">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="B253" s="3" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="C253" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D253" s="9">
-        <v>3500000.0</v>
+        <v>5700000.0</v>
       </c>
       <c r="E253" s="3"/>
     </row>
     <row r="254" spans="1:5">
       <c r="A254" s="2">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="C254" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D254" s="9">
-        <v>3550000.0</v>
+        <v>8900000.0</v>
       </c>
       <c r="E254" s="3"/>
     </row>
     <row r="255" spans="1:5">
       <c r="A255" s="2">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="B255" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="C255" s="6" t="s">
         <v>251</v>
       </c>
-      <c r="C255" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D255" s="9">
-        <v>1800000.0</v>
+        <v>2500000.0</v>
       </c>
       <c r="E255" s="3"/>
     </row>
     <row r="256" spans="1:5">
       <c r="A256" s="2">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="B256" s="3" t="s">
         <v>252</v>
       </c>
       <c r="C256" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D256" s="9">
-        <v>4745000.0</v>
+        <v>2000000.0</v>
       </c>
       <c r="E256" s="3"/>
     </row>
     <row r="257" spans="1:5">
       <c r="A257" s="2">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="B257" s="3" t="s">
         <v>253</v>
       </c>
       <c r="C257" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D257" s="9">
-        <v>1000000.0</v>
+        <v>1700000.0</v>
       </c>
       <c r="E257" s="3"/>
     </row>
     <row r="258" spans="1:5">
       <c r="A258" s="2">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="B258" s="3" t="s">
         <v>254</v>
       </c>
       <c r="C258" s="6" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D258" s="9">
-        <v>2800000.0</v>
+        <v>3500000.0</v>
       </c>
       <c r="E258" s="3"/>
     </row>
     <row r="259" spans="1:5">
       <c r="A259" s="2">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="B259" s="3" t="s">
         <v>255</v>
       </c>
       <c r="C259" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D259" s="9">
-        <v>4280000.0</v>
+        <v>9900000.0</v>
       </c>
       <c r="E259" s="3"/>
     </row>
     <row r="260" spans="1:5">
       <c r="A260" s="2">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B260" s="3" t="s">
         <v>256</v>
       </c>
       <c r="C260" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D260" s="9">
-        <v>5400000.0</v>
+        <v>3800000.0</v>
       </c>
       <c r="E260" s="3"/>
     </row>
     <row r="261" spans="1:5">
       <c r="A261" s="2">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="B261" s="3" t="s">
         <v>257</v>
       </c>
       <c r="C261" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D261" s="9">
-        <v>2700000.0</v>
+        <v>3500000.0</v>
       </c>
       <c r="E261" s="3"/>
     </row>
     <row r="262" spans="1:5">
       <c r="A262" s="2">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="B262" s="3" t="s">
         <v>258</v>
       </c>
       <c r="C262" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D262" s="9">
-        <v>4700000.0</v>
+        <v>3550000.0</v>
       </c>
       <c r="E262" s="3"/>
     </row>
     <row r="263" spans="1:5">
       <c r="A263" s="2">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="B263" s="3" t="s">
         <v>259</v>
       </c>
       <c r="C263" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D263" s="9">
-        <v>8500000.0</v>
+        <v>1800000.0</v>
       </c>
       <c r="E263" s="3"/>
     </row>
     <row r="264" spans="1:5">
       <c r="A264" s="2">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="B264" s="3" t="s">
         <v>260</v>
       </c>
       <c r="C264" s="6" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D264" s="9">
-        <v>10800000.0</v>
+        <v>4745000.0</v>
       </c>
       <c r="E264" s="3"/>
     </row>
     <row r="265" spans="1:5">
       <c r="A265" s="2">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="B265" s="3" t="s">
         <v>261</v>
       </c>
       <c r="C265" s="6" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D265" s="9">
-        <v>4100000.0</v>
+        <v>1000000.0</v>
       </c>
       <c r="E265" s="3"/>
     </row>
     <row r="266" spans="1:5">
       <c r="A266" s="2">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="B266" s="3" t="s">
         <v>262</v>
       </c>
       <c r="C266" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D266" s="9">
+        <v>2800000.0</v>
+      </c>
+      <c r="E266" s="3"/>
+    </row>
+    <row r="267" spans="1:5">
+      <c r="A267" s="2">
+        <v>29</v>
+      </c>
+      <c r="B267" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="C267" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D267" s="9">
+        <v>4280000.0</v>
+      </c>
+      <c r="E267" s="3"/>
+    </row>
+    <row r="268" spans="1:5">
+      <c r="A268" s="2">
+        <v>30</v>
+      </c>
+      <c r="B268" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="C268" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D268" s="9">
+        <v>5400000.0</v>
+      </c>
+      <c r="E268" s="3"/>
+    </row>
+    <row r="269" spans="1:5">
+      <c r="A269" s="2">
+        <v>31</v>
+      </c>
+      <c r="B269" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="C269" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D269" s="9">
+        <v>2700000.0</v>
+      </c>
+      <c r="E269" s="3"/>
+    </row>
+    <row r="270" spans="1:5">
+      <c r="A270" s="2">
+        <v>32</v>
+      </c>
+      <c r="B270" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="C270" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D270" s="9">
+        <v>4700000.0</v>
+      </c>
+      <c r="E270" s="3"/>
+    </row>
+    <row r="271" spans="1:5">
+      <c r="A271" s="2">
+        <v>33</v>
+      </c>
+      <c r="B271" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="C271" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D271" s="9">
+        <v>8500000.0</v>
+      </c>
+      <c r="E271" s="3"/>
+    </row>
+    <row r="272" spans="1:5">
+      <c r="A272" s="2">
+        <v>34</v>
+      </c>
+      <c r="B272" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="C272" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="D272" s="9">
+        <v>10800000.0</v>
+      </c>
+      <c r="E272" s="3"/>
+    </row>
+    <row r="273" spans="1:5">
+      <c r="A273" s="2">
+        <v>35</v>
+      </c>
+      <c r="B273" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="C273" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="D273" s="9">
+        <v>4100000.0</v>
+      </c>
+      <c r="E273" s="3"/>
+    </row>
+    <row r="274" spans="1:5">
+      <c r="A274" s="2">
+        <v>36</v>
+      </c>
+      <c r="B274" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="C274" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D274" s="9">
         <v>5650000.0</v>
       </c>
-      <c r="E266" s="3"/>
-[...11 lines deleted...]
-      <c r="A268" s="23" t="s">
+      <c r="E274" s="3"/>
+    </row>
+    <row r="275" spans="1:5">
+      <c r="A275" s="19" t="s">
+        <v>271</v>
+      </c>
+      <c r="B275" s="20"/>
+      <c r="C275" s="21"/>
+      <c r="D275" s="22"/>
+      <c r="E275" s="20"/>
+    </row>
+    <row r="276" spans="1:5">
+      <c r="A276" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B268" s="24" t="s">
+      <c r="B276" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C268" s="25" t="s">
+      <c r="C276" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D268" s="26" t="s">
+      <c r="D276" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E268" s="24" t="s">
+      <c r="E276" s="24" t="s">
         <v>8</v>
       </c>
-    </row>
-[...118 lines deleted...]
-      <c r="E276" s="3"/>
     </row>
     <row r="277" spans="1:5">
       <c r="A277" s="2" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="B277" s="3" t="s">
         <v>272</v>
       </c>
       <c r="C277" s="6" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D277" s="9">
-        <v>2800000.0</v>
+        <v>7400000.0</v>
       </c>
       <c r="E277" s="3"/>
     </row>
     <row r="278" spans="1:5">
-      <c r="A278" s="2">
-        <v>10</v>
+      <c r="A278" s="2" t="s">
+        <v>12</v>
       </c>
       <c r="B278" s="3" t="s">
         <v>273</v>
       </c>
       <c r="C278" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D278" s="9">
-        <v>1200000.0</v>
+        <v>2300000.0</v>
       </c>
       <c r="E278" s="3"/>
     </row>
     <row r="279" spans="1:5">
-      <c r="A279" s="2">
-        <v>11</v>
+      <c r="A279" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="B279" s="3" t="s">
         <v>274</v>
       </c>
       <c r="C279" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D279" s="9">
-        <v>1040000.0</v>
+        <v>3600000.0</v>
       </c>
       <c r="E279" s="3"/>
     </row>
     <row r="280" spans="1:5">
-      <c r="A280" s="2">
-        <v>12</v>
+      <c r="A280" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="B280" s="3" t="s">
         <v>275</v>
       </c>
       <c r="C280" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D280" s="9">
-        <v>455000.0</v>
+        <v>4200000.0</v>
       </c>
       <c r="E280" s="3"/>
     </row>
     <row r="281" spans="1:5">
-      <c r="A281" s="2">
-        <v>13</v>
+      <c r="A281" s="2" t="s">
+        <v>22</v>
       </c>
       <c r="B281" s="3" t="s">
         <v>276</v>
       </c>
       <c r="C281" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D281" s="9">
-        <v>6500000.0</v>
+        <v>5500000.0</v>
       </c>
       <c r="E281" s="3"/>
     </row>
     <row r="282" spans="1:5">
-      <c r="A282" s="2">
-        <v>14</v>
+      <c r="A282" s="2" t="s">
+        <v>24</v>
       </c>
       <c r="B282" s="3" t="s">
         <v>277</v>
       </c>
       <c r="C282" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D282" s="9">
-        <v>2300000.0</v>
+        <v>6900000.0</v>
       </c>
       <c r="E282" s="3"/>
     </row>
     <row r="283" spans="1:5">
-      <c r="A283" s="2">
-        <v>15</v>
+      <c r="A283" s="2" t="s">
+        <v>26</v>
       </c>
       <c r="B283" s="3" t="s">
         <v>278</v>
       </c>
       <c r="C283" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D283" s="9">
-        <v>1100000.0</v>
+        <v>910000.0</v>
       </c>
       <c r="E283" s="3"/>
     </row>
     <row r="284" spans="1:5">
-      <c r="A284" s="2">
-        <v>16</v>
+      <c r="A284" s="2" t="s">
+        <v>28</v>
       </c>
       <c r="B284" s="3" t="s">
         <v>279</v>
       </c>
       <c r="C284" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D284" s="9">
-        <v>1500000.0</v>
+        <v>5551000.0</v>
       </c>
       <c r="E284" s="3"/>
     </row>
     <row r="285" spans="1:5">
-      <c r="A285" s="2">
-        <v>17</v>
+      <c r="A285" s="2" t="s">
+        <v>30</v>
       </c>
       <c r="B285" s="3" t="s">
         <v>280</v>
       </c>
       <c r="C285" s="6" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D285" s="9">
-        <v>2177500.0</v>
+        <v>1200000.0</v>
       </c>
       <c r="E285" s="3"/>
     </row>
     <row r="286" spans="1:5">
       <c r="A286" s="2">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="B286" s="3" t="s">
         <v>281</v>
       </c>
       <c r="C286" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D286" s="9">
-        <v>3859700.0</v>
+        <v>1200000.0</v>
       </c>
       <c r="E286" s="3"/>
     </row>
     <row r="287" spans="1:5">
       <c r="A287" s="2">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="B287" s="3" t="s">
         <v>282</v>
       </c>
       <c r="C287" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D287" s="9">
-        <v>2730000.0</v>
+        <v>455000.0</v>
       </c>
       <c r="E287" s="3"/>
     </row>
     <row r="288" spans="1:5">
       <c r="A288" s="2">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="B288" s="3" t="s">
         <v>283</v>
       </c>
       <c r="C288" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D288" s="9">
-        <v>4420000.0</v>
+        <v>6500000.0</v>
       </c>
       <c r="E288" s="3"/>
     </row>
     <row r="289" spans="1:5">
       <c r="A289" s="2">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="B289" s="3" t="s">
         <v>284</v>
       </c>
       <c r="C289" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D289" s="9">
-        <v>2100000.0</v>
+        <v>2300000.0</v>
       </c>
       <c r="E289" s="3"/>
     </row>
     <row r="290" spans="1:5">
       <c r="A290" s="2">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="B290" s="3" t="s">
         <v>285</v>
       </c>
       <c r="C290" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D290" s="9">
-        <v>1800000.0</v>
+        <v>1100000.0</v>
       </c>
       <c r="E290" s="3"/>
     </row>
     <row r="291" spans="1:5">
       <c r="A291" s="2">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="B291" s="3" t="s">
         <v>286</v>
       </c>
       <c r="C291" s="6" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D291" s="9">
-        <v>5000000.0</v>
+        <v>1500000.0</v>
       </c>
       <c r="E291" s="3"/>
     </row>
     <row r="292" spans="1:5">
       <c r="A292" s="2">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="B292" s="3" t="s">
         <v>287</v>
       </c>
       <c r="C292" s="6" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D292" s="9">
-        <v>1300000.0</v>
+        <v>2177500.0</v>
       </c>
       <c r="E292" s="3"/>
     </row>
     <row r="293" spans="1:5">
       <c r="A293" s="2">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="B293" s="3" t="s">
         <v>288</v>
       </c>
       <c r="C293" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D293" s="9">
-        <v>1700000.0</v>
+        <v>3859700.0</v>
       </c>
       <c r="E293" s="3"/>
     </row>
     <row r="294" spans="1:5">
       <c r="A294" s="2">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="B294" s="3" t="s">
         <v>289</v>
       </c>
       <c r="C294" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D294" s="9">
-        <v>3100000.0</v>
+        <v>2730000.0</v>
       </c>
       <c r="E294" s="3"/>
     </row>
     <row r="295" spans="1:5">
       <c r="A295" s="2">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="B295" s="3" t="s">
         <v>290</v>
       </c>
       <c r="C295" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D295" s="9">
-        <v>2100000.0</v>
+        <v>4420000.0</v>
       </c>
       <c r="E295" s="3"/>
     </row>
     <row r="296" spans="1:5">
       <c r="A296" s="2">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="B296" s="3" t="s">
         <v>291</v>
       </c>
       <c r="C296" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D296" s="9">
-        <v>1600000.0</v>
+        <v>2100000.0</v>
       </c>
       <c r="E296" s="3"/>
     </row>
     <row r="297" spans="1:5">
       <c r="A297" s="2">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="B297" s="3" t="s">
         <v>292</v>
       </c>
       <c r="C297" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D297" s="9">
         <v>1800000.0</v>
       </c>
       <c r="E297" s="3"/>
     </row>
     <row r="298" spans="1:5">
       <c r="A298" s="2">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="B298" s="3" t="s">
         <v>293</v>
       </c>
       <c r="C298" s="6" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D298" s="9">
-        <v>2300000.0</v>
+        <v>5000000.0</v>
       </c>
       <c r="E298" s="3"/>
     </row>
     <row r="299" spans="1:5">
       <c r="A299" s="2">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="B299" s="3" t="s">
         <v>294</v>
       </c>
       <c r="C299" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D299" s="9">
-        <v>2750000.0</v>
+        <v>1300000.0</v>
       </c>
       <c r="E299" s="3"/>
     </row>
     <row r="300" spans="1:5">
       <c r="A300" s="2">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="B300" s="3" t="s">
         <v>295</v>
       </c>
       <c r="C300" s="6" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D300" s="9">
-        <v>1800000.0</v>
+        <v>1700000.0</v>
       </c>
       <c r="E300" s="3"/>
     </row>
     <row r="301" spans="1:5">
       <c r="A301" s="2">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="B301" s="3" t="s">
         <v>296</v>
       </c>
       <c r="C301" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D301" s="9">
-        <v>3780000.0</v>
+        <v>3100000.0</v>
       </c>
       <c r="E301" s="3"/>
     </row>
     <row r="302" spans="1:5">
       <c r="A302" s="2">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="B302" s="3" t="s">
         <v>297</v>
       </c>
       <c r="C302" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D302" s="9">
-        <v>1700000.0</v>
+        <v>2100000.0</v>
       </c>
       <c r="E302" s="3"/>
     </row>
     <row r="303" spans="1:5">
       <c r="A303" s="2">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="B303" s="3" t="s">
         <v>298</v>
       </c>
       <c r="C303" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D303" s="9">
-        <v>2450000.0</v>
+        <v>1600000.0</v>
       </c>
       <c r="E303" s="3"/>
     </row>
     <row r="304" spans="1:5">
       <c r="A304" s="2">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="B304" s="3" t="s">
         <v>299</v>
       </c>
       <c r="C304" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D304" s="9">
-        <v>1900000.0</v>
+        <v>1800000.0</v>
       </c>
       <c r="E304" s="3"/>
     </row>
     <row r="305" spans="1:5">
       <c r="A305" s="2">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="B305" s="3" t="s">
         <v>300</v>
       </c>
       <c r="C305" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D305" s="9">
-        <v>1800000.0</v>
+        <v>2700000.0</v>
       </c>
       <c r="E305" s="3"/>
     </row>
     <row r="306" spans="1:5">
       <c r="A306" s="2">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="B306" s="3" t="s">
         <v>301</v>
       </c>
       <c r="C306" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D306" s="9">
-        <v>2700000.0</v>
+        <v>3900000.0</v>
       </c>
       <c r="E306" s="3"/>
     </row>
     <row r="307" spans="1:5">
       <c r="A307" s="2">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="B307" s="3" t="s">
         <v>302</v>
       </c>
       <c r="C307" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D307" s="9">
-        <v>2678000.0</v>
+        <v>2750000.0</v>
       </c>
       <c r="E307" s="3"/>
     </row>
     <row r="308" spans="1:5">
       <c r="A308" s="2">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="B308" s="3" t="s">
         <v>303</v>
       </c>
       <c r="C308" s="6" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D308" s="9">
-        <v>2100000.0</v>
+        <v>1800000.0</v>
       </c>
       <c r="E308" s="3"/>
     </row>
     <row r="309" spans="1:5">
       <c r="A309" s="2">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="B309" s="3" t="s">
         <v>304</v>
       </c>
       <c r="C309" s="6" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D309" s="9">
-        <v>3450000.0</v>
+        <v>3780000.0</v>
       </c>
       <c r="E309" s="3"/>
     </row>
     <row r="310" spans="1:5">
       <c r="A310" s="2">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="B310" s="3" t="s">
         <v>305</v>
       </c>
       <c r="C310" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D310" s="9">
-        <v>2700000.0</v>
+        <v>1600000.0</v>
       </c>
       <c r="E310" s="3"/>
     </row>
     <row r="311" spans="1:5">
       <c r="A311" s="2">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="B311" s="3" t="s">
         <v>306</v>
       </c>
       <c r="C311" s="6" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D311" s="9">
-        <v>5000000.0</v>
+        <v>1900000.0</v>
       </c>
       <c r="E311" s="3"/>
     </row>
     <row r="312" spans="1:5">
       <c r="A312" s="2">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="B312" s="3" t="s">
         <v>307</v>
       </c>
       <c r="C312" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D312" s="9">
-        <v>2800000.0</v>
+        <v>1700000.0</v>
       </c>
       <c r="E312" s="3"/>
     </row>
     <row r="313" spans="1:5">
       <c r="A313" s="2">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="B313" s="3" t="s">
         <v>308</v>
       </c>
       <c r="C313" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D313" s="9">
-        <v>2800000.0</v>
+        <v>2700000.0</v>
       </c>
       <c r="E313" s="3"/>
     </row>
     <row r="314" spans="1:5">
       <c r="A314" s="2">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="B314" s="3" t="s">
         <v>309</v>
       </c>
       <c r="C314" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D314" s="9">
-        <v>7400000.0</v>
+        <v>2678000.0</v>
       </c>
       <c r="E314" s="3"/>
     </row>
     <row r="315" spans="1:5">
       <c r="A315" s="2">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="B315" s="3" t="s">
         <v>310</v>
       </c>
       <c r="C315" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D315" s="9">
-        <v>2290000.0</v>
+        <v>2100000.0</v>
       </c>
       <c r="E315" s="3"/>
     </row>
     <row r="316" spans="1:5">
       <c r="A316" s="2">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="B316" s="3" t="s">
         <v>311</v>
       </c>
       <c r="C316" s="6" t="s">
         <v>16</v>
       </c>
       <c r="D316" s="9">
-        <v>4300000.0</v>
+        <v>3450000.0</v>
       </c>
       <c r="E316" s="3"/>
     </row>
     <row r="317" spans="1:5">
       <c r="A317" s="2">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="B317" s="3" t="s">
         <v>312</v>
       </c>
       <c r="C317" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D317" s="9">
-        <v>700000.0</v>
+        <v>2700000.0</v>
       </c>
       <c r="E317" s="3"/>
     </row>
     <row r="318" spans="1:5">
       <c r="A318" s="2">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="B318" s="3" t="s">
         <v>313</v>
       </c>
       <c r="C318" s="6" t="s">
         <v>16</v>
       </c>
       <c r="D318" s="9">
-        <v>5500000.0</v>
+        <v>5000000.0</v>
       </c>
       <c r="E318" s="3"/>
     </row>
     <row r="319" spans="1:5">
-      <c r="A319" s="15" t="s">
+      <c r="A319" s="2">
+        <v>43</v>
+      </c>
+      <c r="B319" s="3" t="s">
         <v>314</v>
       </c>
-      <c r="B319" s="16" t="s">
+      <c r="C319" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D319" s="9">
+        <v>2800000.0</v>
+      </c>
+      <c r="E319" s="3"/>
+    </row>
+    <row r="320" spans="1:5">
+      <c r="A320" s="2">
+        <v>44</v>
+      </c>
+      <c r="B320" s="3" t="s">
         <v>315</v>
       </c>
-      <c r="C319" s="17"/>
-[...4 lines deleted...]
-      <c r="A320" s="19" t="s">
+      <c r="C320" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D320" s="9">
+        <v>2800000.0</v>
+      </c>
+      <c r="E320" s="3"/>
+    </row>
+    <row r="321" spans="1:5">
+      <c r="A321" s="2">
+        <v>45</v>
+      </c>
+      <c r="B321" s="3" t="s">
         <v>316</v>
       </c>
-      <c r="B320" s="20"/>
-[...19 lines deleted...]
-      </c>
+      <c r="C321" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D321" s="9">
+        <v>7400000.0</v>
+      </c>
+      <c r="E321" s="3"/>
     </row>
     <row r="322" spans="1:5">
-      <c r="A322" s="2" t="s">
-        <v>9</v>
+      <c r="A322" s="2">
+        <v>46</v>
       </c>
       <c r="B322" s="3" t="s">
         <v>317</v>
       </c>
       <c r="C322" s="6" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D322" s="9">
-        <v>7800000.0</v>
+        <v>2290000.0</v>
       </c>
       <c r="E322" s="3"/>
     </row>
     <row r="323" spans="1:5">
-      <c r="A323" s="2" t="s">
-        <v>12</v>
+      <c r="A323" s="2">
+        <v>47</v>
       </c>
       <c r="B323" s="3" t="s">
         <v>318</v>
       </c>
       <c r="C323" s="6" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D323" s="9">
-        <v>7900000.0</v>
+        <v>4300000.0</v>
       </c>
       <c r="E323" s="3"/>
     </row>
     <row r="324" spans="1:5">
-      <c r="A324" s="2" t="s">
-        <v>18</v>
+      <c r="A324" s="2">
+        <v>48</v>
       </c>
       <c r="B324" s="3" t="s">
         <v>319</v>
       </c>
       <c r="C324" s="6" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D324" s="9">
-        <v>10600000.0</v>
+        <v>700000.0</v>
       </c>
       <c r="E324" s="3"/>
     </row>
     <row r="325" spans="1:5">
-      <c r="A325" s="2" t="s">
-        <v>20</v>
+      <c r="A325" s="2">
+        <v>49</v>
       </c>
       <c r="B325" s="3" t="s">
         <v>320</v>
       </c>
       <c r="C325" s="6" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D325" s="9">
-        <v>9500000.0</v>
+        <v>5500000.0</v>
       </c>
       <c r="E325" s="3"/>
     </row>
     <row r="326" spans="1:5">
-      <c r="A326" s="19" t="s">
+      <c r="A326" s="15" t="s">
         <v>321</v>
       </c>
-      <c r="B326" s="20"/>
-[...2 lines deleted...]
-      <c r="E326" s="20"/>
+      <c r="B326" s="16" t="s">
+        <v>322</v>
+      </c>
+      <c r="C326" s="17"/>
+      <c r="D326" s="18"/>
+      <c r="E326" s="16"/>
     </row>
     <row r="327" spans="1:5">
-      <c r="A327" s="23" t="s">
+      <c r="A327" s="19" t="s">
+        <v>323</v>
+      </c>
+      <c r="B327" s="20"/>
+      <c r="C327" s="21"/>
+      <c r="D327" s="22"/>
+      <c r="E327" s="20"/>
+    </row>
+    <row r="328" spans="1:5">
+      <c r="A328" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B327" s="24" t="s">
+      <c r="B328" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C327" s="25" t="s">
+      <c r="C328" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D327" s="26" t="s">
+      <c r="D328" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E327" s="24" t="s">
+      <c r="E328" s="24" t="s">
         <v>8</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E328" s="3"/>
     </row>
     <row r="329" spans="1:5">
       <c r="A329" s="2" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="B329" s="3" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C329" s="6" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D329" s="9">
-        <v>1800000.0</v>
+        <v>7800000.0</v>
       </c>
       <c r="E329" s="3"/>
     </row>
     <row r="330" spans="1:5">
       <c r="A330" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B330" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="C330" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D330" s="9">
+        <v>7900000.0</v>
+      </c>
+      <c r="E330" s="3"/>
+    </row>
+    <row r="331" spans="1:5">
+      <c r="A331" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="B330" s="3" t="s">
-[...14 lines deleted...]
-      <c r="B331" s="16" t="s">
+      <c r="B331" s="3" t="s">
         <v>326</v>
       </c>
-      <c r="C331" s="17"/>
-[...1 lines deleted...]
-      <c r="E331" s="16"/>
+      <c r="C331" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="D331" s="9">
+        <v>10600000.0</v>
+      </c>
+      <c r="E331" s="3"/>
     </row>
     <row r="332" spans="1:5">
-      <c r="A332" s="19" t="s">
+      <c r="A332" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="B332" s="3" t="s">
         <v>327</v>
       </c>
-      <c r="B332" s="20"/>
-[...2 lines deleted...]
-      <c r="E332" s="20"/>
+      <c r="C332" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D332" s="9">
+        <v>9500000.0</v>
+      </c>
+      <c r="E332" s="3"/>
     </row>
     <row r="333" spans="1:5">
-      <c r="A333" s="23" t="s">
+      <c r="A333" s="19" t="s">
+        <v>328</v>
+      </c>
+      <c r="B333" s="20"/>
+      <c r="C333" s="21"/>
+      <c r="D333" s="22"/>
+      <c r="E333" s="20"/>
+    </row>
+    <row r="334" spans="1:5">
+      <c r="A334" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B333" s="24" t="s">
+      <c r="B334" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C333" s="25" t="s">
+      <c r="C334" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D333" s="26" t="s">
+      <c r="D334" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E333" s="24" t="s">
+      <c r="E334" s="24" t="s">
         <v>8</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E334" s="3"/>
     </row>
     <row r="335" spans="1:5">
       <c r="A335" s="2" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="B335" s="3" t="s">
         <v>329</v>
       </c>
       <c r="C335" s="6" t="s">
-        <v>330</v>
+        <v>16</v>
       </c>
       <c r="D335" s="9">
-        <v>20245000.0</v>
+        <v>3276000.0</v>
       </c>
       <c r="E335" s="3"/>
     </row>
     <row r="336" spans="1:5">
       <c r="A336" s="2" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="B336" s="3" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="C336" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D336" s="9">
-        <v>18980000.0</v>
+        <v>1800000.0</v>
       </c>
       <c r="E336" s="3"/>
     </row>
     <row r="337" spans="1:5">
       <c r="A337" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="B337" s="3" t="s">
+        <v>331</v>
+      </c>
+      <c r="C337" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D337" s="9">
+        <v>1729000.0</v>
+      </c>
+      <c r="E337" s="3"/>
+    </row>
+    <row r="338" spans="1:5">
+      <c r="A338" s="15" t="s">
         <v>332</v>
       </c>
-      <c r="C337" s="6" t="s">
-[...11 lines deleted...]
-      <c r="B338" s="3" t="s">
+      <c r="B338" s="16" t="s">
         <v>333</v>
       </c>
-      <c r="C338" s="6" t="s">
-[...5 lines deleted...]
-      <c r="E338" s="3"/>
+      <c r="C338" s="17"/>
+      <c r="D338" s="18"/>
+      <c r="E338" s="16"/>
     </row>
     <row r="339" spans="1:5">
-      <c r="A339" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B339" s="3" t="s">
+      <c r="A339" s="19" t="s">
         <v>334</v>
       </c>
-      <c r="C339" s="6" t="s">
-[...5 lines deleted...]
-      <c r="E339" s="3"/>
+      <c r="B339" s="20"/>
+      <c r="C339" s="21"/>
+      <c r="D339" s="22"/>
+      <c r="E339" s="20"/>
     </row>
     <row r="340" spans="1:5">
-      <c r="A340" s="2" t="s">
-[...11 lines deleted...]
-      <c r="E340" s="3"/>
+      <c r="A340" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B340" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C340" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D340" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E340" s="24" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="341" spans="1:5">
       <c r="A341" s="2" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="B341" s="3" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="C341" s="6" t="s">
-        <v>335</v>
+        <v>11</v>
       </c>
       <c r="D341" s="9">
-        <v>10010000.0</v>
+        <v>15015000.0</v>
       </c>
       <c r="E341" s="3"/>
     </row>
     <row r="342" spans="1:5">
       <c r="A342" s="2" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="B342" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="C342" s="6" t="s">
+        <v>337</v>
+      </c>
+      <c r="D342" s="9">
+        <v>20245000.0</v>
+      </c>
+      <c r="E342" s="3"/>
+    </row>
+    <row r="343" spans="1:5">
+      <c r="A343" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B343" s="3" t="s">
         <v>338</v>
       </c>
-      <c r="C342" s="6" t="s">
-[...8 lines deleted...]
-      <c r="A343" s="19" t="s">
+      <c r="C343" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D343" s="9">
+        <v>18980000.0</v>
+      </c>
+      <c r="E343" s="3"/>
+    </row>
+    <row r="344" spans="1:5">
+      <c r="A344" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="B344" s="3" t="s">
         <v>339</v>
       </c>
-      <c r="B343" s="20"/>
-[...19 lines deleted...]
-      </c>
+      <c r="C344" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D344" s="9">
+        <v>18850000.0</v>
+      </c>
+      <c r="E344" s="3"/>
     </row>
     <row r="345" spans="1:5">
       <c r="A345" s="2" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="B345" s="3" t="s">
         <v>340</v>
       </c>
       <c r="C345" s="6" t="s">
-        <v>335</v>
+        <v>11</v>
       </c>
       <c r="D345" s="9">
-        <v>7700000.0</v>
+        <v>20605000.0</v>
       </c>
       <c r="E345" s="3"/>
     </row>
     <row r="346" spans="1:5">
       <c r="A346" s="2" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="B346" s="3" t="s">
         <v>341</v>
       </c>
       <c r="C346" s="6" t="s">
-        <v>335</v>
+        <v>342</v>
       </c>
       <c r="D346" s="9">
-        <v>8500000.0</v>
+        <v>10550000.0</v>
       </c>
       <c r="E346" s="3"/>
     </row>
     <row r="347" spans="1:5">
       <c r="A347" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="B347" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="C347" s="6" t="s">
         <v>342</v>
       </c>
-      <c r="C347" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D347" s="9">
-        <v>9500000.0</v>
+        <v>16900000.0</v>
       </c>
       <c r="E347" s="3"/>
     </row>
     <row r="348" spans="1:5">
       <c r="A348" s="2" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="B348" s="3" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C348" s="6" t="s">
-        <v>335</v>
+        <v>342</v>
       </c>
       <c r="D348" s="9">
-        <v>4900000.0</v>
+        <v>10010000.0</v>
       </c>
       <c r="E348" s="3"/>
     </row>
     <row r="349" spans="1:5">
       <c r="A349" s="2" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="B349" s="3" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C349" s="6" t="s">
-        <v>335</v>
+        <v>11</v>
       </c>
       <c r="D349" s="9">
-        <v>9700000.0</v>
+        <v>16367000.0</v>
       </c>
       <c r="E349" s="3"/>
     </row>
     <row r="350" spans="1:5">
-      <c r="A350" s="2" t="s">
-[...11 lines deleted...]
-      <c r="E350" s="3"/>
+      <c r="A350" s="19" t="s">
+        <v>346</v>
+      </c>
+      <c r="B350" s="20"/>
+      <c r="C350" s="21"/>
+      <c r="D350" s="22"/>
+      <c r="E350" s="20"/>
     </row>
     <row r="351" spans="1:5">
-      <c r="A351" s="2" t="s">
-[...11 lines deleted...]
-      <c r="E351" s="3"/>
+      <c r="A351" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B351" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C351" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D351" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E351" s="24" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="352" spans="1:5">
       <c r="A352" s="2" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="B352" s="3" t="s">
         <v>347</v>
       </c>
       <c r="C352" s="6" t="s">
-        <v>335</v>
+        <v>342</v>
       </c>
       <c r="D352" s="9">
-        <v>7500000.0</v>
+        <v>7700000.0</v>
       </c>
       <c r="E352" s="3"/>
     </row>
     <row r="353" spans="1:5">
       <c r="A353" s="2" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="B353" s="3" t="s">
         <v>348</v>
       </c>
       <c r="C353" s="6" t="s">
-        <v>335</v>
+        <v>342</v>
       </c>
       <c r="D353" s="9">
-        <v>6500000.0</v>
+        <v>8500000.0</v>
       </c>
       <c r="E353" s="3"/>
     </row>
     <row r="354" spans="1:5">
-      <c r="A354" s="2">
-        <v>10</v>
+      <c r="A354" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="B354" s="3" t="s">
         <v>349</v>
       </c>
       <c r="C354" s="6" t="s">
-        <v>335</v>
+        <v>342</v>
       </c>
       <c r="D354" s="9">
-        <v>8000000.0</v>
+        <v>9500000.0</v>
       </c>
       <c r="E354" s="3"/>
     </row>
     <row r="355" spans="1:5">
-      <c r="A355" s="2">
-        <v>11</v>
+      <c r="A355" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="B355" s="3" t="s">
         <v>350</v>
       </c>
       <c r="C355" s="6" t="s">
-        <v>335</v>
+        <v>342</v>
       </c>
       <c r="D355" s="9">
-        <v>11500000.0</v>
+        <v>4900000.0</v>
       </c>
       <c r="E355" s="3"/>
     </row>
     <row r="356" spans="1:5">
-      <c r="A356" s="2">
-        <v>12</v>
+      <c r="A356" s="2" t="s">
+        <v>22</v>
       </c>
       <c r="B356" s="3" t="s">
         <v>351</v>
       </c>
       <c r="C356" s="6" t="s">
-        <v>335</v>
+        <v>342</v>
       </c>
       <c r="D356" s="9">
-        <v>9900000.0</v>
+        <v>9700000.0</v>
       </c>
       <c r="E356" s="3"/>
     </row>
     <row r="357" spans="1:5">
-      <c r="A357" s="2">
-        <v>13</v>
+      <c r="A357" s="2" t="s">
+        <v>24</v>
       </c>
       <c r="B357" s="3" t="s">
         <v>352</v>
       </c>
       <c r="C357" s="6" t="s">
-        <v>335</v>
+        <v>342</v>
       </c>
       <c r="D357" s="9">
-        <v>2500000.0</v>
+        <v>9900000.0</v>
       </c>
       <c r="E357" s="3"/>
     </row>
     <row r="358" spans="1:5">
-      <c r="A358" s="2">
-        <v>14</v>
+      <c r="A358" s="2" t="s">
+        <v>26</v>
       </c>
       <c r="B358" s="3" t="s">
         <v>353</v>
       </c>
       <c r="C358" s="6" t="s">
-        <v>335</v>
+        <v>342</v>
       </c>
       <c r="D358" s="9">
-        <v>5100000.0</v>
+        <v>15000000.0</v>
       </c>
       <c r="E358" s="3"/>
     </row>
     <row r="359" spans="1:5">
-      <c r="A359" s="2">
-        <v>15</v>
+      <c r="A359" s="2" t="s">
+        <v>28</v>
       </c>
       <c r="B359" s="3" t="s">
         <v>354</v>
       </c>
       <c r="C359" s="6" t="s">
-        <v>335</v>
+        <v>342</v>
       </c>
       <c r="D359" s="9">
-        <v>29700000.0</v>
+        <v>7500000.0</v>
       </c>
       <c r="E359" s="3"/>
     </row>
     <row r="360" spans="1:5">
-      <c r="A360" s="15" t="s">
+      <c r="A360" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B360" s="3" t="s">
         <v>355</v>
       </c>
-      <c r="B360" s="16" t="s">
+      <c r="C360" s="6" t="s">
+        <v>342</v>
+      </c>
+      <c r="D360" s="9">
+        <v>6500000.0</v>
+      </c>
+      <c r="E360" s="3"/>
+    </row>
+    <row r="361" spans="1:5">
+      <c r="A361" s="2">
+        <v>10</v>
+      </c>
+      <c r="B361" s="3" t="s">
         <v>356</v>
       </c>
-      <c r="C360" s="17"/>
-[...4 lines deleted...]
-      <c r="A361" s="19" t="s">
+      <c r="C361" s="6" t="s">
+        <v>342</v>
+      </c>
+      <c r="D361" s="9">
+        <v>8000000.0</v>
+      </c>
+      <c r="E361" s="3"/>
+    </row>
+    <row r="362" spans="1:5">
+      <c r="A362" s="2">
+        <v>11</v>
+      </c>
+      <c r="B362" s="3" t="s">
         <v>357</v>
       </c>
-      <c r="B361" s="20"/>
-[...19 lines deleted...]
-      </c>
+      <c r="C362" s="6" t="s">
+        <v>342</v>
+      </c>
+      <c r="D362" s="9">
+        <v>11500000.0</v>
+      </c>
+      <c r="E362" s="3"/>
     </row>
     <row r="363" spans="1:5">
-      <c r="A363" s="2" t="s">
-        <v>9</v>
+      <c r="A363" s="2">
+        <v>12</v>
       </c>
       <c r="B363" s="3" t="s">
         <v>358</v>
       </c>
       <c r="C363" s="6" t="s">
-        <v>16</v>
+        <v>342</v>
       </c>
       <c r="D363" s="9">
-        <v>300000.0</v>
+        <v>9900000.0</v>
       </c>
       <c r="E363" s="3"/>
     </row>
     <row r="364" spans="1:5">
-      <c r="A364" s="2" t="s">
-        <v>12</v>
+      <c r="A364" s="2">
+        <v>13</v>
       </c>
       <c r="B364" s="3" t="s">
         <v>359</v>
       </c>
       <c r="C364" s="6" t="s">
-        <v>16</v>
+        <v>342</v>
       </c>
       <c r="D364" s="9">
-        <v>390000.0</v>
+        <v>2500000.0</v>
       </c>
       <c r="E364" s="3"/>
     </row>
     <row r="365" spans="1:5">
-      <c r="A365" s="2" t="s">
-        <v>18</v>
+      <c r="A365" s="2">
+        <v>14</v>
       </c>
       <c r="B365" s="3" t="s">
         <v>360</v>
       </c>
       <c r="C365" s="6" t="s">
-        <v>11</v>
+        <v>342</v>
       </c>
       <c r="D365" s="9">
-        <v>1600000.0</v>
+        <v>5100000.0</v>
       </c>
       <c r="E365" s="3"/>
     </row>
     <row r="366" spans="1:5">
-      <c r="A366" s="2" t="s">
-        <v>20</v>
+      <c r="A366" s="2">
+        <v>15</v>
       </c>
       <c r="B366" s="3" t="s">
         <v>361</v>
       </c>
       <c r="C366" s="6" t="s">
-        <v>11</v>
+        <v>342</v>
       </c>
       <c r="D366" s="9">
-        <v>1000000.0</v>
+        <v>29700000.0</v>
       </c>
       <c r="E366" s="3"/>
     </row>
     <row r="367" spans="1:5">
-      <c r="A367" s="19" t="s">
+      <c r="A367" s="15" t="s">
         <v>362</v>
       </c>
-      <c r="B367" s="20"/>
-[...2 lines deleted...]
-      <c r="E367" s="20"/>
+      <c r="B367" s="16" t="s">
+        <v>363</v>
+      </c>
+      <c r="C367" s="17"/>
+      <c r="D367" s="18"/>
+      <c r="E367" s="16"/>
     </row>
     <row r="368" spans="1:5">
-      <c r="A368" s="23" t="s">
+      <c r="A368" s="19" t="s">
+        <v>364</v>
+      </c>
+      <c r="B368" s="20"/>
+      <c r="C368" s="21"/>
+      <c r="D368" s="22"/>
+      <c r="E368" s="20"/>
+    </row>
+    <row r="369" spans="1:5">
+      <c r="A369" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B368" s="24" t="s">
+      <c r="B369" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C368" s="25" t="s">
+      <c r="C369" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D368" s="26" t="s">
+      <c r="D369" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E368" s="24" t="s">
+      <c r="E369" s="24" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="369" spans="1:5">
-[...7 lines deleted...]
-    </row>
     <row r="370" spans="1:5">
-      <c r="A370" s="23" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="A370" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B370" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="C370" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="D370" s="9">
+        <v>300000.0</v>
+      </c>
+      <c r="E370" s="3"/>
     </row>
     <row r="371" spans="1:5">
       <c r="A371" s="2" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B371" s="3" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="C371" s="6" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D371" s="9">
-        <v>3800000.0</v>
+        <v>390000.0</v>
       </c>
       <c r="E371" s="3"/>
     </row>
     <row r="372" spans="1:5">
       <c r="A372" s="2" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="B372" s="3" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="C372" s="6" t="s">
-        <v>11</v>
+        <v>368</v>
       </c>
       <c r="D372" s="9">
-        <v>3000000.0</v>
+        <v>812000.0</v>
       </c>
       <c r="E372" s="3"/>
     </row>
     <row r="373" spans="1:5">
       <c r="A373" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B373" s="3" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="C373" s="6" t="s">
-        <v>11</v>
+        <v>368</v>
       </c>
       <c r="D373" s="9">
-        <v>4329000.0</v>
+        <v>812000.0</v>
       </c>
       <c r="E373" s="3"/>
     </row>
     <row r="374" spans="1:5">
-      <c r="A374" s="19" t="s">
-[...5 lines deleted...]
-      <c r="E374" s="20"/>
+      <c r="A374" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B374" s="3" t="s">
+        <v>370</v>
+      </c>
+      <c r="C374" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D374" s="9">
+        <v>3100000.0</v>
+      </c>
+      <c r="E374" s="3"/>
     </row>
     <row r="375" spans="1:5">
-      <c r="A375" s="23" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="A375" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B375" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="C375" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D375" s="9">
+        <v>1600000.0</v>
+      </c>
+      <c r="E375" s="3"/>
     </row>
     <row r="376" spans="1:5">
       <c r="A376" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B376" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="C376" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D376" s="9">
+        <v>1000000.0</v>
+      </c>
+      <c r="E376" s="3"/>
+    </row>
+    <row r="377" spans="1:5">
+      <c r="A377" s="19" t="s">
+        <v>373</v>
+      </c>
+      <c r="B377" s="20"/>
+      <c r="C377" s="21"/>
+      <c r="D377" s="22"/>
+      <c r="E377" s="20"/>
+    </row>
+    <row r="378" spans="1:5">
+      <c r="A378" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B378" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C378" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D378" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E378" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="379" spans="1:5">
+      <c r="A379" s="19" t="s">
+        <v>374</v>
+      </c>
+      <c r="B379" s="20"/>
+      <c r="C379" s="21"/>
+      <c r="D379" s="22"/>
+      <c r="E379" s="20"/>
+    </row>
+    <row r="380" spans="1:5">
+      <c r="A380" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B380" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C380" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D380" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E380" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="381" spans="1:5">
+      <c r="A381" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="B376" s="3" t="s">
-[...5 lines deleted...]
-      <c r="D376" s="9">
+      <c r="B381" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="C381" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D381" s="9">
+        <v>3800000.0</v>
+      </c>
+      <c r="E381" s="3"/>
+    </row>
+    <row r="382" spans="1:5">
+      <c r="A382" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B382" s="3" t="s">
+        <v>376</v>
+      </c>
+      <c r="C382" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D382" s="9">
+        <v>3000000.0</v>
+      </c>
+      <c r="E382" s="3"/>
+    </row>
+    <row r="383" spans="1:5">
+      <c r="A383" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B383" s="3" t="s">
+        <v>377</v>
+      </c>
+      <c r="C383" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D383" s="9">
+        <v>4329000.0</v>
+      </c>
+      <c r="E383" s="3"/>
+    </row>
+    <row r="384" spans="1:5">
+      <c r="A384" s="19" t="s">
+        <v>378</v>
+      </c>
+      <c r="B384" s="20"/>
+      <c r="C384" s="21"/>
+      <c r="D384" s="22"/>
+      <c r="E384" s="20"/>
+    </row>
+    <row r="385" spans="1:5">
+      <c r="A385" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B385" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C385" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D385" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E385" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="386" spans="1:5">
+      <c r="A386" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B386" s="3" t="s">
+        <v>379</v>
+      </c>
+      <c r="C386" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D386" s="9">
         <v>949000.0</v>
       </c>
-      <c r="E376" s="3"/>
-[...22 lines deleted...]
-      <c r="A379" s="23" t="s">
+      <c r="E386" s="3"/>
+    </row>
+    <row r="387" spans="1:5">
+      <c r="A387" s="15" t="s">
+        <v>380</v>
+      </c>
+      <c r="B387" s="16" t="s">
+        <v>381</v>
+      </c>
+      <c r="C387" s="17"/>
+      <c r="D387" s="18"/>
+      <c r="E387" s="16"/>
+    </row>
+    <row r="388" spans="1:5">
+      <c r="A388" s="19" t="s">
+        <v>382</v>
+      </c>
+      <c r="B388" s="20"/>
+      <c r="C388" s="21"/>
+      <c r="D388" s="22"/>
+      <c r="E388" s="20"/>
+    </row>
+    <row r="389" spans="1:5">
+      <c r="A389" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B379" s="24" t="s">
+      <c r="B389" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C379" s="25" t="s">
+      <c r="C389" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D379" s="26" t="s">
+      <c r="D389" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E379" s="24" t="s">
+      <c r="E389" s="24" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="380" spans="1:5">
-      <c r="A380" s="2" t="s">
+    <row r="390" spans="1:5">
+      <c r="A390" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="B380" s="3" t="s">
-[...5 lines deleted...]
-      <c r="D380" s="9">
+      <c r="B390" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="C390" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D390" s="9">
         <v>19000000.0</v>
       </c>
-      <c r="E380" s="3"/>
-[...6 lines deleted...]
-      <c r="E381" s="3"/>
+      <c r="E390" s="3"/>
+    </row>
+    <row r="391" spans="1:5">
+      <c r="A391" s="2"/>
+      <c r="B391" s="3"/>
+      <c r="C391" s="6"/>
+      <c r="D391" s="9"/>
+      <c r="E391" s="3"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="B3:E3"/>
-    <mergeCell ref="B68:E68"/>
-[...6 lines deleted...]
-    <mergeCell ref="B377:E377"/>
+    <mergeCell ref="B70:E70"/>
+    <mergeCell ref="B86:E86"/>
+    <mergeCell ref="B103:E103"/>
+    <mergeCell ref="B114:E114"/>
+    <mergeCell ref="B326:E326"/>
+    <mergeCell ref="B338:E338"/>
+    <mergeCell ref="B367:E367"/>
+    <mergeCell ref="B387:E387"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="A8:E8"/>
-    <mergeCell ref="A42:E42"/>
-[...2 lines deleted...]
-    <mergeCell ref="A60:E60"/>
+    <mergeCell ref="A44:E44"/>
+    <mergeCell ref="A53:E53"/>
+    <mergeCell ref="A57:E57"/>
     <mergeCell ref="A62:E62"/>
-    <mergeCell ref="A65:E65"/>
-[...5 lines deleted...]
-    <mergeCell ref="A102:E102"/>
+    <mergeCell ref="A64:E64"/>
+    <mergeCell ref="A67:E67"/>
+    <mergeCell ref="A71:E71"/>
+    <mergeCell ref="A74:E74"/>
+    <mergeCell ref="A87:E87"/>
+    <mergeCell ref="A92:E92"/>
+    <mergeCell ref="A100:E100"/>
     <mergeCell ref="A104:E104"/>
-    <mergeCell ref="A107:E107"/>
-[...4 lines deleted...]
-    <mergeCell ref="A143:E143"/>
+    <mergeCell ref="A106:E106"/>
+    <mergeCell ref="A109:E109"/>
+    <mergeCell ref="A115:E115"/>
+    <mergeCell ref="A131:E131"/>
+    <mergeCell ref="A137:E137"/>
+    <mergeCell ref="A142:E142"/>
     <mergeCell ref="A146:E146"/>
-    <mergeCell ref="A152:E152"/>
-[...14 lines deleted...]
-    <mergeCell ref="A378:E378"/>
+    <mergeCell ref="A149:E149"/>
+    <mergeCell ref="A155:E155"/>
+    <mergeCell ref="A171:E171"/>
+    <mergeCell ref="A187:E187"/>
+    <mergeCell ref="A212:E212"/>
+    <mergeCell ref="A221:E221"/>
+    <mergeCell ref="A237:E237"/>
+    <mergeCell ref="A275:E275"/>
+    <mergeCell ref="A327:E327"/>
+    <mergeCell ref="A333:E333"/>
+    <mergeCell ref="A339:E339"/>
+    <mergeCell ref="A350:E350"/>
+    <mergeCell ref="A368:E368"/>
+    <mergeCell ref="A377:E377"/>
+    <mergeCell ref="A379:E379"/>
+    <mergeCell ref="A384:E384"/>
+    <mergeCell ref="A388:E388"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>