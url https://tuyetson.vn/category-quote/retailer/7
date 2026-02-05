--- v0 (2025-10-31)
+++ v1 (2026-02-05)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="130">
   <si>
     <t>BẢNG GIÁ LẺ THIẾT BỊ AN NINH - CAMERA - ĐẦU GHI</t>
   </si>
   <si>
     <t>NO1</t>
   </si>
   <si>
     <t>Camera</t>
   </si>
   <si>
     <t>Camera Analog</t>
   </si>
   <si>
     <t>STT</t>
   </si>
   <si>
     <t>TÊN HÀNG HÓA</t>
   </si>
   <si>
     <t>ĐƠN VỊ</t>
   </si>
   <si>
     <t>GIÁ LẺ</t>
   </si>
   <si>
@@ -127,128 +127,134 @@
   <si>
     <t>Camera Kbvision KX-2001C4 CVI</t>
   </si>
   <si>
     <t>Camera Kbvision KX-2004C4 CVI</t>
   </si>
   <si>
     <t>Camera Kbvision KX-A2011C4 2.0MP</t>
   </si>
   <si>
     <t>Camera Kbvision KX-AD2111C-A 2.0MP</t>
   </si>
   <si>
     <t>Camera Kbvision KX-C2003S5 2.0MP</t>
   </si>
   <si>
     <t>Camera Ip</t>
   </si>
   <si>
     <t>Camera IP 4.0MP Dome Kbvision KX-4002AN</t>
   </si>
   <si>
     <t>Camera IP Dome Kbivision KX-2012N</t>
   </si>
   <si>
+    <t>Camera IP Hikvision 6.0MP DS-2CD1T63G2-LIUF ngoài trời</t>
+  </si>
+  <si>
     <t>Camera IP hồng ngoại 2MP Kbvision KX-2011TN3</t>
   </si>
   <si>
     <t>Camera IP Speed Dome 4MP Hikvision DS-2DE2C400SCG-E (có màu ban đêm)</t>
   </si>
   <si>
     <t>Camera Wifi</t>
   </si>
   <si>
     <t>Camera IP hồng ngoại Wifi Ezviz C6N 1080p 2MP</t>
   </si>
   <si>
     <t>Camera IP Wifi 2MP IMOU IPC-C22EP-D</t>
   </si>
   <si>
     <t>Camera Kbvision KX-1301WN IP Wifi</t>
   </si>
   <si>
+    <t>Camera wifi + pin năng lượng mặt trời Imou 5.0MP IPC-B7ED-5M0TEA-EU/FSP14 ngoài trời Xoay 360</t>
+  </si>
+  <si>
+    <t>Bộ</t>
+  </si>
+  <si>
     <t>Camera Wifi 2.0MP Imou IPC-A22EP (A1-KBT)</t>
   </si>
   <si>
     <t>Camera Wifi 2.0MP Imou IPC-A22EP-L (A2-DSS)</t>
   </si>
   <si>
     <t>Camera Wifi 2.0MP Imou IPC-F22P</t>
   </si>
   <si>
     <t>Camera Wifi 4.0MP Imou IPC-A42P-L (Xoay)</t>
   </si>
   <si>
     <t>Camera wifi Ezviz C1C-B 2.0MP (CS-C1C-E0-1E2WF)</t>
   </si>
   <si>
     <t>Camera Wifi full color 2.0MP Kbvison KN-S25F</t>
   </si>
   <si>
     <t>Camera Wifi full color 4.0MP Kbvison KN-S45F</t>
   </si>
   <si>
     <t>Camera wifi Imou 3.0MP full color IPC-K7FP-3H0TE 4G ngoài trời Xoay 360</t>
   </si>
   <si>
     <t xml:space="preserve">Camera wifi Imou 3.0MP IPC-A32EP-L trong nhà xoay 360 2K ( phát hiện con người, theo dõi thông minh, đàm thoại 2 chiều, chế độ riêng tư ) </t>
   </si>
   <si>
     <t>Camera wifi Imou 4MP full color IPC-S42FP</t>
   </si>
   <si>
-    <t>Camera wifi Imou 5.0MP full color IPC-GS7EP-5M0WE (Xoay) Cruiser Z 3k</t>
+    <t>Camera wifi Imou 5.0MP full color IPC-GS7EP-5M0WE Xoay Cruiser Z 3k</t>
   </si>
   <si>
     <t xml:space="preserve">Camera wifi Imou 5.0MP full color IPC-K7FP-5H0WE ngoài trời xoay 360 có màu ban đêm Cruiser SC 5MP ( phát hiện con người, theo dõi thông minh, đàm thoại 2 chiều, cảnh báo chủ động với đèn, chế độ riêng tư ) </t>
   </si>
   <si>
     <t xml:space="preserve">Camera wifi Imou 5.0MP full color IPC-S7DP-5M0WEZ thu phóng 12X ngoài trời xoay 360 có màu ban đêm Cruiser Z 3k ( còi hú, phát hiện con người xe cộ, theo dõi thông minh, đàm thoại 2 chiều, cảnh báo chủ động với đèn, thẻ nhớ + đám mây ) </t>
   </si>
   <si>
     <t>Camera wifi Imou 5.0MP quay 360 độ IPC-A52P</t>
   </si>
   <si>
     <t>Camera Wifi không dây thông minh IMOU IPC-C22FP-C (VERSA)</t>
   </si>
   <si>
     <t>NO2</t>
   </si>
   <si>
     <t>Phụ Kiện Camera</t>
   </si>
   <si>
     <t>Cáp Nguồn - Balum</t>
   </si>
   <si>
     <t>Balun ko nguồn</t>
   </si>
   <si>
-    <t>Bộ</t>
-[...1 lines deleted...]
-  <si>
     <t>Balun PV kèm nguồn</t>
   </si>
   <si>
     <t>Balun PVA kèm nguồn audio</t>
   </si>
   <si>
     <t>Jack BNC + F5 (đầu + đuôi)</t>
   </si>
   <si>
     <t>Jack nguồn tổng camera</t>
   </si>
   <si>
     <t>Sợi</t>
   </si>
   <si>
     <t>Jack nối cáp đồng trục + F5</t>
   </si>
   <si>
     <t>Cáp Tín Hiệu Camera</t>
   </si>
   <si>
     <t>Cáp Camera Đồng Trục UNISAT RG6/305M 5C FB-DTH</t>
   </si>
   <si>
     <t>Cuộn 305m</t>
@@ -268,65 +274,50 @@
   <si>
     <t>Cáp đồng trục Sino RG6 màu đen</t>
   </si>
   <si>
     <t>Cuộn 305 mét</t>
   </si>
   <si>
     <t>Nguồn Camera</t>
   </si>
   <si>
     <t>Adapter camera Horoto 12V-2A</t>
   </si>
   <si>
     <t>Adapter Camera Questek PA-003A 12V-2A</t>
   </si>
   <si>
     <t>Adapter Camera Vantech A-004A 12V-2A (Treo)</t>
   </si>
   <si>
     <t>Nguồn 12v-2A - nguồn treo có đèn</t>
   </si>
   <si>
     <t>Nguồn Acbel 12V-2A 5.5x2.5mm</t>
   </si>
   <si>
-    <t>Nguồn Sony 12V-2A</t>
-[...13 lines deleted...]
-  <si>
     <t>Tủ Đựng Camera</t>
   </si>
   <si>
     <t>Box chân đế camera hình chữ L nhựa</t>
   </si>
   <si>
     <t>Box chân đế camera hình chữ vuông nhựa 11x11</t>
   </si>
   <si>
     <t>Tủ Điện 300 x 400 x 250</t>
   </si>
   <si>
     <t>NO3</t>
   </si>
   <si>
     <t>Thiết Bị Báo Động</t>
   </si>
   <si>
     <t>Báo Động Cửa</t>
   </si>
   <si>
     <t>Báo động cửa Từ KS 21AW không dây</t>
   </si>
   <si>
     <t>Báo Động Hồng Ngoại</t>
@@ -341,50 +332,53 @@
     <t>Đầu Beam Picotech PCA-ABT-100</t>
   </si>
   <si>
     <t>Tổng Đài Báo Động</t>
   </si>
   <si>
     <t>Báo trộm KS-899 GSM</t>
   </si>
   <si>
     <t>Đèn - Còi Báo Động</t>
   </si>
   <si>
     <t>Đèn Báo động</t>
   </si>
   <si>
     <t>NO4</t>
   </si>
   <si>
     <t>Đầu Ghi Camera</t>
   </si>
   <si>
     <t>Đầu Ghi Analog</t>
   </si>
   <si>
     <t>Đầu ghi 5 in 1 AI SMD Plus 16 kênh Kbvision KX-CAi7116H1-VN</t>
+  </si>
+  <si>
+    <t>Đầu ghi analog 8 kênh Kbvision KX-7108T</t>
   </si>
   <si>
     <t>Đầu ghi CVI Kbvision KX-7108Ai (8 kênh 5in1)</t>
   </si>
   <si>
     <t>Đầu ghi Dahua NVR2108HS-4KS2</t>
   </si>
   <si>
     <t>Đầu ghi Hikvision DS-7108HGHI-F1/N</t>
   </si>
   <si>
     <t>Đầu Ghi Hikvision DS-7204HQHI-F1 CŨ</t>
   </si>
   <si>
     <t>Đầu ghi Hikvision DS-7208HGHI-F1/N</t>
   </si>
   <si>
     <t>Đầu ghi Hikvision DS-7216HGHI-K1</t>
   </si>
   <si>
     <t>Đầu Ghi Hikvision iDS-7204HQHI-M1/E 5 in 1 4 kênh</t>
   </si>
   <si>
     <t>Đầu ghi Kbvision KX-7104Ai-VN</t>
   </si>
@@ -928,54 +922,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E125"/>
+  <dimension ref="A1:E123"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A119" sqref="A119:E119"/>
+      <selection activeCell="A117" sqref="A117:E117"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="7" customWidth="true" style="0"/>
     <col min="2" max="2" width="41" customWidth="true" style="4"/>
     <col min="3" max="3" width="12" customWidth="true" style="7"/>
     <col min="4" max="4" width="12" customWidth="true" style="10"/>
     <col min="5" max="5" width="15" customWidth="true" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" customHeight="1" ht="93.75">
       <c r="A1" s="1"/>
       <c r="B1" s="3"/>
       <c r="C1" s="5"/>
       <c r="D1" s="8"/>
       <c r="E1" s="3"/>
     </row>
     <row r="2" spans="1:5" customHeight="1" ht="40">
       <c r="A2" s="11" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="12"/>
       <c r="C2" s="13"/>
       <c r="D2" s="14"/>
@@ -1288,1508 +1282,1478 @@
       <c r="A24" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C24" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D24" s="9">
         <v>1326000.0</v>
       </c>
       <c r="E24" s="3"/>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C25" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D25" s="9">
-        <v>980000.0</v>
+        <v>1550000.0</v>
       </c>
       <c r="E25" s="3"/>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C26" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D26" s="9">
+        <v>980000.0</v>
+      </c>
+      <c r="E26" s="3"/>
+    </row>
+    <row r="27" spans="1:5">
+      <c r="A27" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="C27" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D27" s="9">
         <v>1704300.0</v>
       </c>
-      <c r="E26" s="3"/>
-[...8 lines deleted...]
-      <c r="E27" s="20"/>
+      <c r="E27" s="3"/>
     </row>
     <row r="28" spans="1:5">
-      <c r="A28" s="23" t="s">
+      <c r="A28" s="19" t="s">
+        <v>40</v>
+      </c>
+      <c r="B28" s="20"/>
+      <c r="C28" s="21"/>
+      <c r="D28" s="22"/>
+      <c r="E28" s="20"/>
+    </row>
+    <row r="29" spans="1:5">
+      <c r="A29" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B28" s="24" t="s">
+      <c r="B29" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C28" s="25" t="s">
+      <c r="C29" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D28" s="26" t="s">
+      <c r="D29" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E28" s="24" t="s">
+      <c r="E29" s="24" t="s">
         <v>8</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E29" s="3"/>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="2" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C30" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D30" s="9">
-        <v>566000.0</v>
+        <v>600000.0</v>
       </c>
       <c r="E30" s="3"/>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="2" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D31" s="9">
-        <v>1807000.0</v>
+        <v>566000.0</v>
       </c>
       <c r="E31" s="3"/>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" s="2" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C32" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D32" s="9">
-        <v>600000.0</v>
+        <v>1807000.0</v>
       </c>
       <c r="E32" s="3"/>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" s="2" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C33" s="6" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="D33" s="9">
-        <v>500000.0</v>
+        <v>2350000.0</v>
       </c>
       <c r="E33" s="3"/>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C34" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D34" s="9">
-        <v>700000.0</v>
+        <v>600000.0</v>
       </c>
       <c r="E34" s="3"/>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" s="2" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D35" s="9">
-        <v>650000.0</v>
+        <v>500000.0</v>
       </c>
       <c r="E35" s="3"/>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="2" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C36" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D36" s="9">
-        <v>470000.0</v>
+        <v>700000.0</v>
       </c>
       <c r="E36" s="3"/>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B37" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="C37" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D37" s="9">
+        <v>650000.0</v>
+      </c>
+      <c r="E37" s="3"/>
+    </row>
+    <row r="38" spans="1:5">
+      <c r="A38" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="B37" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="B38" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C38" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D38" s="9">
-        <v>1820000.0</v>
+        <v>470000.0</v>
       </c>
       <c r="E38" s="3"/>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" s="2">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D39" s="9">
-        <v>1167400.0</v>
+        <v>1690000.0</v>
       </c>
       <c r="E39" s="3"/>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" s="2">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C40" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D40" s="9">
-        <v>490000.0</v>
+        <v>1820000.0</v>
       </c>
       <c r="E40" s="3"/>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" s="2">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C41" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D41" s="9">
-        <v>1450000.0</v>
+        <v>1167400.0</v>
       </c>
       <c r="E41" s="3"/>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" s="2">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C42" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D42" s="9">
-        <v>1250000.0</v>
+        <v>435500.0</v>
       </c>
       <c r="E42" s="3"/>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" s="2">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D43" s="9">
-        <v>1050000.0</v>
+        <v>1450000.0</v>
       </c>
       <c r="E43" s="3"/>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" s="2">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C44" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D44" s="9">
-        <v>1350000.0</v>
+        <v>1250000.0</v>
       </c>
       <c r="E44" s="3"/>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" s="2">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C45" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D45" s="9">
-        <v>588000.0</v>
+        <v>1066000.0</v>
       </c>
       <c r="E45" s="3"/>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" s="2">
+        <v>17</v>
+      </c>
+      <c r="B46" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="C46" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D46" s="9">
+        <v>1350000.0</v>
+      </c>
+      <c r="E46" s="3"/>
+    </row>
+    <row r="47" spans="1:5">
+      <c r="A47" s="2">
         <v>18</v>
       </c>
-      <c r="B46" s="3" t="s">
-[...5 lines deleted...]
-      <c r="D46" s="9">
+      <c r="B47" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="C47" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D47" s="9">
+        <v>624000.0</v>
+      </c>
+      <c r="E47" s="3"/>
+    </row>
+    <row r="48" spans="1:5">
+      <c r="A48" s="2">
+        <v>19</v>
+      </c>
+      <c r="B48" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="C48" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D48" s="9">
         <v>850000.0</v>
       </c>
-      <c r="E46" s="3"/>
-[...19 lines deleted...]
-      <c r="E48" s="20"/>
+      <c r="E48" s="3"/>
     </row>
     <row r="49" spans="1:5">
-      <c r="A49" s="23" t="s">
+      <c r="A49" s="15" t="s">
+        <v>61</v>
+      </c>
+      <c r="B49" s="16" t="s">
+        <v>62</v>
+      </c>
+      <c r="C49" s="17"/>
+      <c r="D49" s="18"/>
+      <c r="E49" s="16"/>
+    </row>
+    <row r="50" spans="1:5">
+      <c r="A50" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="B50" s="20"/>
+      <c r="C50" s="21"/>
+      <c r="D50" s="22"/>
+      <c r="E50" s="20"/>
+    </row>
+    <row r="51" spans="1:5">
+      <c r="A51" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B49" s="24" t="s">
+      <c r="B51" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C49" s="25" t="s">
+      <c r="C51" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D49" s="26" t="s">
+      <c r="D51" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E49" s="24" t="s">
+      <c r="E51" s="24" t="s">
         <v>8</v>
       </c>
-    </row>
-[...28 lines deleted...]
-      <c r="E51" s="3"/>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C52" s="6" t="s">
-        <v>62</v>
+        <v>45</v>
       </c>
       <c r="D52" s="9">
-        <v>140000.0</v>
+        <v>24000.0</v>
       </c>
       <c r="E52" s="3"/>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" s="2" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C53" s="6" t="s">
-        <v>62</v>
+        <v>45</v>
       </c>
       <c r="D53" s="9">
-        <v>8000.0</v>
+        <v>120000.0</v>
       </c>
       <c r="E53" s="3"/>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C54" s="6" t="s">
-        <v>67</v>
+        <v>45</v>
       </c>
       <c r="D54" s="9">
-        <v>10000.0</v>
+        <v>140000.0</v>
       </c>
       <c r="E54" s="3"/>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B55" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="C55" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="D55" s="9">
+        <v>8000.0</v>
+      </c>
+      <c r="E55" s="3"/>
+    </row>
+    <row r="56" spans="1:5">
+      <c r="A56" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B56" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="C56" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="D56" s="9">
+        <v>10000.0</v>
+      </c>
+      <c r="E56" s="3"/>
+    </row>
+    <row r="57" spans="1:5">
+      <c r="A57" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="B55" s="3" t="s">
-[...5 lines deleted...]
-      <c r="D55" s="9">
+      <c r="B57" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="C57" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D57" s="9">
         <v>15000.0</v>
       </c>
-      <c r="E55" s="3"/>
-[...11 lines deleted...]
-      <c r="A57" s="23" t="s">
+      <c r="E57" s="3"/>
+    </row>
+    <row r="58" spans="1:5">
+      <c r="A58" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="B58" s="20"/>
+      <c r="C58" s="21"/>
+      <c r="D58" s="22"/>
+      <c r="E58" s="20"/>
+    </row>
+    <row r="59" spans="1:5">
+      <c r="A59" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B57" s="24" t="s">
+      <c r="B59" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C57" s="25" t="s">
+      <c r="C59" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D57" s="26" t="s">
+      <c r="D59" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E57" s="24" t="s">
+      <c r="E59" s="24" t="s">
         <v>8</v>
       </c>
-    </row>
-[...28 lines deleted...]
-      <c r="E59" s="3"/>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="B60" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="C60" s="6" t="s">
         <v>73</v>
       </c>
-      <c r="C60" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D60" s="9">
-        <v>1750000.0</v>
+        <v>1150000.0</v>
       </c>
       <c r="E60" s="3"/>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="2" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="C61" s="6" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="D61" s="9">
-        <v>7900.0</v>
+        <v>4000.0</v>
       </c>
       <c r="E61" s="3"/>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="B62" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="C62" s="6" t="s">
         <v>76</v>
       </c>
-      <c r="C62" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D62" s="9">
-        <v>1200000.0</v>
+        <v>1750000.0</v>
       </c>
       <c r="E62" s="3"/>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B63" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="C63" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="D63" s="9">
+        <v>7900.0</v>
+      </c>
+      <c r="E63" s="3"/>
+    </row>
+    <row r="64" spans="1:5">
+      <c r="A64" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B64" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="C64" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="D64" s="9">
+        <v>1200000.0</v>
+      </c>
+      <c r="E64" s="3"/>
+    </row>
+    <row r="65" spans="1:5">
+      <c r="A65" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="B63" s="3" t="s">
-[...5 lines deleted...]
-      <c r="D63" s="9">
+      <c r="B65" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="C65" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="D65" s="9">
         <v>6000.0</v>
       </c>
-      <c r="E63" s="3"/>
-[...11 lines deleted...]
-      <c r="A65" s="23" t="s">
+      <c r="E65" s="3"/>
+    </row>
+    <row r="66" spans="1:5">
+      <c r="A66" s="19" t="s">
+        <v>80</v>
+      </c>
+      <c r="B66" s="20"/>
+      <c r="C66" s="21"/>
+      <c r="D66" s="22"/>
+      <c r="E66" s="20"/>
+    </row>
+    <row r="67" spans="1:5">
+      <c r="A67" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B65" s="24" t="s">
+      <c r="B67" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C65" s="25" t="s">
+      <c r="C67" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D65" s="26" t="s">
+      <c r="D67" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E65" s="24" t="s">
+      <c r="E67" s="24" t="s">
         <v>8</v>
       </c>
-    </row>
-[...28 lines deleted...]
-      <c r="E67" s="3"/>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C68" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D68" s="9">
-        <v>80000.0</v>
+        <v>44000.0</v>
       </c>
       <c r="E68" s="3"/>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" s="2" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C69" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D69" s="9">
-        <v>45000.0</v>
+        <v>80000.0</v>
       </c>
       <c r="E69" s="3"/>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C70" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D70" s="9">
         <v>80000.0</v>
       </c>
       <c r="E70" s="3"/>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" s="2" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C71" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D71" s="9">
-        <v>80000.0</v>
+        <v>45000.0</v>
       </c>
       <c r="E71" s="3"/>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C72" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D72" s="9">
-        <v>292800.0</v>
+        <v>80000.0</v>
       </c>
       <c r="E72" s="3"/>
     </row>
     <row r="73" spans="1:5">
-      <c r="A73" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B73" s="3" t="s">
+      <c r="A73" s="19" t="s">
         <v>86</v>
       </c>
-      <c r="C73" s="6" t="s">
-[...5 lines deleted...]
-      <c r="E73" s="3"/>
+      <c r="B73" s="20"/>
+      <c r="C73" s="21"/>
+      <c r="D73" s="22"/>
+      <c r="E73" s="20"/>
     </row>
     <row r="74" spans="1:5">
-      <c r="A74" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B74" s="3" t="s">
+      <c r="A74" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B74" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C74" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D74" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E74" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="75" spans="1:5">
+      <c r="A75" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B75" s="3" t="s">
         <v>87</v>
       </c>
-      <c r="C74" s="6" t="s">
-[...11 lines deleted...]
-      <c r="B75" s="3" t="s">
+      <c r="C75" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D75" s="9">
+        <v>19000.0</v>
+      </c>
+      <c r="E75" s="3"/>
+    </row>
+    <row r="76" spans="1:5">
+      <c r="A76" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B76" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="C75" s="6" t="s">
-[...8 lines deleted...]
-      <c r="A76" s="19" t="s">
+      <c r="C76" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D76" s="9">
+        <v>19000.0</v>
+      </c>
+      <c r="E76" s="3"/>
+    </row>
+    <row r="77" spans="1:5">
+      <c r="A77" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="B77" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="B76" s="20"/>
-[...5 lines deleted...]
-      <c r="A77" s="23" t="s">
+      <c r="C77" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D77" s="9">
+        <v>553500.0</v>
+      </c>
+      <c r="E77" s="3"/>
+    </row>
+    <row r="78" spans="1:5">
+      <c r="A78" s="15" t="s">
+        <v>90</v>
+      </c>
+      <c r="B78" s="16" t="s">
+        <v>91</v>
+      </c>
+      <c r="C78" s="17"/>
+      <c r="D78" s="18"/>
+      <c r="E78" s="16"/>
+    </row>
+    <row r="79" spans="1:5">
+      <c r="A79" s="19" t="s">
+        <v>92</v>
+      </c>
+      <c r="B79" s="20"/>
+      <c r="C79" s="21"/>
+      <c r="D79" s="22"/>
+      <c r="E79" s="20"/>
+    </row>
+    <row r="80" spans="1:5">
+      <c r="A80" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B77" s="24" t="s">
+      <c r="B80" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C77" s="25" t="s">
+      <c r="C80" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D77" s="26" t="s">
+      <c r="D80" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E77" s="24" t="s">
+      <c r="E80" s="24" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="78" spans="1:5">
-      <c r="A78" s="2" t="s">
+    <row r="81" spans="1:5">
+      <c r="A81" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="B78" s="3" t="s">
-[...41 lines deleted...]
-      <c r="A81" s="15" t="s">
+      <c r="B81" s="3" t="s">
         <v>93</v>
       </c>
-      <c r="B81" s="16" t="s">
-[...4 lines deleted...]
-      <c r="E81" s="16"/>
+      <c r="C81" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D81" s="9">
+        <v>159000.0</v>
+      </c>
+      <c r="E81" s="3"/>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" s="19" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="B82" s="20"/>
       <c r="C82" s="21"/>
       <c r="D82" s="22"/>
       <c r="E82" s="20"/>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" s="23" t="s">
         <v>4</v>
       </c>
       <c r="B83" s="24" t="s">
         <v>5</v>
       </c>
       <c r="C83" s="25" t="s">
         <v>6</v>
       </c>
       <c r="D83" s="26" t="s">
         <v>7</v>
       </c>
       <c r="E83" s="24" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="C84" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D84" s="9">
-        <v>159000.0</v>
+        <v>90000.0</v>
       </c>
       <c r="E84" s="3"/>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" s="19" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B85" s="20"/>
       <c r="C85" s="21"/>
       <c r="D85" s="22"/>
       <c r="E85" s="20"/>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" s="23" t="s">
         <v>4</v>
       </c>
       <c r="B86" s="24" t="s">
         <v>5</v>
       </c>
       <c r="C86" s="25" t="s">
         <v>6</v>
       </c>
       <c r="D86" s="26" t="s">
         <v>7</v>
       </c>
       <c r="E86" s="24" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="87" spans="1:5">
       <c r="A87" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C87" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D87" s="9">
-        <v>90000.0</v>
+        <v>1340000.0</v>
       </c>
       <c r="E87" s="3"/>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" s="19" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B88" s="20"/>
       <c r="C88" s="21"/>
       <c r="D88" s="22"/>
       <c r="E88" s="20"/>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" s="23" t="s">
         <v>4</v>
       </c>
       <c r="B89" s="24" t="s">
         <v>5</v>
       </c>
       <c r="C89" s="25" t="s">
         <v>6</v>
       </c>
       <c r="D89" s="26" t="s">
         <v>7</v>
       </c>
       <c r="E89" s="24" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="C90" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D90" s="9">
-        <v>1340000.0</v>
+        <v>4690500.0</v>
       </c>
       <c r="E90" s="3"/>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" s="19" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B91" s="20"/>
       <c r="C91" s="21"/>
       <c r="D91" s="22"/>
       <c r="E91" s="20"/>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" s="23" t="s">
         <v>4</v>
       </c>
       <c r="B92" s="24" t="s">
         <v>5</v>
       </c>
       <c r="C92" s="25" t="s">
         <v>6</v>
       </c>
       <c r="D92" s="26" t="s">
         <v>7</v>
       </c>
       <c r="E92" s="24" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B93" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="C93" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D93" s="9">
+        <v>525000.0</v>
+      </c>
+      <c r="E93" s="3"/>
+    </row>
+    <row r="94" spans="1:5">
+      <c r="A94" s="15" t="s">
         <v>102</v>
       </c>
-      <c r="C93" s="6" t="s">
-[...8 lines deleted...]
-      <c r="A94" s="19" t="s">
+      <c r="B94" s="16" t="s">
         <v>103</v>
       </c>
-      <c r="B94" s="20"/>
-[...2 lines deleted...]
-      <c r="E94" s="20"/>
+      <c r="C94" s="17"/>
+      <c r="D94" s="18"/>
+      <c r="E94" s="16"/>
     </row>
     <row r="95" spans="1:5">
-      <c r="A95" s="23" t="s">
+      <c r="A95" s="19" t="s">
+        <v>104</v>
+      </c>
+      <c r="B95" s="20"/>
+      <c r="C95" s="21"/>
+      <c r="D95" s="22"/>
+      <c r="E95" s="20"/>
+    </row>
+    <row r="96" spans="1:5">
+      <c r="A96" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B95" s="24" t="s">
+      <c r="B96" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C95" s="25" t="s">
+      <c r="C96" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D95" s="26" t="s">
+      <c r="D96" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E95" s="24" t="s">
+      <c r="E96" s="24" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="96" spans="1:5">
-      <c r="A96" s="2" t="s">
+    <row r="97" spans="1:5">
+      <c r="A97" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="B96" s="3" t="s">
-[...11 lines deleted...]
-      <c r="A97" s="15" t="s">
+      <c r="B97" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="B97" s="16" t="s">
+      <c r="C97" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D97" s="9">
+        <v>1900000.0</v>
+      </c>
+      <c r="E97" s="3"/>
+    </row>
+    <row r="98" spans="1:5">
+      <c r="A98" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B98" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="C97" s="17"/>
-[...4 lines deleted...]
-      <c r="A98" s="19" t="s">
+      <c r="C98" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D98" s="9">
+        <v>1130000.0</v>
+      </c>
+      <c r="E98" s="3"/>
+    </row>
+    <row r="99" spans="1:5">
+      <c r="A99" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="B99" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="B98" s="20"/>
-[...19 lines deleted...]
-      </c>
+      <c r="C99" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D99" s="9">
+        <v>1099000.0</v>
+      </c>
+      <c r="E99" s="3"/>
     </row>
     <row r="100" spans="1:5">
       <c r="A100" s="2" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C100" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D100" s="9">
-        <v>1900000.0</v>
+        <v>2145000.0</v>
       </c>
       <c r="E100" s="3"/>
     </row>
     <row r="101" spans="1:5">
       <c r="A101" s="2" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C101" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D101" s="9">
-        <v>1099000.0</v>
+        <v>1478880.0</v>
       </c>
       <c r="E101" s="3"/>
     </row>
     <row r="102" spans="1:5">
       <c r="A102" s="2" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C102" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D102" s="9">
-        <v>2145000.0</v>
+        <v>500000.0</v>
       </c>
       <c r="E102" s="3"/>
     </row>
     <row r="103" spans="1:5">
       <c r="A103" s="2" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C103" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D103" s="9">
-        <v>1478880.0</v>
+        <v>1535040.0</v>
       </c>
       <c r="E103" s="3"/>
     </row>
     <row r="104" spans="1:5">
       <c r="A104" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C104" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D104" s="9">
-        <v>500000.0</v>
+        <v>2589600.0</v>
       </c>
       <c r="E104" s="3"/>
     </row>
     <row r="105" spans="1:5">
       <c r="A105" s="2" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C105" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D105" s="9">
-        <v>1535040.0</v>
+        <v>1209000.0</v>
       </c>
       <c r="E105" s="3"/>
     </row>
     <row r="106" spans="1:5">
-      <c r="A106" s="2" t="s">
-        <v>22</v>
+      <c r="A106" s="2">
+        <v>10</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C106" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D106" s="9">
-        <v>2589600.0</v>
+        <v>800000.0</v>
       </c>
       <c r="E106" s="3"/>
     </row>
     <row r="107" spans="1:5">
-      <c r="A107" s="2" t="s">
-        <v>24</v>
+      <c r="A107" s="2">
+        <v>11</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C107" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D107" s="9">
-        <v>1209000.0</v>
+        <v>1057160.0</v>
       </c>
       <c r="E107" s="3"/>
     </row>
     <row r="108" spans="1:5">
-      <c r="A108" s="2" t="s">
-        <v>26</v>
+      <c r="A108" s="2">
+        <v>12</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C108" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D108" s="9">
-        <v>800000.0</v>
+        <v>1417000.0</v>
       </c>
       <c r="E108" s="3"/>
     </row>
     <row r="109" spans="1:5">
       <c r="A109" s="2">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C109" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D109" s="9">
-        <v>1057160.0</v>
+        <v>1794000.0</v>
       </c>
       <c r="E109" s="3"/>
     </row>
     <row r="110" spans="1:5">
       <c r="A110" s="2">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C110" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D110" s="9">
-        <v>1417000.0</v>
+        <v>1937000.0</v>
       </c>
       <c r="E110" s="3"/>
     </row>
     <row r="111" spans="1:5">
       <c r="A111" s="2">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C111" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D111" s="9">
-        <v>1794000.0</v>
+        <v>1150500.0</v>
       </c>
       <c r="E111" s="3"/>
     </row>
     <row r="112" spans="1:5">
       <c r="A112" s="2">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C112" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D112" s="9">
-        <v>1937000.0</v>
+        <v>650000.0</v>
       </c>
       <c r="E112" s="3"/>
     </row>
     <row r="113" spans="1:5">
       <c r="A113" s="2">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C113" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D113" s="9">
-        <v>1150500.0</v>
+        <v>2631200.0</v>
       </c>
       <c r="E113" s="3"/>
     </row>
     <row r="114" spans="1:5">
       <c r="A114" s="2">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C114" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D114" s="9">
-        <v>650000.0</v>
+        <v>2818400.0</v>
       </c>
       <c r="E114" s="3"/>
     </row>
     <row r="115" spans="1:5">
       <c r="A115" s="2">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C115" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D115" s="9">
-        <v>2631200.0</v>
+        <v>3400000.0</v>
       </c>
       <c r="E115" s="3"/>
     </row>
     <row r="116" spans="1:5">
-      <c r="A116" s="2">
-[...2 lines deleted...]
-      <c r="B116" s="3" t="s">
+      <c r="A116" s="19" t="s">
         <v>124</v>
       </c>
-      <c r="C116" s="6" t="s">
-[...5 lines deleted...]
-      <c r="E116" s="3"/>
+      <c r="B116" s="20"/>
+      <c r="C116" s="21"/>
+      <c r="D116" s="22"/>
+      <c r="E116" s="20"/>
     </row>
     <row r="117" spans="1:5">
-      <c r="A117" s="2">
-[...2 lines deleted...]
-      <c r="B117" s="3" t="s">
+      <c r="A117" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B117" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C117" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D117" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E117" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="118" spans="1:5">
+      <c r="A118" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B118" s="3" t="s">
         <v>125</v>
       </c>
-      <c r="C117" s="6" t="s">
-[...8 lines deleted...]
-      <c r="A118" s="19" t="s">
+      <c r="C118" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D118" s="9">
+        <v>1300000.0</v>
+      </c>
+      <c r="E118" s="3"/>
+    </row>
+    <row r="119" spans="1:5">
+      <c r="A119" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B119" s="3" t="s">
         <v>126</v>
       </c>
-      <c r="B118" s="20"/>
-[...19 lines deleted...]
-      </c>
+      <c r="C119" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D119" s="9">
+        <v>1240000.0</v>
+      </c>
+      <c r="E119" s="3"/>
     </row>
     <row r="120" spans="1:5">
       <c r="A120" s="2" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C120" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D120" s="9">
-        <v>1300000.0</v>
+        <v>850000.0</v>
       </c>
       <c r="E120" s="3"/>
     </row>
     <row r="121" spans="1:5">
       <c r="A121" s="2" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C121" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D121" s="9">
-        <v>1240000.0</v>
+        <v>6487000.0</v>
       </c>
       <c r="E121" s="3"/>
     </row>
     <row r="122" spans="1:5">
       <c r="A122" s="2" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C122" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D122" s="9">
-        <v>850000.0</v>
+        <v>990000.0</v>
       </c>
       <c r="E122" s="3"/>
     </row>
     <row r="123" spans="1:5">
-      <c r="A123" s="2" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="A123" s="2"/>
+      <c r="B123" s="3"/>
+      <c r="C123" s="6"/>
+      <c r="D123" s="9"/>
       <c r="E123" s="3"/>
-    </row>
-[...20 lines deleted...]
-      <c r="E125" s="3"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="B3:E3"/>
-    <mergeCell ref="B47:E47"/>
-[...1 lines deleted...]
-    <mergeCell ref="B97:E97"/>
+    <mergeCell ref="B49:E49"/>
+    <mergeCell ref="B78:E78"/>
+    <mergeCell ref="B94:E94"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="A21:E21"/>
-    <mergeCell ref="A27:E27"/>
-[...3 lines deleted...]
-    <mergeCell ref="A76:E76"/>
+    <mergeCell ref="A28:E28"/>
+    <mergeCell ref="A50:E50"/>
+    <mergeCell ref="A58:E58"/>
+    <mergeCell ref="A66:E66"/>
+    <mergeCell ref="A73:E73"/>
+    <mergeCell ref="A79:E79"/>
     <mergeCell ref="A82:E82"/>
     <mergeCell ref="A85:E85"/>
     <mergeCell ref="A88:E88"/>
     <mergeCell ref="A91:E91"/>
-    <mergeCell ref="A94:E94"/>
-[...1 lines deleted...]
-    <mergeCell ref="A118:E118"/>
+    <mergeCell ref="A95:E95"/>
+    <mergeCell ref="A116:E116"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>