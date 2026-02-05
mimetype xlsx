--- v0 (2025-10-31)
+++ v1 (2026-02-05)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1046">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1095">
   <si>
     <t>BẢNG GIÁ LẺ LINH KIỆN MÁY IN - PHOTO</t>
   </si>
   <si>
     <t>NO1</t>
   </si>
   <si>
     <t>Mực In - Mực Nạp</t>
   </si>
   <si>
     <t>Mực Nạp In Laser</t>
   </si>
   <si>
     <t>STT</t>
   </si>
   <si>
     <t>TÊN HÀNG HÓA</t>
   </si>
   <si>
     <t>ĐƠN VỊ</t>
   </si>
   <si>
     <t>GIÁ LẺ</t>
   </si>
   <si>
@@ -121,56 +121,59 @@
   <si>
     <t>09</t>
   </si>
   <si>
     <t xml:space="preserve">Mực gói Ricoh Aficio 1035/ 1045 - mực nạp Ricoh ( Ricoh MP 2554, 3054, 3554, 161, 171, 201, 301, 1500, 1900, 1600, 2000, 2500, 2580, 2001, 2501, 2501, 2510, 3010, 2590, 3090, 2550, 3350, 2591, 3391, 2851, 3351, 2352, 2852, 3352, 2553, 3053, 3353, 3590, 4590, 3500, 4500, 4000, 400x, 5000, 500x, 401SPF, Aficio 1013, 1515, 1015, 1018, 1113, 2015, 2018, 2016, 2020, 1022, 1027, 2022, 2027, 3025, 3030, 350, 450,  2035, 2045, 3035, 3045, SP 4510, 4520, 5200, 5210, 5210, 5210, 8100, 8200, 8300 ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực gói Ricoh chính hãng IM 2500 MP 3054 Aficio 551 - mực nạp Ricoh ( Ricoh 3054, 3055, 4054, 4055, 5054, 5055, 6054, 6055, 5000, 5001, 5002, 6000, 6001, 6002, 6500, 7000, 8001, 8002, 9001, 551, 1055, 1060, 1075, 2051, 2060 ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực gói Ricoh MP 3054 THƯỜNG Toshiba E-Studio 5508A, Sharp MX-3570N - mực nạp đa năng Ricoh Toshiba Sharp ( Ricoh MP 2554, 3054, 3554, 4054, 5054, 6054, 2555SP, 3055SP, 3555SP, 4055SP, 5055SP, 6055SP, IM 2000, 3000, 4000, 5000, SP 8400, 8400M, 8400a1, 8400Ma1, Toshiba E-Studio 5508A, 6508A, 7508A, 8508A, 5518A, 6518A, 7518A, 8518A, Sharp MX-3570N, 3570V, 4050N, 4050V, 4060N, 4070N ) </t>
   </si>
   <si>
     <t>Bịch 1 Kg</t>
   </si>
   <si>
     <t xml:space="preserve">Mực gói Ricoh MP 3054 TỐT Toshiba E-Studio 5508A, Sharp MX-3570N - mực nạp đa năng Ricoh Toshiba Sharp ( Ricoh MP 2554, 3054, 3554, 4054, 5054, 6054, 2555SP, 3055SP, 3555SP, 4055SP, 5055SP, 6055SP, IM 2000, 3000, 4000, 5000, SP 8400, 8400M, 8400a1, 8400Ma1, Toshiba E-Studio 5508A, 6508A, 7508A, 8508A, 5518A, 6518A, 7518A, 8518A, Sharp MX-3570N, 3570V, 4050N, 4050V, 4060N, 4070N ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực gói Toshiba DP5570 ( Toshiba e-Studio 357/ 457/ 507/ 28/ 35/ 45/ 350/ 450/ 353/ 453/Oce 4530/ 205L/ 255/ 305/ 355/ 455/ 356/ 456/ 506/ 550/ 650/ 810/ 520/ 600/ 720/ 850/ 523/ 603/ 723/ 853/ 555/ 655/ 755/ 855/ 556/ 656/ 756/ 856/ 657/ 757/ 857/ 901/ 1101/ 1351/ 905/ 1105/ 1355/ 907/ 1057/ 1207 ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực gói Toshiba e-studio 2008/2508/3008 ( Toshiba e-Studio 2008A/ 2508A/ 3008A/ 3508A/ 4508A/ 5008A/ 2018A/ 2518A/ 3018A/ 2006/ 2306/ 2506/ 2007/ 2307/ 2507/ 2303A/ 2803AM/ 2309A/ 2809A ) </t>
   </si>
   <si>
-    <t>Mực Nạp 12A Mitsu Nhật</t>
+    <t>Mực Nạp 12A 49A 05A 80A 26A 76A 85A 35A 83A 070 Malaisia</t>
   </si>
   <si>
     <t>Chai</t>
   </si>
   <si>
+    <t>Mực Nạp 12A 49A 05A 80A 26A 76A 85A 35A 83A Mitsu Nhật</t>
+  </si>
+  <si>
     <t>Mực nạp 17A HP M102/130A</t>
   </si>
   <si>
     <t>Mực nạp 56A/ CF256A/ HP M436</t>
   </si>
   <si>
     <t>Mực Nạp Brother 2240/ 2270 Nhật</t>
   </si>
   <si>
     <t>Mực Nạp Brother HL2360/ L5100/ L6200 (80g)</t>
   </si>
   <si>
     <t>Mực nạp HP 76A - 59A - 057 Mitsu</t>
   </si>
   <si>
     <t>Mực nạp laser màu Brother Mitsu 40gr TN-263 VÀNG</t>
   </si>
   <si>
     <t>Mực nạp laser màu Brother Mitsu 40gr TN-263 XANH</t>
   </si>
   <si>
     <t>Mực nạp laser màu Brother Mitsu 40gr TN-263 ĐEN</t>
   </si>
   <si>
     <t>Mực nạp laser màu Brother Mitsu 40gr TN-263 ĐỎ</t>
@@ -190,83 +193,77 @@
   <si>
     <t xml:space="preserve">Mực nạp Laser màu HP 150A/ Samsung CPL300 Mitsu 45gr ( BK - HP Color Laser 150A, 150NW, 178NW, 178NWG, 179fnw, 179FWG, Samsung CLP-320, 321, 325, 326, 360, 365, 368, CLX-3300, 3305 ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực nạp Laser màu HP 150A/ Samsung CPL300 Mitsu 45gr ( C - HP Color Laser 150A, 150NW, 178NW, 178NWG, 179fnw, 179FWG, Samsung CLP-320, 321, 325, 326, 360, 365, 368, CLX-3300, 3305 ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực nạp Laser màu HP 150A/ Samsung CPL300 Mitsu 45gr ( Y - HP Color Laser 150A, 150NW, 178NW, 178NWG, 179fnw, 179FWG, Samsung CLP-320, 321, 325, 326, 360, 365, 368, CLX-3300, 3305 ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực nạp Laser màu HP 150A/ Samsung CPL300 Mitsu 45gr ( M - HP Color Laser 150A, 150NW, 178NW, 178NWG, 179fnw, 179FWG, Samsung CLP-320, 321, 325, 326, 360, 365, 368, CLX-3300, 3305 ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực nạp laser màu HP M252M Mitsu 40gr ( Đen - HP corlor Laser Pro 200 M251/ M276/ M252/ M277 ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực nạp laser màu HP M252M Mitsu 40gr ( Xanh - HP corlor Laser Pro 200 M251/ M276/ M252/ M277 ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực nạp laser màu HP M252M Mitsu 40gr ( Đỏ - HP corlor Laser Pro 200 M251/ M276/ M252/ M277 ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực nạp laser màu HP M252M Mitsu 40gr ( Vàng - HP corlor Laser Pro 200 M251/ M276/ M252/ M277 ) </t>
   </si>
   <si>
-    <t>Mực Nạp máy in 35A Mitsu</t>
+    <t xml:space="preserve">Mực Nạp máy in 35A 85A 26A 83A Mitsu ( mực đậm nạp được cho hộp chính hãng ) </t>
   </si>
   <si>
     <t>Mực Nạp máy in 35A/ 85A/ 78A/ 337</t>
   </si>
   <si>
     <t xml:space="preserve">Mực nạp máy photocopy Unico Ricoh AF2075/ MP6502/ 6210 ( MP1600/ 1800/ 2014/ 2501/ 2510/ 2550/ 2553/ 2851/ 2852/ 3031/ 3053/ 3500/ 4000/ 4500/ 5000/ 2504/ 2554/ 3055/ 3554/ 3555/ 4054/ 4055/ 5054/ 5055/ 6054/ 6055/ Pro-8100s/ Pro-8120s ) </t>
   </si>
   <si>
     <t>Mực nạp Ricoh SP100/110/150/200/210/212 (SP101S)</t>
   </si>
   <si>
     <t>Mực nạp Samsung 1610, Ricoh SP200, Hp 107A</t>
   </si>
   <si>
     <t xml:space="preserve">Mực nạp Sharp AR160, 161, 200, 202, 205 ( Sharp AR, 160, 161, 200, 205, 162, 163, 201, 207, 206, F201, 162S, 164, 203E, 203EX, 5420, 5015, 5020, 5120, 5316, 5320, 5520, 5516, 5516, 5618, 5620, 5623, 5625, 5631, 5726, 5731, M200, M201, M160, M205, M161, M206, M208, M236, M276, M237, M277, M256, M316, M257, M317, M258, M318, M280, M350, M450, M351, M451, M355, M455, M420, M312, M550, M620, M700, M282, M362 ) </t>
   </si>
   <si>
     <t>Chai 500gr</t>
   </si>
   <si>
     <t xml:space="preserve">Mực nạp Unico Kyocera M4132IDN TK1620 ( Kyocera KM1620 KM1635 KM1650 KM2020 KM2035 KM2550 FS6025 FS6525 FS6030 FS6530 TA1800 TA1801 TA180 TA220 TA2200 TA2201 TA181 TA221 ) </t>
   </si>
   <si>
     <t>Chai 1kg</t>
   </si>
   <si>
-    <t>Mực nạp đa năng 12A, 13A, 15A, 49A, 05A, ....</t>
-[...4 lines deleted...]
-  <si>
     <t>Mực Ricoh Aficio MP2001L/ 2001SP/ 2501L/ /2501SP</t>
   </si>
   <si>
     <t xml:space="preserve">Mực Unico RC MP2554/ 3554 ( MF2075/ 2060/ 2051/ MP 9001/ 8001/ 7001/ 8000/ 7000/ 6000/ 7500/ 6500/ 5500/ 6502/ 7502/ 9002 ) </t>
   </si>
   <si>
     <t>Mực Nạp In Phun</t>
   </si>
   <si>
     <t xml:space="preserve">Mực chuyển nhiệt Epson DTI 1 lít - Sublinova Dye Sublimation Ink ( Màu Đen DTI01-01LB ) </t>
   </si>
   <si>
     <t>Chai 1 lít</t>
   </si>
   <si>
     <t xml:space="preserve">Mực chuyển nhiệt Epson DTI 1 lít - Sublinova Dye Sublimation Ink ( Màu Xanh DTI02-01LC ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực chuyển nhiệt Epson DTI 1 lít - Sublinova Dye Sublimation Ink ( Màu Đỏ DTI03-01LM ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực chuyển nhiệt Epson DTI 1 lít - Sublinova Dye Sublimation Ink ( Màu Vàng DTI04-01LY ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực chuyển nhiệt Epson DTI 1 lít - Sublinova Dye Sublimation Ink ( Màu Xanh Nhạt DTI05-01LLC ) </t>
@@ -292,110 +289,86 @@
   <si>
     <t>Mực dầu Epson 100ml M</t>
   </si>
   <si>
     <t>Mực dầu Epson 100ml Y</t>
   </si>
   <si>
     <t xml:space="preserve">Mực Epson 003 Chính Hãng 65ml - Epson L1110, L1210, L3110, L3210, L3150, L3250 ( Vàng C13T00V400 ) </t>
   </si>
   <si>
     <t>Hộp</t>
   </si>
   <si>
     <t xml:space="preserve">Mực Epson 003 Chính Hãng 65ml - Epson L1110, L1210, L3110, L3210, L3150, L3250 ( Đen C13T00V100 ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực Epson 003 Chính Hãng 65ml - Epson L1110, L1210, L3110, L3210, L3150, L3250 ( Xanh dương C13T00V200 ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực Epson 003 Chính Hãng 65ml - Epson L1110, L1210, L3110, L3210, L3150, L3250 ( Đỏ C13T00V300 ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực Epson 005 Chính Hãng 120ml - Epson M1100, M1120, M2140 ( Đen - Black ) </t>
   </si>
   <si>
-    <t xml:space="preserve">Mực HP GT52 VÀNG Chính Hãng HP DeskJet GT5800 series, ink Stak 110 300 400 series, smart tank 500 600 series ( 5810, 5820, 310, 315, 319, 410, 415, 419, 580, 510, 550, 610 ) </t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">Mực in Canon 70 Chính Hãng - Canon G5070/ G6070/ GM2070 ( BK ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực in Canon 70 Chính Hãng - Canon G5070/ G6070/ GM2070 ( C ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực in Canon 70 Chính Hãng - Canon G5070/ G6070/ GM2070 ( Y ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực in Canon 70 Chính Hãng - Canon G5070/ G6070/ GM2070 ( M ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực in Canon 790 Chính hãng - Canon G1000/ G1010/ G2000/ G2010/ G3000/ G3010/ G4010 ( Đen - Black ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực in Canon 790 Chính hãng - Canon G1000/ G1010/ G2000/ G2010/ G3000/ G3010/ G4010 ( Xanh - Cyan ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực in Canon 790 Chính hãng - Canon G1000/ G1010/ G2000/ G2010/ G3000/ G3010/ G4010 ( Đỏ - Magenta ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực in Canon 790 Chính hãng - Canon G1000/ G1010/ G2000/ G2010/ G3000/ G3010/ G4010 ( Vàng - Yellow ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực in Canon 790 TRAY ( ĐEN - Canon G1000/ G1010/ G2000/ G2010/ G3000/ G3010/ G4010 ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực in Canon 790 TRAY ( XANH - Canon G1000/ G1010/ G2000/ G2010/ G3000/ G3010/ G4010 ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực in Canon 790 TRAY ( VÀNG - Canon G1000/ G1010/ G2000/ G2010/ G3000/ G3010/ G4010 ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực in Canon 790 TRAY ( ĐỎ - Canon G1000/ G1010/ G2000/ G2010/ G3000/ G3010/ G4010 ) </t>
   </si>
   <si>
-    <t xml:space="preserve">Mực in Canon 790 ZIN BÓC MÁY - Canon G1000/ G1010/ G2000/ G2010/ G3000/ G3010/ G4010 ( Đen ) </t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">Mực in Epson 001 chính hãng 70ml - Epson L4150/ L4160/ L6160/ L6170/ L6190 / L6290/ L14150 ( Xanh-C13T03Y200 ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực in Epson 001 chính hãng 70ml - Epson L4150/ L4160/ L6160/ L6170/ L6190 / L6290/ L14150 ( Đỏ-C13T03Y300 ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực in Epson 001 chính hãng 70ml - Epson L4150/ L4160/ L6160/ L6170/ L6190 / L6290/ L14150 ( Vàng-C13T03Y400 ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực in Epson 001 chính hãng 70ml - Epson L4150/ L4160/ L6160/ L6170/ L6190 / L6290/ L14150 ( Đen-C13T03Y100 ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực in Epson 001 không hộp - Epson L4150/l4160/L6160/L6170/L6190 /L6290/ L14150 ( Đen 127ml - Black ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực in Epson 001 không hộp - Epson L4150/l4160/L6160/L6170/L6190 /L6290/ L14150 ( Xanh 70ml - Cyan ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực in Epson 001 không hộp - Epson L4150/l4160/L6160/L6170/L6190 /L6290/ L14150 ( Đỏ 70ml - Magenta ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực in Epson 001 không hộp - Epson L4150/l4160/L6160/L6170/L6190 /L6290/ L14150 ( Vàng 70ml - Yellow ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực in Epson 003 không hộp 65ml ( Đen ) </t>
@@ -478,51 +451,63 @@
   <si>
     <t xml:space="preserve">Mực in Epson 673 Xanh nhạt - Light Cyan - 70ml - Epson L800, L805, L850, L1800 ( Chính Hãng ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực in Epson 673 Xanh nhạt - Light Cyan - 70ml - Epson L800, L805, L850, L1800 ( Không hộp ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực in Epson 673 Đen - Black 70ml - Epson L800, L805, L850, L1800 ( Chính Hãng ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực in Epson 673 Đen - Black 70ml - Epson L800, L805, L850, L1800 ( Không hộp ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực in Epson 673 Đỏ - Magenta 70ml - Epson L800, L805, L850, L1800 ( Chính Hãng ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực in Epson 673 Đỏ - Magenta 70ml - Epson L800, L805, L850, L1800 ( Không hộp ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực in Epson 673 Đỏ Nhạt - Light Magenta 70ml - Epson L800, L805, L850, L1800 ( Không hộp ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực in Epson 673 Đỏ Nhạt - Light Magenta 70ml - Epson L800, L805, L850, L1800 ( Chính Hãng ) </t>
   </si>
   <si>
-    <t xml:space="preserve">Mực in HP GT51 ĐEN Chính Hãng HP DeskJet GT5800 series, ink Stak 110 300 400 series, smart tank 500 600 series ( 5810, 5820, 310, 315, 319, 410, 415, 419, 580, 510, 550, 610 ) </t>
+    <t xml:space="preserve">Mực in HP GT51 ĐEN Chính Hãng - HP series GT5800 100 200 300 500 600 700 ( HP DeskJet GT5810 GT5820 ink Stank 115 310 315 319 410 415 416 419 510 515 580 610 615 Smart Tank 210 500 520 670 720 750 790 ) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mực in HP GT52 M0H54AA XANH Chính Hãng - HP series GT5800 100 200 300 500 600 700 ( HP DeskJet GT5810 GT5820 ink Stank 115 310 315 319 410 415 416 419 510 515 580 610 615 Smart Tank 210 500 520 670 720 750 790 ) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mực in HP GT52 M0H55AA ĐỎ Chính Hãng - HP series GT5800 100 200 300 500 600 700 ( HP DeskJet GT5810 GT5820 ink Stank 115 310 315 319 410 415 416 419 510 515 580 610 615 Smart Tank 210 500 520 670 720 750 790 ) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mực in HP GT52 M0H56AA VÀNG Chính Hãng - HP series GT5800 100 200 300 500 600 700 ( HP DeskJet GT5810 GT5820 ink Stank 115 310 315 319 410 415 416 419 510 515 580 610 615 Smart Tank 210 500 520 670 720 750 790 ) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mực in HP GT53 1VV22AA ĐEN Chính Hãng - HP series GT5800 100 200 300 500 600 700 ( HP DeskJet GT5810 GT5820 ink Stank 115 310 315 319 410 415 416 419 510 515 580 610 615 Smart Tank 210 500 520 670 720 750 790 ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực in Moorim Chemtech HP-Canon 500ml ( Đen - HP 8000/ 8100/ 8710/ Maxify/ 933/ 942/ 951/ 952/ 971 ) </t>
   </si>
   <si>
     <t>Chai 500ml</t>
   </si>
   <si>
     <t xml:space="preserve">Mực in Moorim Chemtech HP-Canon 500ml ( Xanh - HP 8000/ 8100/ 8710/ Maxify/ 933/ 942/ 951/ 952/ 971 ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực in Moorim Chemtech HP-Canon 500ml ( Vàng - HP 8000/ 8100/ 8710/ Maxify/ 933/ 942/ 951/ 952/ 971 ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực in Moorim Chemtech HP-Canon 500ml ( Đỏ - HP 8000/ 8100/ 8710/ Maxify/ 933/ 942/ 951/ 952/ 971 ) </t>
   </si>
   <si>
     <t>Mực in Phun Epson 005S 40ml - Epson M1100, M1120, M2140</t>
   </si>
   <si>
     <t xml:space="preserve">Mực nạp in phun Brother 5000C/ T4000/ T220/ T300/ T310/ T420/ T500/ T510/ T520/ T700/ T710/ T720/ T800/ T810/ T820/ T825/ T910/ T925/ T4500 ( Xanh - Cyan ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mực nạp in phun Brother 5000M/ T4000/ T220/ T300/ T310/ T420/ T500/ T510/ T520/ T700/ T710/ T720/ T800/ T810/ T820/ T825/ T910/ T925/ T4500 ( Đỏ - Magenta ) </t>
   </si>
@@ -601,95 +586,98 @@
   <si>
     <t>Film Fax</t>
   </si>
   <si>
     <t>Film Fax 57E Panasonic</t>
   </si>
   <si>
     <t>Cuộn</t>
   </si>
   <si>
     <t>Film Fax KX-FA-52X-52E Panasonic</t>
   </si>
   <si>
     <t>Ruy Băng Chính Hãng</t>
   </si>
   <si>
     <t>Ruy Băng Epson LQ2180 Chính Hãng</t>
   </si>
   <si>
     <t>Ruy băng Epson LQ300/ 200/ 300/ 400/ 450/ 500/ 510/ 550/ 570/ 580/ 800/ 850/ 870 Chính Hãng</t>
   </si>
   <si>
     <t>Cái</t>
   </si>
   <si>
-    <t>Ruy Băng Epson LQ310/ LX310 chính hãng</t>
+    <t>Ruy Băng Epson LQ310 LX310 - phim mực chính hãng Epson</t>
   </si>
   <si>
     <t>Ruy Băng Epson LQ680, 670, 630, 860, 1060, 2550, S015508 chính hãng</t>
   </si>
   <si>
     <t>Ruy băng LQ590 Chính hãng</t>
   </si>
   <si>
     <t>Ruy Băng Oki 1190/1120 Chính hãng</t>
   </si>
   <si>
     <t>Ruy Băng Khác</t>
   </si>
   <si>
     <t>Ruy băng máy chấm công Kingspower KP-670A - Phim mực máy chấm công</t>
   </si>
   <si>
     <t>Ruy băng máy chấm công Ronald Jack RJ-2200A, RJ-2200N - Phim mực máy chấm công</t>
   </si>
   <si>
     <t>Ruy Băng Tương Thích Nhập Khẩu</t>
   </si>
   <si>
-    <t>Băng mực Epson LQ590/FX890 (12,7x14m)</t>
-[...5 lines deleted...]
-    <t>Ruy băng Epson ERC-5 AD-812B</t>
+    <t>Băng mực Epson LQ590 FX890 127mmx14m</t>
+  </si>
+  <si>
+    <t>Ruy băng Epson ERC-05 AD-812B - phim mực</t>
+  </si>
+  <si>
+    <t>Ruy băng Epson ERC-09 ERC-22 TX-110SE 160 160k 163 164 180 180H 181 182 183 183H 185 - phim mực</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ruy Băng Epson LQ-630 LQ-630S LQ-615 LQ-735KII LQ-82KF S015290 12.7mmx13m - phim mực Epson ( Epson LQ-630, 630S, 610K, 615K, 630K, 635K, 730K, 735K, 80KF, 80KFII ) </t>
   </si>
   <si>
     <t>Ruy Băng Epson LQ300/800 (12.7x8m)</t>
   </si>
   <si>
-    <t>Ruy Băng Epson LQ310/ LX310 (12.7x14m)</t>
+    <t>Ruy Băng Epson LQ310 LX310 - phim mực chính hãng Fullmark</t>
+  </si>
+  <si>
+    <t>Ruy Băng Epson LQ310 LX310 12.7x14m - phim mực TQ</t>
   </si>
   <si>
     <t>Ruy Băng Epson LQ350 12.7x10m</t>
   </si>
   <si>
-    <t xml:space="preserve">Ruy Băng Epson LQ630 LQ630S LQ615 LQ-735KII S015290 8mx12.7mm - phim mực Epson ( Epson LQ-630, 630S, 610K, 615K, 630K, 635K, 730K, 735K, 80KF, 80KFII ) </t>
-[...1 lines deleted...]
-  <si>
     <t>Ruy băng Epson N294PE Fullmark</t>
   </si>
   <si>
     <t>Ruy băng Epson N363BK Fullmark</t>
   </si>
   <si>
     <t>Ruy Băng Oki 1190 1120 12.7x12m</t>
   </si>
   <si>
     <t>Ruy băng OLIVETTI N186BK/PR2 Fullmark</t>
   </si>
   <si>
     <t>Ruy Băng Olivetti PR2 Plus</t>
   </si>
   <si>
     <t>NO3</t>
   </si>
   <si>
     <t>Linh Kiện Sấy - Ép - Lụa - Cụm Sấy - Nhiệt</t>
   </si>
   <si>
     <t>Bao Lụa - Ống Sấy - Rulo Trên</t>
   </si>
   <si>
     <t>Bạc đạn sấy máy photocopy Toshiba 306</t>
@@ -718,51 +706,51 @@
   <si>
     <t>Bao lụa HP M712/ 706/ IR2002</t>
   </si>
   <si>
     <t>Bao Lụa máy in 1100</t>
   </si>
   <si>
     <t>Bao Lụa máy in 1200 Zin tháo máy tròng đen</t>
   </si>
   <si>
     <t>Bao Lụa Thiếc máy in HP 4015/4014</t>
   </si>
   <si>
     <t>Mở Bao lụa HP G10 (dùng cho máy tốc độ cao)</t>
   </si>
   <si>
     <t>Hủ</t>
   </si>
   <si>
     <t>Ống sấy 119A HP 150A, 150NW, 178NW, 178NWG, 179fnw, 179FWG</t>
   </si>
   <si>
     <t xml:space="preserve">Ống Sấy Brother 2240, 2230, 7060, 7360 ( Brother HL2130, 2132, 2230, 2240, 2250, 2270, 2280, DCP7055, 7057, 7360, 7460, 7860 ) </t>
   </si>
   <si>
-    <t>Ống Sấy Brother 2385, HL 2320, 2321, 2520, 2300, 2305,2340,2341, 2260, 2560, 2360, 2701, 7080, 7180, 7380, 7480, 7880</t>
+    <t>Ống Sấy Brother 2385 HL 2320 2321 2520 2300 2305 2340 2341 2260 2560 2360 2701 7080 7180 7380 7480 7880</t>
   </si>
   <si>
     <t>Ống sấy Brother HL-2140/ 2150/ DCP-7040/ MFC-7340/ 7450/ 7840 (TN2130)</t>
   </si>
   <si>
     <t xml:space="preserve">Ống sấy HP 107A, W1107A, 103A, W1103A, SS D1043S, SA1043, D101S ( HP 107A, 107W, 135A, 135W, 137FNW, 1000A, 1000N, 1000W, 1200A, 1200W, Samsung ML-2160, 2161, 2164, 2165, 2168, SCX-3400, 3401, 3405, 3406, 3450, SF-760P ) </t>
   </si>
   <si>
     <t>Ống sấy máy in Brother 1111/1211/1010</t>
   </si>
   <si>
     <t>Ống sấy máy in panasonic 1500</t>
   </si>
   <si>
     <t>cái</t>
   </si>
   <si>
     <t>Ống sấy máy in Panasonic 513/84E/2120/2170</t>
   </si>
   <si>
     <t>Rulo dưới ép Cet Ricoh MP 2352 2510 2550 2553 2590 2591 2851 2852 3010 3053 3090 3350 3351 3352 3353 3391 Aficio 1022 1027 2022 2027 3025 3030</t>
   </si>
   <si>
     <t>Rulo dưới máy photocopy E-studio 205/255/305</t>
   </si>
@@ -811,123 +799,132 @@
   <si>
     <t>Cây</t>
   </si>
   <si>
     <t>Cụm Sấy - Linh Kiện Sấy Khác</t>
   </si>
   <si>
     <t xml:space="preserve">Cụm sấy 12A/ canon 2900/ HP 1020 ( Tháo máy ) </t>
   </si>
   <si>
     <t>Cụm</t>
   </si>
   <si>
     <t xml:space="preserve">Cụm sấy Brother HL-1110, 1111 ( Cũ tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Cụm sấy Brother L6200/ 5100 ( Tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Cụm sấy Canon 3050, 3100, HP 1005, 1006 ( Cũ tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Cụm sấy Canon 3300 ( CŨ ) </t>
   </si>
   <si>
+    <t xml:space="preserve">Cụm sấy Canon 6030 ( Cũ tháo máy ) </t>
+  </si>
+  <si>
     <t xml:space="preserve">Cụm sấy HP 107A, 107W ( Cũ tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Cụm Sấy HP 1518 ( Zin tháo máy ) </t>
   </si>
   <si>
-    <t>Cụm sấy hp 2035/2055</t>
+    <t>Cụm sấy HP 2035 2055DN</t>
   </si>
   <si>
     <t xml:space="preserve">Cụm sấy máy in Brother 2385, 2321D, 2361, 2366, 2520, 2701 ( Cũ tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Cụm sấy máy in Brother 7360/ 2240/ 7060/ 2130/ 2250/ 2280/ 2260 ( Tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Cụm sấy máy in HP 1102 1102W ( Cũ ) </t>
   </si>
   <si>
     <t>Cụm sấy máy in HP 401 Zin (không sống mực)</t>
   </si>
   <si>
     <t>Cụm Sấy máy in HP LaserJet Pro MFP M225dw</t>
   </si>
   <si>
     <t>Cụm Sấy máy in laser HP CP 1025</t>
   </si>
   <si>
     <t xml:space="preserve">Cụm sấy máy photocopy ricoh MP2553/3053/3353SP/ 2852 Điện 110V ( Cũ tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Trục bánh xe sấy lấy giấy ra HP 150A, 150NW, 178NW, 178NWG, 179fnw, 179FWG ( Cũ tháo máy ) </t>
   </si>
   <si>
+    <t>Xương sấy 05A</t>
+  </si>
+  <si>
+    <t>Xương sấy 49A 53A</t>
+  </si>
+  <si>
     <t>Rulo Ép - Rulo Dưới</t>
   </si>
   <si>
     <t>Rulo dưới ép Oem Ricoh MP 2352 2510 2550 2553 2590 2591 2851 2852 3010 3053 3090 3350 3351 3352 3353 3391 Aficio 1022 1027 2022 2027 3025 3030</t>
   </si>
   <si>
     <t>Rulo dưới máy photocopy E-studio 230/280</t>
   </si>
   <si>
     <t>Rulo Dưới máy photocopy E-studio 350/450/358/458 (CET3344)</t>
   </si>
   <si>
     <t>Rulo dưới máy photocopy Ricoh Aficio 2051 | 2060</t>
   </si>
   <si>
     <t>Rulo ép 12A CET, HP 1010, 1020, 3020, 3015, 3030, Canon 2900</t>
   </si>
   <si>
     <t>Rulo ép 12A TỐT, HP 1010, 1020, 3020, 3015, 3030, Canon 2900</t>
   </si>
   <si>
     <t>Rulo ép 12A ZIN, HP 1010, 1020, 3020, 3015, 3030, Canon 2900</t>
   </si>
   <si>
     <t>Rulo ép 136A W1360X, HP M211 M233 M234 M236</t>
   </si>
   <si>
     <t>Rulo ép 17A CET, HP M102a, M102w, M203dn, M203dw, MFP M227, M130a, M130fw</t>
   </si>
   <si>
     <t>Rulo ép 55A, 51A, 11A, 87A, P3015, 2400, M501, M521, Canon 041</t>
   </si>
   <si>
     <t xml:space="preserve">Rulô ép Brother 5100 ( dùng chung HL-L5000/ HL-L5100/ HL-L5200/ HL-L5700/ HL-L5800/ HL-L6200/ HL-L6300/ MFC-L5700DN/ MFC-L5900DW/ MFC-L6900DW ) </t>
   </si>
   <si>
     <t xml:space="preserve">Rulo ép HP 107A, W1107A, 103A, W1103A, SS D1043S, SA1043, D101S ( HP 107A, 107W, 135A, 135W, 137FNW, 1000A, 1000N, 1000W, 1200A,   1200W, Samsung ML-2160, 2161, 2164, 2165, 2168, SCX-3400, 3401, 3405, 3406, 3450, SF-760P ) </t>
   </si>
   <si>
-    <t>Rulo Ép máy in 05A, 80A TỐT - HP 2035, 2055, M401, Canon 6650DN, 251dw, 252</t>
+    <t>Rulo Ép máy in 05A 80A TỐT - HP 2035 2055DN M401 Canon 6650DN 251dw 252</t>
   </si>
   <si>
     <t xml:space="preserve">Rulo ép máy in 05A, 80A, HP 401 ZIN ( Zin tháo máy ) </t>
   </si>
   <si>
     <t>Rulo ép máy in 15A / HP 1000 / 1200 / Canon 1210</t>
   </si>
   <si>
     <t>Rulo ép máy in 16A CET, 93A, 70A, CF214A, CGR-333, CRG-309, CRG-509, Q7516A</t>
   </si>
   <si>
     <t xml:space="preserve">Rulo ép máy in 16A THƯỜNG, 93A, 70A, CF214A, CGR-333, CRG-309, CRG-509, Q7516A ( Hp 5200, 5200L, M435nw, M725, M706N, Canon LBP 3500, 3900, 8610, 8620, 8710, 8100N, 8720, 8780X ) </t>
   </si>
   <si>
     <t>Rulo Ép máy in 26A / HP M402</t>
   </si>
   <si>
     <t>Rulo ép máy in 35A / 1005 Zin</t>
   </si>
   <si>
     <t>Rulo ép máy in 49A / 1320 / 1160 Canon 3300</t>
   </si>
   <si>
     <t>Rulo ép máy in Brother 1111 / 2240 / 2385 Zin</t>
   </si>
@@ -946,111 +943,114 @@
   <si>
     <t>Rulo ép máy in HP 35A, 85A, 83A, 78A</t>
   </si>
   <si>
     <t>Rulo Ép máy in laser màu HP 1025</t>
   </si>
   <si>
     <t>Rulo Ép máy photocopy Canon IR 2016 / 2020</t>
   </si>
   <si>
     <t>Rulo ép máy photocopy Canon IR2024</t>
   </si>
   <si>
     <t>Rulo ép máy photocopy Ricoh MP 301</t>
   </si>
   <si>
     <t>Rulo ép máy photocopy Toshiba 550 / 650 / 720 / 810</t>
   </si>
   <si>
     <t>Rulo ép Ricoh MP 1500 1600 1813 1900 2000 2001 2013 2014 2501 Aficio 2015 2018 2016 2020 - rulo dưới Ricoh</t>
   </si>
   <si>
     <t>Rulo ép Ricoh MP 4000 5000 4001 4002 5001 5002 SP 8200 8300- rulo dưới Ricoh</t>
   </si>
   <si>
-    <t>Rulo ép Rulo Ép máy in 05A, 80A CET - HP 2035, 2055, M401, Canon 6650DN, 251dw, 252 Tốt</t>
+    <t>Rulo ép Rulo Ép máy in 05A 80A CET - HP 2035 2055DN M401 Canon 6650DN 251dw 252 Tốt</t>
   </si>
   <si>
     <t>Thanh Nhiệt - Lò Xo - Linh Tinh Sấy</t>
   </si>
   <si>
-    <t>Bạc Phíp cụm sấy máy in 05a / 80a dùng cho máy in HP 2035 / 2055 / 401</t>
+    <t>Bạc Phíp cụm sấy máy in 05a 80a dùng cho máy in HP 2035 2055DN 401</t>
   </si>
   <si>
     <t>Bộ</t>
   </si>
   <si>
     <t>Bạc Phíp cụm sấy máy in 12A</t>
   </si>
   <si>
-    <t>Bạc Phíp cụm sấy máy in 35A</t>
+    <t>Bạc Phíp cụm sấy máy in 35A 1005 1006 1007 1008</t>
   </si>
   <si>
     <t>Bạc phíp cụm sấy máy in 49A/53A</t>
   </si>
   <si>
-    <t>Bạc Phíp cụm sấy máy in 85A</t>
+    <t>Bạc Phíp cụm sấy máy in 85A 83A 78A Canon 6030 6230 MF221 241 215 Hp 1102 1006 M1132</t>
   </si>
   <si>
     <t>bộ</t>
   </si>
   <si>
     <t>Bạc phíp ép 16A 14A HP 5200 700 712 725 Canon 3500 3900 3950 3970 8610 8620 8630 8100N 8780X</t>
   </si>
   <si>
     <t>Bộ 2 cái</t>
   </si>
   <si>
     <t>Bạc phíp ép 17A 30A 48A HP M130a M130fw M102a M102w</t>
   </si>
   <si>
     <t xml:space="preserve">Bánh xe sấy Canon 3300 (Bộ 2) ( MỚI 100% ) </t>
   </si>
   <si>
     <t xml:space="preserve">Bộ dò nhiệt Ricoh 2852 3353 1027 ( Hàng zin hãng ) </t>
   </si>
   <si>
     <t>Bộ ngắt điện themister máy photocopy Ricoh Afico 1035|1045</t>
   </si>
   <si>
     <t>Bộ phận lẫy (cò sấy) máy photocopy Ricoh AF1035/1045/2035</t>
   </si>
   <si>
     <t>Bộ Phận Lẫy (Cò Sấy) máy photocopy Toshiba E282 (230/280s)</t>
   </si>
   <si>
     <t>Bộ phận lẫy (cò sấy) máy photocopyToshiba E-Studio 350/450</t>
   </si>
   <si>
     <t>Cảm biến sensor giấy máy photocopy ricoh 301</t>
   </si>
   <si>
+    <t xml:space="preserve">Cò Drum Ricoh AD02-5021 5001 4000 ( Ricoh MP 3500 4500 4000 5000 4001 5001 4002 5002 Aficio 350 450 1035 1045 2035 2045 3035 3045 SP8200DN 8300DN ) </t>
+  </si>
+  <si>
     <t>Cò Sấy máy photocopy Ricoh 4000/5000</t>
   </si>
   <si>
-    <t>Cụm Bánh xe sấy máy in HP2035 / 2055</t>
+    <t>Cụm Bánh xe sấy máy in HP2035 2055DN</t>
   </si>
   <si>
     <t>Cuộn giấy dầu cụm sấy máy photocopy Ricoh MP3500, 4000, 4001, 4002, 4500, 5000, 5001, 5002, SP8200DN, 8300DN - cuộn lau dầu ricoh</t>
   </si>
   <si>
     <t>Cuộn giấy dầu cụm sấy máy photocopy Toshiba E520 E550 E600 E656 E650 E810 E720</t>
   </si>
   <si>
     <t xml:space="preserve">Dò nhiệt ÉP máy photocopy Toshiba E 520 550 600 656 650 810 ( Toshiba 550 555 556 520 523 600 603 650 655 656 657 755 756 757 720 723 810 850 853 855 856 857 901 905 907 1101 1105 1057 1207 1351 1355 ) </t>
   </si>
   <si>
     <t>Dò nhiệt Ricoh AW10-0053 AF 1022 1027 2022 2027 3025 3030 1035 1045 2035 2045 3035 3045 MP 2851 3351 2852 3352 2553 3053 - Thermistor</t>
   </si>
   <si>
     <t xml:space="preserve">Dò nhiệt SẤY máy photocopy Toshiba E 520 550 600 656 650 810 ( Toshiba 550 555 556 520 523 600 603 650 655 656 657 755 756 757 720 723 810 850 853 855 856 857 901 905 907 1101 1105 1057 1207 1351 1355 ) </t>
   </si>
   <si>
     <t>Fan tản nhiệt sấy Ricoh 4002/5002</t>
   </si>
   <si>
     <t>Lò xo cò cụm sấy máy photocopy Ricoh AF1035/1045/2035/2045</t>
   </si>
   <si>
     <t>Lò xo cò cụm sấy máy photocopy Toshiba E-studio 358/458/DP2800 ( C6715)</t>
   </si>
@@ -1066,144 +1066,147 @@
   <si>
     <t>Mỡ Bao Lụa máy in tốt</t>
   </si>
   <si>
     <t>Hủ 10g</t>
   </si>
   <si>
     <t>Phim sấy máy photocopy Canon IR 2016/2018/2270</t>
   </si>
   <si>
     <t>TD dò mực cụm drum máy photocopy Ricoh 301</t>
   </si>
   <si>
     <t>Thanh Nhiệt cụm sấy máy in 1010|1020</t>
   </si>
   <si>
     <t>Thanh Nhiệt cụm sấy máy in 35A HP1505 1005 RM1-4209-HE 220V</t>
   </si>
   <si>
     <t>Thanh Nhiệt cụm sấy máy in 49A HP1320 1160 Canon 3300 RM1-1461-Heat 220V</t>
   </si>
   <si>
     <t>Thanh nhiệt cụm sấy máy in HP1200 (220V)</t>
   </si>
   <si>
-    <t>Thanh nhiệt cụm sấy máy in HP2035/|2055/305</t>
+    <t>Thanh nhiệt cụm sấy máy in HP2035 2055DN 305</t>
   </si>
   <si>
     <t xml:space="preserve">Thanh nhiệt máy in Canon 2900 ( Tháo máy ) </t>
   </si>
   <si>
     <t>Trục cuốn giấy sấy canon 151</t>
   </si>
   <si>
     <t>Trục cuốn giấy sấy HP 1010-1020</t>
   </si>
   <si>
     <t xml:space="preserve">ĐÈN SẤY 2 ĐẦU THẲNG máy photo Ricoh MP2553/ 3053/ 3353SP/ 2852 Điện 110V ( Cũ tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Đèn sấy máy in brother 2140 ( Tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">ĐÈN SẤY ĐẦU CHỮ L máy photo Ricoh MP2553/ 3053/ 3353SP/ 2852 Điện 110V ( Cũ tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">ĐÈN SẤY ĐẦU CHỮ L máy photo Ricoh MP2553/ 3053/ 3353SP/ 2852 Điện 220V ( Cũ tháo máy ) </t>
   </si>
   <si>
     <t>NO4</t>
   </si>
   <si>
     <t>Drum - Trống - Cụm Drum</t>
   </si>
   <si>
     <t>Drum - Cụm Drum Brother</t>
   </si>
   <si>
     <t xml:space="preserve">Cụm Drum Brother DR-1010, DR-1035 ( dùng chung Brother HL-1111, 1118, DCP-1511, 1518, MFC-1811, 1813, 1818 ) </t>
   </si>
   <si>
     <t>Cụm drum Brother DR-2385 Xerox CT351055 TECH</t>
   </si>
   <si>
     <t>Cụm Drum Brother DR-2385, 2321D, 2361, 2366, 2520, 2701 Chính Hãng</t>
   </si>
   <si>
     <t>Cụm Drum Brother DR-3355/ DR-3325 dùng cho HL-54xx/ 6180/ MFC-8710/ MFC-8910DW</t>
   </si>
   <si>
-    <t xml:space="preserve">Cụm drum Brother DR-820, DR-3455 ( Dùng chung Brother HL-L6200, 6250, 6400, MFC-L6750, 6900, 5500, 5600, 5650, 5000, 5100, 5200, 6300, 5700, 5800, 5850, 5900, 6700, 6750, 6800 ) </t>
+    <t xml:space="preserve">Cụm Drum Brother DR-3608 45k HL-L6415DW MFC-L5710DN HL-5210DN TECH ( MFC-L5710DN DCP-L5510DN MFC-L6915DW HL-L6415DW HL-L5210DW MFC-L5915DW HL-L6210DW HL-L5210DN ) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cụm drum Brother DR-820 DR-3455 ( Dùng chung Brother HL-L6200, 6250, 6400, MFC-L6750, 6900, 5500, 5600, 5650, 5000, 5100, 5200, 6300, 5700, 5800, 5850, 5900, 6700, 6750, 6800 ) </t>
   </si>
   <si>
     <t xml:space="preserve">Cụm Drum Brother DR-B022 Chính Hãng ( Brother HL-B2000, B2050, B2100, B2082, MFC-B7700, B7720, B7500, B7530, B7715, DCP-B7640, B7810, B7620, B2180, B7535 ) </t>
   </si>
   <si>
     <t xml:space="preserve">Cụm Drum Brother DR-B022, DR-B027, B2000, B7535, B7640 TECH ( Brother HL-B2000, B2050, B2100, B2082, MFC-B7700, B7720, B7500, B7530, B7715, DCP-B7640, B7810, B7620, B2180, B7535 ) </t>
   </si>
   <si>
     <t>Cụm Drum Brother DR2125 (HL2140)</t>
   </si>
   <si>
     <t>Cụm Drum Brother DR2255/ DR420/ 2280/ 2240 Hộp Trắng</t>
   </si>
   <si>
     <t>Cụm Drum máy in Brother DR-2385 Renew</t>
   </si>
   <si>
     <t>Drum Brother DR-720/ DR-3455/ L5000/ L5100/ L5200/ L5700/ L5800/ L5900/ L6200/ L6300/ L6900</t>
   </si>
   <si>
     <t>Drum Brother TN-263 PAD-DR221-1 HL-L3230CDN MFC-L3770CDW MFC-L3750CDW DCP-L3551CDW HL-L3270CDW MFC-L3720cdw</t>
   </si>
   <si>
     <t>Drum máy in Brother 2040</t>
   </si>
   <si>
     <t>Drum máy in Brother DR350/ 2000/ HL2040/ 7340</t>
   </si>
   <si>
     <t>Drum máy in Brother HL-1111, DR-1035, TN-1010 ES</t>
   </si>
   <si>
     <t>Drum máy in Brother HL2240/ DR-420/ DR-B022/ DR-2385/ Xerox M225DW ES</t>
   </si>
   <si>
     <t>Drum máy in Brother HL2240/ DR-420/ DR-B022/ DR-2385/ Xerox M225DW HAND</t>
   </si>
   <si>
     <t>Drum máy in Brother HL2240/ DR-420/ DR-B022/ DR-2385/ Xerox M225DW PHẤN</t>
   </si>
   <si>
     <t>Drum - Cụm Drum Hp - Canon</t>
   </si>
   <si>
     <t>Cụm Drum 19A, CF219A, Canon 049 Hộp trắng</t>
   </si>
   <si>
-    <t>Cụm Drum HP 32A / Canon 051</t>
+    <t>Cụm Drum máy in HP 32A / Canon 051</t>
   </si>
   <si>
     <t>Cụm drum máy in laser màu HP 314A</t>
   </si>
   <si>
     <t>Cụm Drum máy in laser màu TARU HP CE314A</t>
   </si>
   <si>
     <t xml:space="preserve">Cụm drum mực W1104A/ 104A/ HP 103A/ 104A/ 1200AW/ 1000AW ( HP Neverstop Laser 1000A/ 1000w/ MFP 1200a/ MFP 1200w - Tương Thích ) </t>
   </si>
   <si>
     <t xml:space="preserve">Cụm drum mực W1104A/ 104A/ HP 103A/ 104A/ 1200AW/ 1000AW ( HP Neverstop Laser 1000A/ 1000w/ MFP 1200a/ MFP 1200w - Chính Hãng ) </t>
   </si>
   <si>
     <t>Cụm trống (cụm drum) máy in laser màu CE314A dùng cho máy HP 1025/176/177 (Chính hãng)</t>
   </si>
   <si>
     <t xml:space="preserve">Cụm Trống mực (cụm drum) HP 120A - HP 150A (W1120A) Original Laser Imaging Drum CHÍNH HÃNG ( HP Color Laser 150A, 150NW, 178NW, 178NWG, 179fnw, 179FWG ) </t>
   </si>
   <si>
     <t xml:space="preserve">Cụm Trống mực (cụm drum) HP120A - HP 150A (W1120A) Original Laser Imaging Drum- THÁO MÁY ( HP Color Laser 150A, 150NW, 178NW, 178NWG, 179fnw, 179FWG, Samsung CLP360, 365, 368, CLX3300, 3305 ) </t>
   </si>
   <si>
     <t xml:space="preserve">Cụm Trống mực (cụm drum) HP120A - HP 150A (W1120A) Original Laser Imaging Drum- TRUNG QUỐC ( HP Color Laser 150A, 150NW, 178NW, 178NWG, 179fnw, 179FWG, Samsung CLP360, 365, 368, CLX3300, 3305 ) </t>
   </si>
@@ -1219,119 +1222,122 @@
   <si>
     <t>Drum 05A Phấn</t>
   </si>
   <si>
     <t>Drum 10A 11A 51A 55A 96A 2400 Phấn</t>
   </si>
   <si>
     <t>Drum 12A Hand</t>
   </si>
   <si>
     <t>Drum 12A Korean</t>
   </si>
   <si>
     <t>Drum 12A Mitsu</t>
   </si>
   <si>
     <t>Drum 12A Phấn</t>
   </si>
   <si>
     <t>Drum 16A/ 93A Coben</t>
   </si>
   <si>
     <t>Drum 16A/ 93A ES</t>
   </si>
   <si>
-    <t>Drum 26A 76A 87A (nhông sắc) ES</t>
+    <t>Drum 26A 76A 87A 070 nhông sắc ES</t>
   </si>
   <si>
     <t>DRUM 35A HAND</t>
   </si>
   <si>
     <t>Drum Canon IR1018 1022 1023 1024</t>
   </si>
   <si>
     <t>Drum Canon iR2016 CET, 2018, 2002, 2004, 2006, 2202, 2206, 2020, 2022, 2025, 2030, 2318, 2320, 2420, 2420, 2422</t>
   </si>
   <si>
     <t>Drum hộp mực laser 35A Mitsu</t>
   </si>
   <si>
     <t>Drum hộp mực máy in 13A/15A/24A DUC</t>
   </si>
   <si>
     <t>Drum hộp mực máy in 13A/15A/24A Mitsu</t>
   </si>
   <si>
     <t>Drum hộp mực máy in 13A/15A/24A Phấn</t>
   </si>
   <si>
     <t>Drum hộp mực máy in 17A/19A HP M102/130A SG</t>
   </si>
   <si>
     <t>Drum hộp mực máy in 17A/19A/ 30A/ 051 Longlife</t>
   </si>
   <si>
-    <t>Drum hộp mực máy in 26A/ 76A (nhông huyền) phấn</t>
-[...2 lines deleted...]
-    <t>Drum hộp mực máy in 26A/ 76A nhông sắc - phấn</t>
+    <t>Drum hộp mực máy in 26A 76A 070 nhông huyền - phấn</t>
+  </si>
+  <si>
+    <t>Drum hộp mực máy in 26A 76A 070 nhông sắc - phấn</t>
   </si>
   <si>
     <t>Drum hộp mực máy in 35A DUC</t>
   </si>
   <si>
     <t>Drum hộp mực máy in 35A Phấn</t>
   </si>
   <si>
     <t>Drum hộp mực máy in 49A Mitsu</t>
   </si>
   <si>
     <t>Drum hộp mực máy in 49A Phấn</t>
   </si>
   <si>
     <t>Drum hộp mực máy in 92A A4 DUC</t>
   </si>
   <si>
     <t>Drum hộp mực máy in HP 1215/ 1515/ 400/ 300/ Canon 7100 (chip CF210/ CE410/ CE320/ CC530/ CB540)</t>
   </si>
   <si>
     <t>Drum hộp mực máy in HP 48A, 136A, M15A, M28W, M211D ES</t>
   </si>
   <si>
     <t>Drum hộp mực máy in laser màu HP CF400A/ M252/ M274/ M277N Canon 623CDW Mitsu</t>
   </si>
   <si>
     <t>Drum hộp mực máy in laser màu HP3600/3505</t>
   </si>
   <si>
     <t>Drum HP 57A 56A M436NDA M436N M438n M442dn M443nda M440dn M440n M440nda Samsung MLT-D707S K2200 - trống Long life</t>
   </si>
   <si>
     <t>Drum máy in laser màu HP 1025, M176, M177 Canon 7010, 7018 phấn</t>
   </si>
   <si>
+    <t xml:space="preserve">Drum máy in màu CF500A CF410A CF400A CF510A CRG-045 CRG-054 CRG-046 CRG-067 W2310A W2110A ( Canon 611Cn 613Cdw 621Cw 623Cdw 631Cw 633Cdw 651Cw 654Cw 735Cw 655Cdw 657Cdw MF641Cw 643Cdw 645Cx HP Pro M452 M277 M252 M274n M377dw M477 M154A 180N M181F M155A M182N 183dw M254NW M280nw M281fdw 621Cw 623Cdw MF641Cw M255NW M283fdw - CF501A CF502A CF503A CF411A CF412A CF413A CF401A CF402A CF403A CF511A CF5121A CF513A CRG-045 CRG-054 CRG-046 CRG-067 W2310A W20110A ) </t>
+  </si>
+  <si>
     <t>Drum máy photocopy Canon 2420L</t>
   </si>
   <si>
     <t xml:space="preserve">Drum W1104A/ 104A/ HP 103A/ 104A/ 1200AW/ 1000AW ( HP Neverstop Laser 1000A/ 1000w/ MFP 1200a/ MFP 1200w ) </t>
   </si>
   <si>
     <t>Drum - Cụm Drum Khác</t>
   </si>
   <si>
     <t xml:space="preserve">Cụm đảo thải Toshiba 282/ 2830 ( Tháo máy ) </t>
   </si>
   <si>
     <t>Drum máy in Panasonic 86</t>
   </si>
   <si>
     <t>Drum Sharp AR-201DR, ARM160, 162, 201, 205, AR-1818, 3818, 4818 - Trống Sharp</t>
   </si>
   <si>
     <t>Drum - Cụm Drum Ricoh</t>
   </si>
   <si>
     <t>Drum hộp mực máy in Ricoh SP150</t>
   </si>
   <si>
     <t>Drum máy photocopy Ricoh Aficio 1013/1515 CET nhật</t>
@@ -1357,293 +1363,311 @@
   <si>
     <t>Drum hộp mực máy in samsung 1710 phấn</t>
   </si>
   <si>
     <t>Drum hộp mực máy in Samsung 1910/ 1915/ 2855/ Xerox 3210/ 3155 Hand</t>
   </si>
   <si>
     <t>Drum hộp mực máy in Samsung D101S/ 1670/ ML2160</t>
   </si>
   <si>
     <t>Drum hộp mực máy in Samsung ML1210 green</t>
   </si>
   <si>
     <t xml:space="preserve">Drum HP 107A/ W1107A/ MLT-D1043S/ ML-D1630A/ MLT-D104/ MLT-D104S/ ( HP 107A/ 107w/ 135a/ 137fnw/ / Samsung ML1660/ 1666/1665/ 1667/ 1670/ 1671/ 1675/ 1676/ 1861/ 1866/ 1867/ 1630/1043/ SCX-3200/ 3201/ 3205 - Phấn ) </t>
   </si>
   <si>
     <t xml:space="preserve">Drum Samsung MLT-D103L/ MLT-R116/ MLT-D103S/ MLT-D115S/ MLT-D115L ( Samsung SL-M2620/ 2625/ 2626/ 2670/ 2675/ 2820/ 2825/ 2826/ 2835/ 2870/ 2875/ 2880/ 2885/ ML-2950NDR/ 2955/ SCX 4705/ 4727/ 4728/ 4726/ 4729/ MLT-R116/ MLT-D103S/ MLT-D115S/ MLT-D115L ) </t>
   </si>
   <si>
     <t>Drum - Cụm Drum Toshiba</t>
   </si>
   <si>
     <t>Drum Toshiba 160 162 201 205 206L 255 256 305 306 307 355 356 455 506 4530 2518A</t>
   </si>
   <si>
-    <t>Drum Toshiba E163, 168, 208, 230, 242, 2830, 282</t>
+    <t>Drum Toshiba E163 168 208 230 242 2830 282 203 237 280 283</t>
   </si>
   <si>
     <t>NO5</t>
   </si>
   <si>
     <t>Bánh Xe Kéo Giấy - Đào - Đệm - Lót - Role</t>
   </si>
   <si>
     <t>Bánh Xe - Quả Đào Máy In</t>
   </si>
   <si>
     <t>Bánh xe kéo giấy (quả đào) máy in Brother 2240/ 2250/ 2321/ 2385</t>
   </si>
   <si>
     <t xml:space="preserve">Bánh xe kéo giấy (quả đào) máy in Brother TN-2130, HL-2140, MFC-7340, DCP-7030 ( Brother DCP-7030, DCP-7040, HL-2140, HL-2150N, HL-2170W, MFC-7340, MFC-7440N, MFC-7450, MFC-7840N, MFC-7840W ) </t>
   </si>
   <si>
-    <t xml:space="preserve">Bánh xe kéo giấy (quả đào) máy in HP ScanJet Pro 2000 S1, 1000 S1, 3000 S1, Fujitsu 1120, 1125, 1130 - bánh xe phụ kiện scanner ( Mới 100% ) </t>
+    <t xml:space="preserve">Bánh xe kéo giấy GL-790, GL-890 Canon G1000/ G1800 (Bánh Đào) ( Canon G1000 G1010 G2000 G2002 G2010 G3000 G3010 G4000 G4010 G1800 G1810 G2800 G2810 G3800 G3810 G4810 ) </t>
+  </si>
+  <si>
+    <t>Bánh xe ra giấy sấy máy in 05A HP 2035 2055DN 401</t>
+  </si>
+  <si>
+    <t>Bánh xe ra giấy sấy máy in 35A, 85A, 36A, 79A,</t>
+  </si>
+  <si>
+    <t>Cặp 2 cái</t>
+  </si>
+  <si>
+    <t>Bánh xe ra giấy sấy máy in 49A, 53A, HP LaserJet 1160, 1320, 3390, 3392, P2014, 2015, M2727</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bánh xe ra giấy sấy máy in Brother 2385, 2321D, 2361DN, 2366DW, 2520D, 2701D, 2701DW ( Cũ tháo máy ) </t>
+  </si>
+  <si>
+    <t>Bánh xe tách giấy Epson L310</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bộ bánh đào Brother HL-1110, 1111 - bộ bánh xe kéo giấy ( Cũ tháo máy ) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bộ trục đào ADF 85A 83A 17A 30A ( HP M1212, 1214, 1217, 1218, M225, M226, M127, 130FN, MFP227, ... - Mới ) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bộ đào khay photo ADF HP M227 M132 M134 M130 M148 ( Mới ) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cụm kéo giấy khay 2 HP 2055DN ( Cũ tháo máy ) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cụm kéo giấy khay trên HP 2055DN ( Cũ tháo máy ) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Da bánh xe kéo giấy Epson L3150/ L3110/ L1110/ L1210 (Bánh Đào Epson) ( Epson L3150 L3115 L4168 L6178 L4170 L3156 L3110 L1110 L3118 L1119 L1210 L3210 L1250 - Mới ) </t>
+  </si>
+  <si>
+    <t>Da bánh xe kéo giấy Epson L8050, L8058, L18058, L18050 (Bánh Đào Epson)</t>
+  </si>
+  <si>
+    <t>Da đào Brother 2130 2385 2240</t>
+  </si>
+  <si>
+    <t>Miếng</t>
+  </si>
+  <si>
+    <t>Quả đào 05A 2035 2055DN tray 2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Quả đào 16A, 55A, 93A Canon 3500, HP 5200, 706N Khay dưới ( Hp 5200, 5200L, M435nw, M725, M706N, Canon LBP 3500, 3900, 8610, 8620, 8710, 8100N, 8720, 8780X ) </t>
+  </si>
+  <si>
+    <t>Trái</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Quả đào 16A/ 55A/ 92A canon 3500/ HP P3015 Khay tay ( Hp 5200, 5200L, M435nw, M725, M706N, Canon LBP 3500, 3900, 8610, 8620, 8710, 8100N, 8720, 8780X ) </t>
+  </si>
+  <si>
+    <t>Quả đào 26A/ HP M402/ 403/ 426 Tray 2</t>
+  </si>
+  <si>
+    <t>Quả Đào 49A/1320 Tray</t>
+  </si>
+  <si>
+    <t>Quả Đào 49A/1320 đủ bộ</t>
+  </si>
+  <si>
+    <t>Quả đào 55A, 16A, 93A, HP P3015, 706N, Canon 3500 Tray 1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Quả đào 55A/ HP P3015 Tray 2 ( HP LaserJet Enterprise 500 MFP/ HP LaserJet Enterprise P3015 ) </t>
+  </si>
+  <si>
+    <t>Quả đào 78A Canon 4720W 244DW 6200D 6230dn D520 221D 241D 151dn 151dw HP 1536dnf 1566 1606dn</t>
+  </si>
+  <si>
+    <t>Quả Đào 92A/1100/3200</t>
+  </si>
+  <si>
+    <t>Quả đào bánh xe lấy giấy HP 107 135 137 Samsung MLT-D101S ML-2161 SCX-3400 3405 3450 3401 3406</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Quả đào bánh xe lấy giấy máy in màu CF500A CF410A CF400A CF510A CRG-045 CRG-054 CRG-046 CRG-067 W2310A W2110A ( Canon 611Cn 613Cdw 621Cw 623Cdw 631Cw 633Cdw 651Cw 654Cw 735Cw 655Cdw 657Cdw MF641Cw 643Cdw 645Cx HP Pro M452 M277 M252 M274n M377dw M477 M154A 180N M181F M155A M182N 183dw M254NW M280nw M281fdw 621Cw 623Cdw MF641Cw M255NW M283fdw - CF501A CF502A CF503A CF411A CF412A CF413A CF401A CF402A CF403A CF511A CF5121A CF513A CRG-045 CRG-054 CRG-046 CRG-067 W2310A W20110A ) </t>
+  </si>
+  <si>
+    <t>Bộ 3 quả</t>
+  </si>
+  <si>
+    <t>Quả Đào HP Scanjet Pro 2500 F1</t>
+  </si>
+  <si>
+    <t>Quả đào kéo giấy máy in 05A/ 80A Tray 1</t>
+  </si>
+  <si>
+    <t>Quả đào lấy giấy máy in 12A 1010 1020 1015 SE</t>
+  </si>
+  <si>
+    <t>Quả đào lấy giấy máy in 26A/ HP M402/ 403/ 426 Tray 1</t>
+  </si>
+  <si>
+    <t>Quả đào lấy giấy máy in 35A 17A P1005 P1006 M102A M130A SE</t>
+  </si>
+  <si>
+    <t>Quả đào máy in HP Neverstop 1000/1200</t>
+  </si>
+  <si>
+    <t>Quả đào máy scan Canon DR-C125 DR-C225 - Bánh xe kéo giấy phụ kiện scanner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Quả đào máy scan HP ScanJet Pro 2000 S1, 1000 S1, 3000 S1, Fujitsu 1120, 1125, 1130 - Bánh xe kéo giấy phụ kiện scanner ( Mới 100% ) </t>
   </si>
   <si>
     <t>Bộ 8 quả</t>
   </si>
   <si>
-    <t xml:space="preserve">Bánh xe kéo giấy (quả đào) máy in HP ScanJet Pro 2000 S2, 3000 S4, 4000 S1, N4000, Brother ADS-2700, 2500, 2200 - bánh xe phụ kiện scanner ( Mới 100% ) </t>
-[...89 lines deleted...]
-    <t>Quả đào máy in HP Neverstop 1000/1200</t>
+    <t xml:space="preserve">Quả đào máy scan HP ScanJet Pro 2000 S2, 3000 S4, 4000 S1, N4000, Brother ADS-2700, 2500, 2200 - Bánh xe kéo giấy phụ kiện scanner ( Mới 100% ) </t>
   </si>
   <si>
     <t>Quả Đào Samsung 1610</t>
   </si>
   <si>
-    <t>Đào Brother 2130</t>
-[...2 lines deleted...]
-    <t>Miếng</t>
+    <t xml:space="preserve">Trục gắn bánh đào khay 1 HP 2055DN ( Cũ tháo máy ) </t>
   </si>
   <si>
     <t>Đào samsung ML-1510, 1710, SCX-4200</t>
   </si>
   <si>
     <t>Bánh Xe - Quả Đào Máy Photo</t>
   </si>
   <si>
     <t>Băng tải ADF AF5500/6500/2060</t>
   </si>
   <si>
-    <t>Bánh xe kéo giấy quả đào máy photo Canon Imagerunner 2002 2004 2006 2202 2204 2206 2520 2525 2530 2535 2545 2625 2630 Advance 4525 4535 4545 4551 - khay chính FL3-1352-000</t>
+    <t xml:space="preserve">Bánh xe kéo giấy quả đào máy photo khay chính FL3-1352-000 ( Canon Imagerunner 2002 2004 2006 2202 2204 2206 2520 2525 2530 2535 2545 2625 2630 Advance 4525 4535 4545 4551 ) </t>
   </si>
   <si>
     <t>Bánh Đẩy Giấy Canon 1600/2000/2016/2020/2022</t>
   </si>
   <si>
     <t>Bánh Đẩy Giấy Ricoh 350/450/1035/1045</t>
   </si>
   <si>
     <t>Bánh đẩy giấy ricoh 6008 dày</t>
   </si>
   <si>
     <t>Bánh đẩy giấy ricoh 6015 mỏng</t>
   </si>
   <si>
     <t xml:space="preserve">Bánh Đẩy Giấy Ricoh MP4000, 5000 ( Ricoh MP 2554 3054 3554 4054 5054 6054 2510 3010 2590 3090 2550 3350 2591 3391 2851 3351 2352 2852 3352 2553 3053 3353 3500 4500 4000 5000 4001 5001 4002 5002 C2000 C2500 C3000 C2003SP C2503SP C2004 C2504 C3001 C3501 C3002 C3502 Aficio 350 450 1035 1045 2035 2045 3035 3045, SP 8100DN 8200DN C420DN C440 C441 C811DN C820DN C821DN C830DN C831DN ) </t>
   </si>
   <si>
     <t>Bánh Đẩy Giấy Toshiba 5540/6550/6570</t>
   </si>
   <si>
     <t>Cụm kéo giấy ricoh 5001</t>
   </si>
   <si>
     <t>Cụm đồng bộ giấy toshiba 2518</t>
   </si>
   <si>
     <t>Quả đào Aficio 1002/1027/2022</t>
   </si>
   <si>
     <t>Quả đào Aficio 1015/2015</t>
   </si>
   <si>
     <t xml:space="preserve">Quả đào bánh xe lấy giấy Toshiba 282 DÀY ( Toshiba e-Studio 16 20 25 160 200 250 195 225 245 207L 257 307 206L 256 306 168 208 258 200L 230 280 202L 232 282 203L 233 283 28 35 350 450 353 453, 205L 255 305 355 455 356 456 506 Oce IM2330 203L 4530 ) </t>
   </si>
   <si>
     <t xml:space="preserve">Quả đào bánh xe lấy giấy Toshiba 282 MỎNG ( Toshiba e-Studio 16 20 25 160 200 250 195 225 245 207L 257 307 206L 256 306 168 208 258 200L 230 280 202L 232 282 203L 233 283 28 35 350 450 353 453, 205L 255 305 355 455 356 456 506 Oce IM2330 203L 4530 ) </t>
   </si>
   <si>
     <t>Quả đào IR2016/2020</t>
   </si>
   <si>
     <t>Đệm Tách Giấy - Role - Khay Trục Bánh Đào Linh Tinh</t>
   </si>
   <si>
-    <t xml:space="preserve">Bộ cụm cơ bánh đào bánh xe kéo giấy HP 1102W ( Zin cũ tháo máy ) </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Bộ Role tách giấy khay 2 và khay tay Brother 7360, 2321, 2361, 2366, 2520, 2701, 2240, .... ( dùng được cho hầu hết các dòng máy Brother - Cũ tháo máy - Bảo hành Test ) </t>
   </si>
   <si>
-    <t>Bộ tách giấy khay 1 HP 05A, 2035, 2055 M401 - đệm tách giấy</t>
+    <t xml:space="preserve">Bộ sườn lưng cụm cơ bánh đào bánh xe kéo giấy HP 1102W ( Zin cũ tháo máy ) </t>
+  </si>
+  <si>
+    <t>Bộ tách giấy khay 1 HP 05A 2035 2055DN M401 - đệm tách giấy</t>
   </si>
   <si>
     <t xml:space="preserve">Bộ tách giấy Khay 1 máy in HP 5200/Canon 3500 ( Tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Cụm trái đào HP 1518 ( Zin tháo máy ) </t>
   </si>
   <si>
     <t>Miếng đệm HP1010/1020 RCL 2038</t>
   </si>
   <si>
     <t>Miếng đệm HP1160/1320/2420</t>
   </si>
   <si>
     <t xml:space="preserve">Role tách giấy brother HL-1110, 1111 ( Cũ tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Trục gắn bánh đào khay 1 Canon 3500 - trục gắn bánh xe lấy giấy ( Cũ tháo máy ) </t>
   </si>
   <si>
     <t>NO6</t>
   </si>
   <si>
     <t>Trục Sạc - Trục Cao Su</t>
   </si>
   <si>
     <t>Trục Sạc Cao Su</t>
   </si>
   <si>
     <t>Trục Sạc 12A 05A 80A HP 2035 M401 - trục cao su</t>
   </si>
   <si>
     <t>Trục Sạc 16A/ 70A HU - dùng chung Canon IR2016, 2004</t>
   </si>
   <si>
-    <t>Trục sạc 17a/19a</t>
-[...1 lines deleted...]
-  <si>
     <t>Trục sạc 26A 87A M402 HU</t>
   </si>
   <si>
     <t>Trục Sạc 35A/36A/78A/85A AS</t>
   </si>
   <si>
     <t>Trục sạc Canon 5000/5200/2420</t>
   </si>
   <si>
     <t xml:space="preserve">Trục sạc Canon iR1600, 2016, 2000, 2202 - Trục cao su Cet dùng chung HP 16A ( Canon iR1600, 1610, 2000, 2010, 2020, 2016, 2018, 2002, 2004, 2006, 2202, 2022, 2025, 2030, 2318, 2320, 2420, 2420, 2422 ) </t>
   </si>
   <si>
     <t>Trục Sạc HP 1025/1215/1518 AS</t>
   </si>
   <si>
     <t xml:space="preserve">Trục Sạc HP 120A - HP 150A (W1120A) ( HP Color Laser 150A, 150NW, 178NW, 178NWG, 179fnw, 179FWG ) </t>
   </si>
   <si>
+    <t>Trục sạc HP 17A 19A 130A 126A M176 M177 CP1025</t>
+  </si>
+  <si>
     <t>Trục Sạc máy photocopy Ricoh MP 1015, 2015, 2852, 3054, P4054</t>
   </si>
   <si>
     <t>Trục Sạc Ricoh 1035/ 2035/ 3035/ 3500/ 4000 (310.10)</t>
   </si>
   <si>
     <t>Trục Sạc Samsung 1610</t>
   </si>
   <si>
     <t>cây</t>
   </si>
   <si>
     <t>Trục Sạc SamSung 2671 (D101)</t>
   </si>
   <si>
     <t xml:space="preserve">Trục sạc W1104A/ 104A/ HP 103A/ 104A/ 1200AW/ 1000AW ( HP Neverstop Laser 1000A/ 1000w/ MFP 1200a/ MFP 1200w ) </t>
   </si>
   <si>
     <t>Trục Sạc Thiết</t>
   </si>
   <si>
     <t xml:space="preserve">Lưới sạc cao áp cụm drum Brother 2385 ( Zin tháo máy ) </t>
   </si>
   <si>
     <t>NO7</t>
@@ -1771,359 +1795,368 @@
   <si>
     <t xml:space="preserve">Cụm belt HP 1518 ( Zin tháo máy ) </t>
   </si>
   <si>
     <t>Gạt belt máy HP Color Laser 150A, 150NW, 178NW, 178NWG, 179fnw, 179FWG</t>
   </si>
   <si>
     <t>Gạt belt Toshiba 55 65 80 523 550 556 600 655 657 723 756 850 855 857 5570 6570 8070</t>
   </si>
   <si>
     <t>Gạt drum (gạt mực) HP120A (W1120A) - Dùng cho máy HP Color Laser 150a/ 150nw/ 178nw/ 179fnw</t>
   </si>
   <si>
     <t xml:space="preserve">Gạt Drum (gạt mực) W1104A/ 104A/ HP 103A/ 104A/ 1200AW/ 1000AW ( HP Neverstop Laser 1000A/ 1000w/ MFP 1200a/ MFP 1200w ) </t>
   </si>
   <si>
     <t>Gạt lớn (mực) Samsung ML2160 (D101) Cao su</t>
   </si>
   <si>
     <t>Gạt lớn 10A/ 11A/ 51A/ 55A/ 96A</t>
   </si>
   <si>
     <t>Gạt lớn 12A 13A 15A 24A NO</t>
   </si>
   <si>
-    <t>Gạt lớn 12A/15A KI (hộp 20)</t>
-[...1 lines deleted...]
-  <si>
     <t>Gạt lớn 16A, 70A, 29X, 14A, 93A HP5000, 5100, 5200, Canon 3500</t>
   </si>
   <si>
     <t>Gạt lớn 26A/ CRG070 phôi hãng</t>
   </si>
   <si>
-    <t>Gạt lớn 35A 87A NO</t>
-[...2 lines deleted...]
-    <t>Gạt lớn 35A KI</t>
+    <t>Gạt lớn 35A 87A 83A 070tq NO</t>
   </si>
   <si>
     <t>Gạt lớn Canon IR 2016, 2018, 2002, 2004, 2006, 2202, 2022, 2025, 2030, 2420, IR2420 - Gạt mực Cet</t>
   </si>
   <si>
     <t>Gạt lớn Canon IR1018 1022 1023 1024 1027 AF220 270</t>
   </si>
   <si>
     <t xml:space="preserve">Gạt lớn CB540/ HP CP1025 - gạt mực gạt drum ( HP CP1025/1215/1510/1515/1518/1525/2025/ 2020/ CM1300/1312/1415/2320/ M176/177/175/ Pro200-M251/ Enterprise 300/400/M351/M375nw/ M451/M475/ Enterprise 500 color M551/ Canon 7010/7018/7100/7110 ) </t>
   </si>
   <si>
-    <t>Gạt lớn CF400A/ HP Pro 200-M252/274N/277N/M154/M254 (nhựa)</t>
+    <t xml:space="preserve">Gạt lớn gạt mực máy in màu CF500A CF410A CF400A CF510A CRG-045 CRG-054 CRG-046 CRG-067 W2310A W20110A ( Canon 611Cn 613Cdw 621Cw 623Cdw 631Cw 633Cdw 651Cw 654Cw 735Cw 655Cdw 657Cdw MF641Cw 643Cdw 645Cx HP Pro M452 M277 M252 M274n M377dw M477 M154A 180N M181F M155A M182N 183dw M254NW M280nw M281fdw 621Cw 623Cdw MF641Cw M255NW M283fdw - CF501A CF502A CF503A CF411A CF412A CF413A CF401A CF402A CF403A CF511A CF5121A CF513A CRG-045 CRG-054 CRG-046 CRG-067 W2310A W20110A ) </t>
   </si>
   <si>
     <t>Gạt lớn HP 57A 56A M433A M436DN M436N M436NDA M438N M442DN M443NDA M440dn M440n M440nda Samsung MLT-D707S K2200 - gạt Drum</t>
   </si>
   <si>
     <t>Gạt lớn HP CP1025/1215/1515 thường</t>
   </si>
   <si>
     <t>Gạt lớn Ricoh MP301/ 201/ 161/ 171/ AF1515/ 1013</t>
   </si>
   <si>
     <t>Gạt lớn Samsung 1610/1640/2010/2240</t>
   </si>
   <si>
     <t>Gạt lớn Samsung 1910/ 1915/ 2855/ Xerox 3210/ 3155</t>
   </si>
   <si>
     <t>Gạt lớn Samsung SA1043, D1043, 1666,1660,1661, HP W1107A, HP 107A, 107W, 135A, 135W, 137FNW Gạt cao su gạt lớn gạt mực</t>
   </si>
   <si>
     <t>Gạt mực Canon iR2002, 2202 CET- Gạt Lớn</t>
   </si>
   <si>
     <t>Gạt mực Ricoh 1015/1018/2001</t>
   </si>
   <si>
     <t>Gạt mực ricoh 2035/3035/4000/5000</t>
   </si>
   <si>
     <t xml:space="preserve">Gạt mực Sharp AR160, 161, 162 ( Sharp AR160, 161, 162, 163, 164, 165, 200, 201, 203, 205, 206, 207, F201, 5015, 5020, 5120, 5316, 5320, 5420, 5516, 5520, 5618, 5620, 5623, MX-M160, M200, M182, M202, M232 ) </t>
   </si>
   <si>
     <t>Gạt Toshiba E-163, 230, 232, 182, 242, 205, 255, 282, 283, 206, 2306</t>
   </si>
   <si>
     <t>Gạt Nhỏ - Gạt Từ - Gạt Thiết</t>
   </si>
   <si>
     <t>Gạt nhỏ 10A/ 11A/ 51A/ 55A/ 96A</t>
   </si>
   <si>
-    <t>Gạt nhỏ 12A 87A KI</t>
-[...2 lines deleted...]
-    <t>Gạt Nhỏ 12A NO</t>
+    <t>Gạt Nhỏ 12A 87A 83A NO</t>
   </si>
   <si>
     <t>Gạt Nhỏ 16A, 70A, 14A, 93A HP 5200, Canon 3500</t>
   </si>
   <si>
     <t>Gạt nhỏ 17A HP M120A/130A NO</t>
   </si>
   <si>
-    <t>Gạt nhỏ 35A KI</t>
-[...1 lines deleted...]
-  <si>
     <t>Gạt nhỏ 35A NO</t>
   </si>
   <si>
     <t>Gạt nhỏ 92A</t>
   </si>
   <si>
     <t xml:space="preserve">Gạt nhỏ HP 1025, 1215 - gạt từ gạt thiết ( HP CP1025/1215/1510/1515/1518/1525/2025/ 2020/ CM1300/1312/1415/2320/ M176/177/175/ Pro200-M251/ Enterprise 300/400/M351/M375nw/ M451/M475/ Enterprise 500 color M551/ Canon 7010/7018/7100/7110 ) </t>
   </si>
   <si>
     <t>Gạt</t>
   </si>
   <si>
     <t>Gạt nhỏ HP CF400A/ M252/ M274/ M277N (thiết)</t>
   </si>
   <si>
     <t>Gạt nhỏ Samsung 1910/ 1915/ 2855/ Xerox 3210/ 3155</t>
   </si>
   <si>
     <t>Gạt nhỏ Samsung SA1043, D1043, 1666,1660,1661, HP W1107A, HP 107A, 107W, 135A, 135W, 137FNW Gạt thiết gạt nhỏ gạt từ</t>
   </si>
   <si>
     <t>gạt thiết brother 2130 (HL2140)</t>
   </si>
   <si>
     <t>Gạt thiết Brother HL-2240/2385</t>
   </si>
   <si>
     <t>Gạt thiết Brother TN-1010, HL-1111, gạt từ</t>
   </si>
   <si>
-    <t>Gạt thiết Canon iR 2016, 2018, 2002, 2004, 2006, 2202, 2022, 2025, 2030, 2420, IR2420 - Gạt từ</t>
+    <t>Gạt thiết Canon iR 2016 2018 2002 2004 2006 2202 2204 2022 2025 2030 2420 - Gạt từ nhỏ</t>
   </si>
   <si>
     <t>Gạt thiết Pana 1530/1500</t>
   </si>
   <si>
     <t>Gạt thiết samsung 1610/1640/2010/2240</t>
   </si>
   <si>
     <t>Gạt từ HP1215 (nhỏ)</t>
   </si>
   <si>
     <t xml:space="preserve">Gạt từ W1104A/ 104A/ HP 103A/ 104A/ 1200AW/ 1000AW (Gạt thiết) ( HP Neverstop Laser 1000A/ 1000w/ MFP 1200a/ MFP 1200w ) </t>
   </si>
   <si>
     <t>NO9</t>
   </si>
   <si>
     <t>Chip</t>
   </si>
   <si>
     <t>Chip Laser Màu Canon</t>
   </si>
   <si>
-    <t xml:space="preserve">Chip Canon CRG-054/ CF500 Đen ( Canon LBP620/ 621CW/ 622CD/ 623CDW/ MF640C/ 641CW/ 642CW/ 643CDW/ 644CDW/ 645CXHP/ M254DN/ 254DW/ MFP M280NW/ 281CDW/ 281FDN/ 281FDW ) </t>
+    <t xml:space="preserve">Chip 206A HP Pro M255NW MFP M282nw M283fdn ( Đen W2110A - 1.35k ) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chip 206A HP Pro M255NW MFP M282nw M283fdn ( Xanh W2111A - 1.25k ) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chip 207A HP M255DW M255NW M282nw M283fdn ( Đỏ W2213A ) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chip 207A HP M255DW M255NW M282nw M283fdn ( Xanh W2211A ) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chip 207A HP M255DW M255NW M282nw M283fdn ( Vàng W2212A ) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chip 207A HP M255DW M255NW M282nw M283fdn ( Đen W2210A ) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chip Canon CRG-054 CF502 VÀNG ( Canon LBP620/ 621CW/ 622CD/ 623CDW/ MF640C/ 641CW/ 642CW/ 643CDW/ 644CDW/ 645CXHP/ M254DN/ 254DW/ MFP M280NW/ 281CDW/ 281FDN/ 281FDW ) </t>
   </si>
   <si>
     <t>Con</t>
   </si>
   <si>
-    <t xml:space="preserve">Chip Canon CRG-054/ CF501 Xanh ( Canon LBP620/ 621CW/ 622CD/ 623CDW/ MF640C/ 641CW/ 642CW/ 643CDW/ 644CDW/ 645CXHP/ M254DN/ 254DW/ MFP M280NW/ 281CDW/ 281FDN/ 281FDW ) </t>
-[...17 lines deleted...]
-    <t>Chip hộp mực máy in CRG045 Y (Canon 611/ 612/ 613/ 631/ 632/ 633/ 634/ 635 )</t>
+    <t xml:space="preserve">Chip Canon CRG-054 CF503 ĐỎ ( Canon LBP620/ 621CW/ 622CD/ 623CDW/ MF640C/ 641CW/ 642CW/ 643CDW/ 644CDW/ 645CXHP/ M254DN/ 254DW/ MFP M280NW/ 281CDW/ 281FDN/ 281FDW ) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chip Canon CRG-054/ CF500 ĐEN ( Canon LBP620/ 621CW/ 622CD/ 623CDW/ MF640C/ 641CW/ 642CW/ 643CDW/ 644CDW/ 645CXHP/ M254DN/ 254DW/ MFP M280NW/ 281CDW/ 281FDN/ 281FDW ) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chip Canon CRG-054/ CF501 XANH ( Canon LBP620/ 621CW/ 622CD/ 623CDW/ MF640C/ 641CW/ 642CW/ 643CDW/ 644CDW/ 645CXHP/ M254DN/ 254DW/ MFP M280NW/ 281CDW/ 281FDN/ 281FDW ) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chip Canon CRG-067 1.35k ( Xanh - i-Sensys MF651cw 655cdw 657cdw Satera MF656cdw 654cdw ) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chip Canon CRG-067 1.35k ( Đen - i-Sensys MF651cw 655cdw 657cdw Satera MF656cdw 654cdw ) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chip Canon CRG-067 1.35k ( Vàng - i-Sensys MF651cw 655cdw 657cdw Satera MF656cdw 654cdw ) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chip Canon CRG-067 1.35k ( Đỏ - i-Sensys MF651cw 655cdw 657cdw Satera MF656cdw 654cdw ) </t>
+  </si>
+  <si>
+    <t>Chip CB540A ĐEN - HP 1215 1300 1312 1515 1518 Canon 5050 8050</t>
+  </si>
+  <si>
+    <t>Chip CB541A XANH - HP 1215 1300 1312 1515 1518 Canon 5050 8050</t>
+  </si>
+  <si>
+    <t>Chip CB542A VÀNG - HP 1215 1300 1312 1515 1518 Canon 5050 8050</t>
+  </si>
+  <si>
+    <t>Chip CB543A ĐỎ - HP 1215 1300 1312 1515 1518 Canon 5050 8050</t>
+  </si>
+  <si>
+    <t>Chip CE314A (HP Pro M176/M177) (Chip Drum)</t>
+  </si>
+  <si>
+    <t>Chip CF350A CE310A 1.3K ĐEN - HP 126A 130A M175 M176 M177 M275 CP1025 Canon 329 7018C 7010C</t>
+  </si>
+  <si>
+    <t>Chip CF351 XANH - HP 130A M153 M176 M177</t>
+  </si>
+  <si>
+    <t>Chip CF351A CE311A XANH - HP 126A 130A M175 M176 M177 M275 CP1025 Canon 329 7018C 7010C</t>
+  </si>
+  <si>
+    <t>Chip CF352A CE312A VÀNG - HP 126A 130A M175 M176 M177 M275 CP1025 Canon 329 7018C 7010C</t>
+  </si>
+  <si>
+    <t>Chip CF353A CE313A ĐỎ - HP 126A 130A M175 M176 M177 M275 CP1025 Canon 329 7018C 7010C</t>
+  </si>
+  <si>
+    <t>Chip CF400A BK (M252/ M274/ M277n/ CF201A)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chip hộp mực 119A HP Color Laser 150A, 150NW, 178NW, 178NWG, 179fnw, 179FWG ( Đen - W2090A ) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chip hộp mực 119A HP Color Laser 150A, 150NW, 178NW, 178NWG, 179fnw, 179FWG ( Xanh - W2091A ) </t>
+  </si>
+  <si>
+    <t>Chip hộp mực máy in CE320A BK (HP 1525)</t>
+  </si>
+  <si>
+    <t>Chip hộp mực máy in CE321A C (HP 1525)</t>
+  </si>
+  <si>
+    <t>Chip hộp mực máy in CE322A Y (HP 1525)</t>
+  </si>
+  <si>
+    <t>Chip hộp mực máy in CE323A M (HP 1525)</t>
+  </si>
+  <si>
+    <t>Chip hộp mực máy in CE410A BK (HP 400/300)</t>
+  </si>
+  <si>
+    <t>Chip hộp mực máy in CE411A C (HP 400/300)</t>
+  </si>
+  <si>
+    <t>Chip hộp mực máy in CE412A Y (HP 400/300)</t>
+  </si>
+  <si>
+    <t>Chip hộp mực máy in CE413A M (HP 400/300)</t>
+  </si>
+  <si>
+    <t>Chip hộp mực máy in CF210A BK (HP Pro200/M251/M276NW)</t>
+  </si>
+  <si>
+    <t>Chip hộp mực máy in CF211A C (HP Pro200/M251/M276NW)</t>
+  </si>
+  <si>
+    <t>Chip hộp mực máy in CF212A Y (HP Pro200/M251/M276NW)</t>
+  </si>
+  <si>
+    <t>Chip hộp mực máy in CF213A M (HP Pro200/M251/M276NW)</t>
+  </si>
+  <si>
+    <t>Chip hộp mực máy in CF401A C (M252/ M274/ M277n/ CF201A)</t>
+  </si>
+  <si>
+    <t>Chip hộp mực máy in CF402A Y (M252/ M274/ M277n/ CF201A)</t>
+  </si>
+  <si>
+    <t>Chip hộp mực máy in CF403A M (M252/ M274/ M277n/ CF201A)</t>
+  </si>
+  <si>
+    <t>Chip hộp mực máy in CRG-045 VÀNG Canon 611 612 613 631 632 633 634 635</t>
+  </si>
+  <si>
+    <t>Chip hộp mực máy in CRG-045 XANH Canon 611 612 613 631 632 633 634 635</t>
+  </si>
+  <si>
+    <t>Chip hộp mực máy in CRG-045 ĐEN Canon 611 612 613 631 632 633 634 635</t>
+  </si>
+  <si>
+    <t>Chip hộp mực máy in CRG-045 ĐỎ Canon 611 612 613 631 632 633 634 635</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chip Hộp mực máy in HP 204A (M154A/ M180N/ M181F) ( CF510A BK ) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chip Hộp mực máy in HP 204A (M154A/ M180N/ M181F) ( CF511A C ) </t>
+  </si>
+  <si>
+    <t>Chip Hộp mực máy in laser HP2600 BK</t>
+  </si>
+  <si>
+    <t>Chip Hộp mực máy in laser HP2600 C</t>
+  </si>
+  <si>
+    <t>Chip Hộp mực máy in laser HP2600 M</t>
+  </si>
+  <si>
+    <t>Chip Hộp mực máy in laser HP2600 Y</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chip Hp Color Enterprise M552dn/ M553/ M577 ( Đen-CF360A ) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chip Hp Color Enterprise M552dn/ M553/ M577 ( Xanh-CF361A ) </t>
+  </si>
+  <si>
+    <t>Chip máy in A3/ CZ192A/ 93A/ HP M701A/ M701N/ M706N/ M435NW</t>
   </si>
   <si>
     <t>Chip Laser Màu Hp</t>
   </si>
   <si>
-    <t xml:space="preserve">Chip 206A HP Pro M255NW MFP M282nw M283fdn ( Đen W2110A - 1.35k ) </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Chip 206A HP Pro M255NW MFP M282nw M283fdn ( Vàng W2112A - 1.25k ) </t>
   </si>
   <si>
     <t xml:space="preserve">Chip 206A HP Pro M255NW MFP M282nw M283fdn ( Đỏ W2113A - 1.25k ) </t>
   </si>
   <si>
-    <t>Chip CB540A BK (HP 1215/ 1300/ 1312/ 1515/ 1518/ Canon 5050/ 8050)</t>
-[...25 lines deleted...]
-  <si>
     <t xml:space="preserve">Chip hộp mực 119A HP Color Laser 150A, 150NW, 178NW, 178NWG, 179fnw, 179FWG ( Vàng - W2092A ) </t>
   </si>
   <si>
     <t xml:space="preserve">Chip hộp mực 119A HP Color Laser 150A, 150NW, 178NW, 178NWG, 179fnw, 179FWG ( Đỏ - W2093A ) </t>
   </si>
   <si>
-    <t>Chip hộp mực máy in CE320A BK (HP 1525)</t>
-[...64 lines deleted...]
-  <si>
     <t xml:space="preserve">Chip Hộp mực máy in HP 204A (M154A/ M180N/ M181F) ( CF512A Y ) </t>
   </si>
   <si>
     <t xml:space="preserve">Chip Hộp mực máy in HP 204A (M154A/ M180N/ M181F) ( CF513A M ) </t>
   </si>
   <si>
-    <t>Chip Hộp mực máy in laser HP2600 BK</t>
-[...16 lines deleted...]
-  <si>
     <t xml:space="preserve">Chip Hp Color Enterprise M552dn/ M553/ M577 ( Vàng-CF362A ) </t>
   </si>
   <si>
     <t xml:space="preserve">Chip Hp Color Enterprise M552dn/ M553/ M577 ( Đỏ-CF363A ) </t>
   </si>
   <si>
-    <t>Chip máy in A3/ CZ192A/ 93A/ HP M701A/ M701N/ M706N/ M435NW</t>
-[...1 lines deleted...]
-  <si>
     <t>Chip Máy In Brother - Panasonic</t>
   </si>
   <si>
     <t xml:space="preserve">Chip Brother TN-269, HL-L3240CDW, L3280CDW, L3560CDW, L3760CDW, L8340CDW ( ĐEN ) </t>
   </si>
   <si>
     <t xml:space="preserve">Chip Brother TN-269, HL-L3240CDW, L3280CDW, L3560CDW, L3760CDW, L8340CDW ( XANH ) </t>
   </si>
   <si>
     <t xml:space="preserve">Chip Brother TN-269, HL-L3240CDW, L3280CDW, L3560CDW, L3760CDW, L8340CDW ( VÀNG ) </t>
   </si>
   <si>
     <t xml:space="preserve">Chip Brother TN-269, HL-L3240CDW, L3280CDW, L3560CDW, L3760CDW, L8340CDW ( Đỏ ) </t>
   </si>
   <si>
     <t>Chip hộp mực máy in Lexmark E220</t>
   </si>
   <si>
     <t>con</t>
   </si>
   <si>
     <t>Chip panasonic 410 (KX-FAC 1500/ 1508/ 1528/ 1530/ 1538/ 408CN/ 3018/ 3028)</t>
   </si>
   <si>
     <t>Chip Máy In Phun</t>
@@ -2131,185 +2164,197 @@
   <si>
     <t>Chip Epson V6.51 dùng cho WorkForce WF-7510</t>
   </si>
   <si>
     <t>Chip epson XP200</t>
   </si>
   <si>
     <t>Chip mực máy in Epson 821R dùng cho T50/1430w</t>
   </si>
   <si>
     <t>Chip mực máy in liên tục Epson 851NR dùng cho Epsson T60 1390</t>
   </si>
   <si>
     <t>Chip mực máy in phun Epson R230</t>
   </si>
   <si>
     <t xml:space="preserve">Hộp đựng mực thải Epson C9345 PXMB9 9350 kích reset chip thải Epson ( L8050 L8058 L18058 L6570 L6578 L6558 L151188 ET-5800 ET-5850 ET-5880 ET-16600 ET-16650 L15150 L15158 L15160 L15168 L8168 L8188 WF-7820 WF-7830 WF-7840 WF-7845 WF-7310 ST-C7000 ST-C8000 ) </t>
   </si>
   <si>
     <t xml:space="preserve">Hộp đựng mực thải Epson T04D1 kích reset chip thải Epson ( Epson L4160 L4260 L6260 L6270 L6290 L14150 L6490 L6460 L6160 L6190 ET-2700 ET-2750 ET-3700 ET-3750 ET-3850 ET-4750 ET-4850 ET-5150 ET-5170 ET-15000 ET-M1140 ET-M1170 ET-M1180 ET-M2120 ET-M2140 ET-M2170 ET-M3140 ET-M3170 ET-M3180 WF-2860 WF-2865 WF-2880 WF-2885 XP-5100 XP-5105 XP-5150 XP-5155​ ) </t>
   </si>
   <si>
     <t>Chip Máy In Ricoh</t>
   </si>
   <si>
-    <t>Chip hộp mực máy in Ricoh SP150/ 150SU/ 150W/ 150SUW</t>
+    <t>Chip hộp mực máy in Ricoh SP 150 150SU 150W 150SUW</t>
   </si>
   <si>
     <t>Chip mực Ricoh SP200, SP201, SP202, SP203, SP204, SP210, SP212, SP213, SP211, SP220</t>
   </si>
   <si>
     <t>Chip Ricoh 3400/3410/3510</t>
   </si>
   <si>
     <t>Chip Ricoh SP100 (SP101S)</t>
   </si>
   <si>
     <t>Chip Máy In Samsung</t>
   </si>
   <si>
     <t xml:space="preserve">Chip Drum Samsung MLT-D116 - 116 ( dùng chung Samsung M2825/2626/2675/2676/2625/2826/2875/2876 ) </t>
   </si>
   <si>
     <t>Chip hộp mực máy in samsung 4200</t>
   </si>
   <si>
     <t>Chip hộp mực máy in Samsung MLT-D101S/ML 2160/2161/SCX-3401</t>
   </si>
   <si>
     <t>Chip hộp mực máy in Samsung MLT-D1043S/1660/1665/1670/1675/1860/1865/1865W/SCX-3200/3205/3205W</t>
   </si>
   <si>
     <t>Chip hộp mực máy in Samsung SCX 4600/4623F</t>
   </si>
   <si>
     <t>Chip Samsung D111 ML-2020/2070</t>
   </si>
   <si>
     <t>Chip Máy In Trắng Đen Hp - Canon</t>
   </si>
   <si>
     <t>Chip 13A</t>
   </si>
   <si>
+    <t>Chip 16A Q7516A Q7570A 70A 12K HP LaserJet 5200 5200n 5200tn 5200dtn</t>
+  </si>
+  <si>
     <t>Chip 48A</t>
   </si>
   <si>
     <t>Chip 49A - 53A</t>
   </si>
   <si>
     <t>Chip 78A</t>
   </si>
   <si>
     <t>Chip 80A</t>
   </si>
   <si>
     <t>Chip 83A</t>
   </si>
   <si>
     <t>Chip 85A</t>
   </si>
   <si>
     <t>Chip canon 333</t>
   </si>
   <si>
     <t xml:space="preserve">Chip Canon CRG-057, MF442, LBP223 chip mới đếm trang ( dùng cho máy Canon LBP223dw, LBP226dw, imageCLASS MF442, MF443d, MF445, MF446, 447, MF449, MF543, LBP221, LBP222, LBP223, LBP224, LBP225, LBP226, LBP227, LBP228, LBP233dw, LBP236dw ) </t>
   </si>
   <si>
+    <t>CHIP CRG071 Canon LBP120, 122DW, 121dn, 270, 272dw, 273dw, 275dw, 274dn, 272dn, MF 271dn</t>
+  </si>
+  <si>
     <t xml:space="preserve">Chip Drum W1104A/ 104A/ HP 103A/ 104A/ 1200AW/ 1000AW ( HP Neverstop Laser 1000A/ 1000w/ MFP 1200a/ MFP 1200w ) </t>
   </si>
   <si>
     <t>Chip hộp mực 107a sử dụng cho máy HP 107A/ HP 107a/ 107w/ 135a/ 135w</t>
   </si>
   <si>
     <t xml:space="preserve">Chip hộp mực HP W1103A/ 103A/ HP 103A/ 104A/ 1200AW/ 1000AW ( HP Neverstop Laser 1000A/ 1000w/ MFP 1200a/ MFP 1200w ) </t>
   </si>
   <si>
     <t>Chip hộp mực máy in 17A, CF219A, HP M102, M104, M129, M130, M132</t>
   </si>
   <si>
     <t>Chip Hộp mực máy in 26a M402 (canon 052)</t>
   </si>
   <si>
     <t>Chip hộp mực máy in 35A/36A/85A/78A/05A/80A/64A/55A</t>
   </si>
   <si>
     <t>Chip hộp mực máy in A3 HP 56a CF256A HP Pro MFP M436NDA M436N</t>
   </si>
   <si>
     <t>Chip hộp mực máy in HP 76A, CF276A, HP Pro M404, MFP M428</t>
   </si>
   <si>
+    <t>Chip HP 110A W1110A W1112A 108A 108W MFP 136A 136W 136NW 138p 138pnw 138pn 138fnw</t>
+  </si>
+  <si>
     <t>Chip HP 335A, W1335A, M438, M440 - 7.4K</t>
   </si>
   <si>
     <t>Chip HP 87A, CF287A, CRG041, M501, M506, M527, MF312x, MF522x, MF525x 9k</t>
   </si>
   <si>
     <t>Chip Máy In Xerox</t>
   </si>
   <si>
     <t>Chip hộp mực máy in Xerox 3155/3160</t>
   </si>
   <si>
     <t>Chip hộp mực máy in Xerox CP105 (M, Y, C)</t>
   </si>
   <si>
     <t>Chip trống máy photo Xerox DocuCentre 156/ 186/ 1055/ 1085</t>
   </si>
   <si>
     <t>Chip xerox 3200</t>
   </si>
   <si>
     <t>Chip Xerox 3435</t>
   </si>
   <si>
     <t>Chip Máy Photo</t>
   </si>
   <si>
     <t>Chip Drum Xerox IV2060/3060</t>
   </si>
   <si>
     <t>Chip hộp mực máy photocopy Toshiba T4590U (Điện 110V)</t>
   </si>
   <si>
     <t>Chip hộp mực máy photocopy Toshiba T4590U (Điện 220V)</t>
   </si>
   <si>
     <t>Chip Sharp 5516 - 5520</t>
   </si>
   <si>
     <t>Chip Sharp MX235, AR-5618, 5620, 5623, 2008, 2308, 1808S, MX-M182, M202, M232D 16K</t>
   </si>
   <si>
     <t>Chip Toshiba 4518A/ 3018A/ 3518 - điện 220v</t>
   </si>
   <si>
     <t>Chip Toshiba E-Studio 257/ 307/ 357/ 457/ 507 - T-5070W - 36K - điện 110V dùng chung 220V</t>
   </si>
   <si>
+    <t>Chip Toshiba E-Studio DA-TBA3008 43.9K 2008A 2508A 3008 3508 4508 5008A</t>
+  </si>
+  <si>
     <t>NO10</t>
   </si>
   <si>
     <t>Phụ Kiện Máy In - Photo Khác</t>
   </si>
   <si>
     <t>Board Cao Áp</t>
   </si>
   <si>
     <t xml:space="preserve">Board cao áp HP 150NW JC44-00215B ( Cũ tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Board cao áp HP 1518 RM1-4689 ( Zin tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Board cao áp máy in brother 7360/ 7060 ( Tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Board cao áp máy in brother HL 2240D ( Tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Board cao áp máy in Brother HL-1110, 1111 ( Cũ tháo máy ) </t>
   </si>
   <si>
     <t>Board cao áp máy in Brother HL-2321D, 2361, 2366</t>
@@ -2500,51 +2545,51 @@
   <si>
     <t xml:space="preserve">Board ECU RM1-3412, RM2-8191 Canon 2900 3000 HP 1020 ( Tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Board laser 2900 HP1020 - board quang 2900 HP1020 ( Cũ tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Board ngang Duplex đảo mặt HP M402, M403, M404, M426, M427 - Main điều khiển máy in 2 mặt HP RM2-7510 ( Cũ tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Board đảo mặt máy in Canon 6230, HP 1536, 1566, 1606, RM1-7620 ( Cũ tháo máy ) </t>
   </si>
   <si>
     <t>Cáp Scan</t>
   </si>
   <si>
     <t>Sợi</t>
   </si>
   <si>
     <t xml:space="preserve">Cụm Scan Brother 7360 ( Tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Hộp quang scan Brother 7360/ 2240/ 7060/ 2130/ 2250/ 2280/ 2260 (board laser quang) ( Tháo máy ) </t>
   </si>
   <si>
-    <t xml:space="preserve">Hộp quang scan máy in 05A HP 2035 2055 Canon 251 252 253 6300 6310 6600 6650 6670 6680 ( Zin tháo máy ) </t>
+    <t xml:space="preserve">Hộp quang scan máy in 05A HP 2035 2055DN Canon 251 252 253 6300 6310 6600 6650 6670 6680 ( Zin tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Hộp quang scan máy in 78A, 83A, 337 - board laser RC3-0548 ( HP1606, 1536, Canon 151, 241, 6200, 6230, 2xx, 4xxx, 4870 - Cũ tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Hộp quang scan máy in brother HL-1110, HL-1111, TN-1010 - board laser ( Cũ tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Hộp quang scan máy in Brother TN-2385, 2321D, 2361, 2366, 2520, 2701 - Board laser ( Cũ tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Hộp quang scan máy in HP 107A, 107W, 135A, 137FNW, JC97-03775B, SH-0618B, SJ-0618B - Board laser ( Cũ tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Hộp quang scan máy in HP 150A, 150NW, 178NW, 178NWG, 179fnw, 179FWG - Board laser ( Cũ tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Hộp quang scan máy in HP 1518 RM1-4766 RM1-4756 ( Zin tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Hộp quang scan máy in HP 56A CF256A HP Pro MFP M436NDA M436N ( Zin tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Hộp quang scan RC1-1936, HP 1010, 1018 - Board laser ( Cũ tháo máy ) </t>
   </si>
@@ -2620,50 +2665,53 @@
   <si>
     <t xml:space="preserve">Board nguồn máy in HP 3005/3005D/3005N/3005DN(RM1-4038) ( Tháo máy ) </t>
   </si>
   <si>
     <t>Board nguồn máy in phun Epson L3110</t>
   </si>
   <si>
     <t xml:space="preserve">Board nguồn sơ cấp HP 1518 RM1-7083 ( Zin tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Board nguồn thứ cấp HP 1518 ( Zin tháo máy ) </t>
   </si>
   <si>
     <t>Main nguồn HP 1010</t>
   </si>
   <si>
     <t>Main nguồn máy in Hp 1536</t>
   </si>
   <si>
     <t>Board Nút Điều Khiển - Panel</t>
   </si>
   <si>
     <t>Board điều khiển máy in brother 2240D</t>
   </si>
   <si>
+    <t xml:space="preserve">Cụm công tắc cửa HP 2055DN ( Cũ tháo máy ) </t>
+  </si>
+  <si>
     <t xml:space="preserve">Main Panel Canon MF4750 MF4770N MF4870DN FM0-4124 FM0-4122 (main điều khiển) ( Tháo máy ) </t>
   </si>
   <si>
     <t>Dụng Cụ Nạp Mực</t>
   </si>
   <si>
     <t>Bóng xịt nạp mực</t>
   </si>
   <si>
     <t>Nắp đổ mực máy in - nắp nạp mực máy in</t>
   </si>
   <si>
     <t>Linh Kiện Máy In - Photo Khác Linh Tinh</t>
   </si>
   <si>
     <t>Bộ hệ thống in liên tục 6 màu</t>
   </si>
   <si>
     <t xml:space="preserve">Bộ Panel điều khiển Hp 1536DNF ( Cũ tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Bộ đế nhận chip mực HP 1102W ( Zin cũ tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Board formatter HP 1518 CE482-60001 - main PBA bo for điều khiển ( Zin tháo máy ) </t>
@@ -2737,459 +2785,558 @@
   <si>
     <t xml:space="preserve">Mô tơ - Motor chính HP 150NW ( Cũ tháo máy ) </t>
   </si>
   <si>
     <t>Mút dán máng mực hopper Ricoh AF2060</t>
   </si>
   <si>
     <t>Nước ngâm rửa đầu phun mực dầu Pigment 1 lít</t>
   </si>
   <si>
     <t>Nước ngâm rửa đầu phun mực dầu Pigment 100ml</t>
   </si>
   <si>
     <t>Nước ngâm rửa đầu phun mực nước dye 1 lít</t>
   </si>
   <si>
     <t>Nước ngâm rửa đầu phun mực nước dye 100ml</t>
   </si>
   <si>
     <t xml:space="preserve">Panel LCD màn hình cảm ứng Ricoh MP6055 ( Cũ tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Panel LCD màn hình HP 1518 ( Zin tháo máy ) </t>
   </si>
   <si>
+    <t xml:space="preserve">Quạt HP 2055DN RK2-2728 ( Cũ tháo máy ) </t>
+  </si>
+  <si>
     <t xml:space="preserve">Đầu kim máy in Epson LQ310 ( Mới ) </t>
   </si>
   <si>
     <t xml:space="preserve">Đầu kim máy in Epson LQ310 ( ZIN ) </t>
   </si>
   <si>
-    <t>Đầu phun Epson L805</t>
+    <t xml:space="preserve">Đầu phun Epson L805 ( Không bảo hành ) </t>
   </si>
   <si>
     <t>Mô Tơ Máy In - Máy Photo</t>
   </si>
   <si>
     <t xml:space="preserve">Cụm motor chính và nhông máy photocopy ricoh M301SPF - cụm mô tơ ( Tháo máy ) </t>
   </si>
   <si>
     <t>Mô tơ - Motor Brother 1210</t>
   </si>
   <si>
     <t xml:space="preserve">Mô tơ - Motor Brother HL-1110, 1111 ( Cũ tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mô tơ - Motor chính Brother 2321D, 2361, 2366, 2520, 2701 ( Cũ tháo máy ) </t>
   </si>
   <si>
     <t>Mô tơ - Motor chính ricoh 301</t>
   </si>
   <si>
+    <t xml:space="preserve">Mô tơ - Motor cơ HP 1102 ( Cũ tháo máy ) </t>
+  </si>
+  <si>
     <t xml:space="preserve">Mô tơ - Motor cơ HP 1102W ( Cũ tháo máy ) </t>
   </si>
   <si>
+    <t xml:space="preserve">Mô tơ - Motor cơ HP 6030 ( Cũ tháo máy ) </t>
+  </si>
+  <si>
     <t xml:space="preserve">Mô tơ - Motor RK2-0419, Canon 3300, HP 1160 1320 3390 ( Cũ tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mô tơ - Motor RK2-1567, HP 2015, 2014 ( Cũ tháo máy ) </t>
   </si>
   <si>
-    <t xml:space="preserve">Mô tơ - Motor RM1-6378, HP 2035, 2055 ( Cũ tháo máy ) </t>
+    <t xml:space="preserve">Mô tơ - Motor RM1-6378 HP 2035 2055DN ( Cũ tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Mô tơ - Motor đảo mặt HP M402, M403, M426, M427 RM2-8514 ( Cũ tháo máy ) </t>
   </si>
   <si>
     <t>Mô tơ - Motor đầu phun Epson T50/ T60/ L800/ L805</t>
   </si>
   <si>
     <t>Nhông - Bánh Răng - Đầu Kim - Đầu Phun</t>
   </si>
   <si>
+    <t xml:space="preserve">Bạc trục bánh xe giấy ra trong cụm exit 05A 80A ( HP LaserJet P2035 P2055DN M401 MFP M425 Canon LBP 6300 6310 6650 6670 6680 251 252 253 MF5840 5870 5880 5940 5980 416 6180 ) </t>
+  </si>
+  <si>
     <t xml:space="preserve">Bộ Nhông Brother B022 B027 HL-B2000, B2050, B2100, B2082, MFC-B7700, B7720, B7500, B7530, B7715, DCP-B7640, B7810, B7620, B2180, B7535 ( MỚI ) </t>
   </si>
   <si>
     <t>Bộ nhông trung gian 55A, HP P3015/ MFP M521, M525, Canon LBP 6750, 6780/ MF515</t>
   </si>
   <si>
     <t>Bộ nhông trung gian 80A, HP 400, 401, 425 nhông truyền sấy</t>
   </si>
   <si>
     <t>Cụm Bơm Hút Mực Epson L1110 - L1210 - L3110 - L3150 - L3250</t>
   </si>
   <si>
     <t xml:space="preserve">Cụm nhông cơ HP 1102W ( Tháo máy ) </t>
   </si>
   <si>
     <t>Nhông Aficio 1022/1027/2022 (nhông lưỡi gà cụm từ)</t>
   </si>
   <si>
     <t>Nhông cụm từ máy photocopy ricoh AF1015-2015</t>
   </si>
   <si>
     <t>Nhông cụm từ máy photocopy ricoh MP 301/171/201</t>
   </si>
   <si>
     <t xml:space="preserve">Nhông mô tơ chính Ricoh MP301 (4 nhông) ( Mới ) </t>
   </si>
   <si>
     <t xml:space="preserve">Nhông mô tơ chính Ricoh MP301 ký hiệu 1C ( Mới ) </t>
   </si>
   <si>
     <t xml:space="preserve">Nhông mô tơ chính Ricoh MP301 ký hiệu 2A ( Mới ) </t>
   </si>
   <si>
     <t xml:space="preserve">Nhông mô tơ chính Ricoh MP301 ký hiệu 2B ( Mới ) </t>
   </si>
   <si>
     <t xml:space="preserve">Nhông mô tơ chính Ricoh MP301 ký hiệu 2D ( Mới ) </t>
   </si>
   <si>
     <t xml:space="preserve">Nhông trục ép 12A HP 1010 1012 1015 1018 1020 3015 M1005 Canon 2900 3000 ( MỚI ) </t>
   </si>
   <si>
     <t xml:space="preserve">Nhông trục ép 26A HP 402 404 426 427 428 ( MỚI ) </t>
   </si>
   <si>
     <t>Nhông trục ép 78A 83A - nhông sấy RU7-0139</t>
   </si>
   <si>
-    <t>Nhông truyền sấy (Nhông trung gian 36A/ 78A/ 83A/ 337 (nhông xéo))</t>
+    <t>Nhông truyền sấy - nhông trung gian 05A HP 2055</t>
   </si>
   <si>
     <t>Nhông truyền sấy - Nhông trung gian 35A, 85A, 325, 312, 1008, 1102 - nhông thẳng</t>
   </si>
   <si>
+    <t xml:space="preserve">Nhông truyền sấy - nhông trung gian 36A 78A nhông xéo ( HP P1505 M1120 M1522 3250 1536 1566 1606 Canon LBP 6200 6230 MF4410 4412 4420 4430 4450 4452 4550 4570 4570 4580 4770 4880 4890 D520 D530 D550 FAX-L150 FAX-L170 HP 201 202 MF 225 226 Canon 151 MF211 212 215 216 217 221 224 226 227 229 231 232 235 236 237 241 242 244 245 246 247 249 ) </t>
+  </si>
+  <si>
+    <t>Nhông truyền sấy - nhông trung gian 83A HP 125 126 127 225</t>
+  </si>
+  <si>
     <t>Nhông truyền sấy, nhông trung gian 12A, nhông thẳng MỚI</t>
   </si>
   <si>
     <t xml:space="preserve">Nhông đảo mặt 49A/ 53A Canon 3300 ( CŨ ) </t>
   </si>
   <si>
     <t>Thước cơ đầu phun Canon G2010 - thước dây đầu phun QC3-3935 K-01</t>
   </si>
   <si>
     <t xml:space="preserve">Đầu kim máy in Epson LQ2090 / LQ590 ( Zin tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Đầu kim máy in Epson LQ2090 / LQ590 ( Mới 100% ) </t>
   </si>
   <si>
     <t xml:space="preserve">Đầu kim máy in Epson LQ590II ( Epson-1600K3H, 590K2, 680II, 690K, 680KII, 590K - Mới ) </t>
   </si>
   <si>
     <t xml:space="preserve">Đầu kim máy in Epson LQ590II ( Epson-1600K3H, 590K2, 680II, 690K, 680KII, 590K - CŨ ) </t>
   </si>
   <si>
     <t xml:space="preserve">Đầu Phun Canon CH-7 xanh vàng đỏ ( Không bảo hành ) </t>
   </si>
   <si>
     <t>Phụ Kiện Máy In Nhiệt Máy In Mã Vạch Máy In Tem Bill</t>
   </si>
   <si>
     <t>Cụm đầu nhiệt máy in bill máy in nhiệt khổ K80</t>
   </si>
   <si>
     <t>Vỏ Nhựa Máy In</t>
   </si>
   <si>
-    <t>Bản lề Canon đa năng</t>
-[...2 lines deleted...]
-    <t>Bản lề chống khay ADF Canon MF229 249 8085.8030</t>
+    <t>Bản lề chống khay ADF Canon MF215 216 223 226 232 236 243 244 246 247</t>
+  </si>
+  <si>
+    <t>Bản lề chống khay ADF Canon MF229 249 269 8085 8030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bản lề chống đa năng HP 78A Canon 337 ( Canon MF211 212 215 216 217 221 224 226 227 229 231 232 235 236 237 241 242 244 245 246 247 249 MF4410 4412 4420 4430 4450 4452 4550 4570 4570 4580 4770 4880 4890 ) </t>
   </si>
   <si>
     <t xml:space="preserve">Bộ Cò Nhận Mực 12A ( Tháo máy ) </t>
   </si>
   <si>
+    <t xml:space="preserve">Bộ sườn lưng cụm cơ bánh đào bánh xe kéo giấy Canon 6030 ( Cũ tháo máy ) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bộ sườn lưng cụm cơ bánh đào bánh xe kéo giấy HP 1102 ( Cũ tháo máy ) </t>
+  </si>
+  <si>
     <t xml:space="preserve">Bộ tách giấy Khay 2 16A/ HP 5200/ Canon 3500/ Canon 8780x ( Tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Bộ vỏ máy in HP 107A ( Hàng zin hãng ) </t>
   </si>
   <si>
     <t xml:space="preserve">Cặp tai sấy 12A/ 35A/ 85A/ Canon 2900/ HP1005 (cò sấy) ( Mới 100% ) </t>
   </si>
   <si>
     <t xml:space="preserve">Chốt cửa sau HP 1518 ( Zin tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Cụm Cơ HP 1518 RM1-4804 ( Zin tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Cụm ra giấy Exit Brother 2385, 2321, 2361, 2366, 2520, 2701 ( Cũ tháo máy ) </t>
   </si>
   <si>
-    <t>Cụm ra giấy máy in HP 2035/2055</t>
+    <t>Cụm ra giấy máy in HP 2035 2055DN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cụm sườn giữa HP 2055DN ( Cũ tháo máy ) </t>
   </si>
   <si>
     <t>Khay cố định giấy HP 1020 Canon 2900 - bộ khay chặn giấy khép giấy định vị giấy vào</t>
   </si>
   <si>
     <t xml:space="preserve">Khay giấy Brother 2321d, 2361, 2366 ( Cũ tháo máy ) </t>
   </si>
   <si>
     <t>Khay giấy Brother 2701D, 2701DW, 2520D</t>
   </si>
   <si>
     <t xml:space="preserve">Khay giấy Brother 7360/ 7060 ( Tháo máy ) </t>
   </si>
   <si>
     <t>Khay giấy Canon 6200</t>
   </si>
   <si>
     <t xml:space="preserve">khay giấy HP 1518 ( Zin tháo máy ) </t>
   </si>
   <si>
     <t>Khay giấy HP 2035</t>
   </si>
   <si>
-    <t xml:space="preserve">Khay giấy vào HP 150A, 150NW ( Cũ tháo máy ) </t>
+    <t xml:space="preserve">Khay giấy vào HP 150A 150NW 178NW ( Cũ tháo máy ) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Khay giấy vào HP 2055DN ( Cũ tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Khay nâng giấy Canon 2900 HP 1020 ( Zin tháo máy ) </t>
   </si>
   <si>
     <t>Khay nắp đỡ giấy vô HP 1006/ M12A</t>
   </si>
   <si>
     <t xml:space="preserve">Khay đảo mặt Brother HL 2321, 2361, 2366, 2520, 2701 ( Cũ tháo máy ) </t>
   </si>
   <si>
+    <t xml:space="preserve">Khay đảo mặt HP 2055DN ( Cũ tháo máy ) </t>
+  </si>
+  <si>
     <t>Khay để giấy máy in HP 402</t>
   </si>
   <si>
-    <t>Khay đỡ giấy ra Canon 6030/ 6030W</t>
+    <t>Khay đỡ giấy ra Canon 6030 6030W</t>
   </si>
   <si>
     <t>Khay đỡ giấy ra HP 1005 1102 - nắp đỡ giấy ra</t>
   </si>
   <si>
     <t>Khay đỡ giấy ra HP 1006 M12A - nắp đỡ giấy ra</t>
   </si>
   <si>
     <t>Khay đỡ giấy ra HP 1020, 1010, 1015, 1018, nắp đỡ giấy</t>
   </si>
   <si>
     <t>Khay đỡ giấy ra Hp 1212/1132</t>
   </si>
   <si>
     <t>Khay đỡ giấy vào 2900</t>
   </si>
   <si>
-    <t>Khay đỡ giấy vào Canon 6000/6030</t>
+    <t>Khay đỡ giấy vào Canon 6000 6030</t>
   </si>
   <si>
     <t xml:space="preserve">Khay đỡ giấy vào Epson L3110 ( Cũ tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Khay đỡ giấy vào HP 125A, 127FN, 177FW, 176N ( Mới 100% ) </t>
   </si>
   <si>
     <t xml:space="preserve">Khung sườn HP 1518 ( Zin tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Lược đảo mặt Brother 2321, 2361, 2366, 2520, 2701 ( Cũ tháo máy ) </t>
   </si>
   <si>
-    <t xml:space="preserve">Miếng dẫn mực Mass sườn Trái &amp; Phải HP 1020/ 1005/ Canon 2900 ( Tháo máy ) </t>
-[...4 lines deleted...]
-  <si>
     <t>Miếng thép bảo vệ đầu kim</t>
   </si>
   <si>
     <t xml:space="preserve">Nắp bánh xe cụm sấy 12A ( Tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Nắp bánh xe cụm sấy 85A/ HP 1102 ( Tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Nắp cửa mực + ốp sấy HP 1005 ( Mới 100% ) </t>
   </si>
   <si>
-    <t>Nắp cửa mực HP 2055</t>
+    <t>Nắp cửa mực HP 2055DN</t>
   </si>
   <si>
     <t xml:space="preserve">Nắp dỡ cửa mực HP 1020/ 1018 ( Mới 100% ) </t>
   </si>
   <si>
     <t>Nắp lưng canon 2900</t>
   </si>
   <si>
     <t xml:space="preserve">Nắp lưng Canon 3300 ( CŨ ) </t>
   </si>
   <si>
     <t>Nắp mặt trước canon 2900</t>
   </si>
   <si>
     <t xml:space="preserve">Nắp mặt trước HP 1020 ( Mới 100% ) </t>
   </si>
   <si>
     <t xml:space="preserve">Nắp mặt trước HP 150NW ( Cũ tháo máy ) </t>
   </si>
   <si>
     <t>Nắp mica đỡ giấy ra máy in laser Canon LBP 2900</t>
   </si>
   <si>
     <t>Nắp ốp sấy + nắp dỡ cửa mực Canon 2900</t>
   </si>
   <si>
     <t xml:space="preserve">Nắp ốp sấy máy in hp 1020, 1018 ( Mới ) </t>
   </si>
   <si>
     <t xml:space="preserve">Nắp trước cửa mực Brother 2321, 2361, 2366 ( Cũ tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Nắp đỡ giấy vô HP 1020, khay đỡ giấy vào ( Mới 100% ) </t>
   </si>
   <si>
     <t>Nguyên bộ vỏ canon 2900</t>
   </si>
   <si>
     <t xml:space="preserve">Nguyên bộ vỏ nhựa HP 1020 ( Mới 100% ) </t>
   </si>
   <si>
-    <t>Nút nguồn HP 2055</t>
+    <t>Nút nguồn HP 2055DN</t>
   </si>
   <si>
     <t xml:space="preserve">Ốp Duplex Canon 4150 (FC7-3558) ( CŨ ) </t>
   </si>
   <si>
+    <t xml:space="preserve">Role tách giấy Canon 6030 ( Cũ tháo máy ) </t>
+  </si>
+  <si>
     <t xml:space="preserve">Sườn lưng Canon 2900 HP 1020 ( Zin tháo máy ) </t>
   </si>
   <si>
+    <t xml:space="preserve">Vỏ cần gạt ngàm nhận chip Canon 6030 ( Cũ tháo máy ) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vỏ cần gạt ngàm nhận chip HP 1102 ( Cũ tháo máy ) </t>
+  </si>
+  <si>
     <t xml:space="preserve">Vỏ cần gạt ngàm nhận chip HP 1102W ( Tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Vỏ cụm khay cố định giấy HP 1102W - bộ khay chặn giấy khép giấy định vị giấy vào ( Tháo máy ) </t>
   </si>
   <si>
     <t>Vỏ hông board formatter canon 2900</t>
   </si>
   <si>
     <t xml:space="preserve">Vỏ hông board nguồn Brother 2321D, 2361, 2366 ( Cũ tháo máy ) </t>
   </si>
   <si>
     <t>Vỏ hông board nguồn canon 2900</t>
   </si>
   <si>
     <t xml:space="preserve">Vỏ hông board nguồn và board formatter bên trái HP 1102W ( Tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Vỏ hông cơ bên phải HP 1102W ( Tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Vỏ hông phải HP 150A, 150NW ( Cũ tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Vỏ hông trái HP 150A, 150NW ( Cũ tháo máy ) </t>
   </si>
   <si>
+    <t xml:space="preserve">Vỏ Khay nâng giấy vào Canon 6030 ( Cũ tháo máy ) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vỏ Khay nâng giấy vào HP 1102 ( Cũ tháo máy ) </t>
+  </si>
+  <si>
     <t>Vỏ khay đỡ giấy ra HP 1102W - nắp đỡ giấy ra</t>
   </si>
   <si>
     <t xml:space="preserve">Vỏ khay đựng bộ mực HP 1518 ( Zin tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Vỏ máy in Brother HL-1110, 1111 ( Cũ tháo máy ) </t>
   </si>
   <si>
+    <t>Vỏ miếng ngàm dẫn mực mass sườn 12A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vỏ miếng ngàm dẫn mực mass sườn trái phải Canon 6030 ( Cũ tháo máy ) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vỏ miếng ngàm dẫn mực mass sườn trái phải HP 1020 1005 Canon 2900 ( Tháo máy ) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vỏ miếng ngàm dẫn mực mass sườn trái phải HP 1102 ( Cũ tháo máy ) </t>
+  </si>
+  <si>
     <t xml:space="preserve">Vỏ miếng ngàm dẫn mực mass sườn trái phải HP 1102W ( Tháo máy ) </t>
   </si>
   <si>
     <t>Vỏ nắp cửa mực + cụm sấy HP 1006</t>
   </si>
   <si>
     <t>CÁI</t>
   </si>
   <si>
     <t>Vỏ nắp cửa mực - dỡ mực HP 1005 1102</t>
   </si>
   <si>
     <t>Vỏ nắp cửa mực - dỡ mực HP 1006/ M12A</t>
   </si>
   <si>
     <t xml:space="preserve">Vỏ nắp cửa sau Brother 2321D, 2361, 2366, 2520, 2701 ( Cũ tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Vỏ nắp cửa sau HP 150A, 150NW ( Cũ tháo máy ) </t>
   </si>
   <si>
     <t>Vỏ nắp dỡ cửa mực Canon 2900</t>
   </si>
   <si>
+    <t>Vỏ nắp dỡ cửa mực Canon 6000 6030 6030W</t>
+  </si>
+  <si>
     <t>Vỏ nắp dỡ cửa mực HP 1102W</t>
   </si>
   <si>
     <t xml:space="preserve">Vỏ nắp hông board formatter Brother 2321D ( Cũ tháo máy ) </t>
   </si>
   <si>
+    <t xml:space="preserve">Vỏ nắp hông board formatter Canon 6030 ( Cũ tháo máy ) </t>
+  </si>
+  <si>
     <t xml:space="preserve">Vỏ nắp hông board formatter HP 1020, 1018 ( Mới 100% ) </t>
   </si>
   <si>
+    <t xml:space="preserve">Vỏ nắp hông board formatter HP 1102 ( Cũ tháo máy ) </t>
+  </si>
+  <si>
     <t xml:space="preserve">Vỏ nắp hông board formatter HP 1518 ( Zin tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Vỏ nắp hông board nguồn HP 1020, 1018 ( Mới 100% ) </t>
   </si>
   <si>
+    <t xml:space="preserve">Vỏ nắp hông cụm nhông Canon 6030 ( Cũ tháo máy ) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vỏ nắp hông cụm nhông HP 1102 ( Cũ tháo máy ) </t>
+  </si>
+  <si>
     <t xml:space="preserve">Vỏ nắp hông ốp board cao áp HP 1518 ( Zin tháo máy ) </t>
   </si>
   <si>
     <t>Vỏ nắp hông USB - board Formatter HP 1006</t>
   </si>
   <si>
+    <t xml:space="preserve">Vỏ nắp lưng HP 2055DN ( Cũ tháo máy ) </t>
+  </si>
+  <si>
     <t xml:space="preserve">Vỏ nắp mặt trên có board đèn led Brother 2321D ( Cũ tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Vỏ nắp mặt trên có board đèn led HP 150NW ( Cũ tháo máy ) </t>
   </si>
   <si>
+    <t xml:space="preserve">Vỏ nắp mặt trước mặt Canon 6030 ( Cũ tháo máy ) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vỏ nắp mặt trước mặt ốp quang HP 1102 ( Cũ tháo máy ) </t>
+  </si>
+  <si>
     <t xml:space="preserve">Vỏ nắp mặt trước mặt ốp quang HP 1102W ( Tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Vỏ nắp ốp che board nguồn HP 1518 ( Zin tháo máy ) </t>
   </si>
   <si>
+    <t xml:space="preserve">Vỏ nắp ốp formatter HP 2055DN ( Cũ tháo máy ) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vỏ nắp ốp nhông HP 2055DN ( Cũ tháo máy ) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vỏ nắp ốp sấy Canon 6030 ( Cũ tháo máy ) </t>
+  </si>
+  <si>
     <t>Vỏ nắp ốp sấy HP 1006 M12A</t>
   </si>
   <si>
+    <t xml:space="preserve">Vỏ nắp ốp sấy HP 1102 ( Cũ tháo máy ) </t>
+  </si>
+  <si>
     <t xml:space="preserve">Vỏ nắp ốp sấy HP 1102W ( Tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Vỏ nắp ốp sấy HP 1518 ( Zin tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Vỏ nắp sau cổng nguồn và board formatter HP 150NW ( Cũ tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Vỏ nắp sau HP 1518 ( Zin tháo máy ) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vỏ nắp trên HP 2055DN + cụm panel ( Cũ tháo máy ) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vỏ nắp đỡ giấy vô HP 1102 - khay đỡ giấy vào ( Cũ tháo máy ) </t>
   </si>
   <si>
     <t xml:space="preserve">Vỏ nắp đỡ giấy vô HP 1102W - khay đỡ giấy vào ( Tháo máy ) </t>
   </si>
   <si>
     <t>Vỏ nhựa nắp lưng máy in Canon 3500</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -3670,54 +3817,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E1041"/>
+  <dimension ref="A1:E1089"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A947" sqref="A947:E947"/>
+      <selection activeCell="A968" sqref="A968:E968"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="7" customWidth="true" style="0"/>
     <col min="2" max="2" width="41" customWidth="true" style="4"/>
     <col min="3" max="3" width="12" customWidth="true" style="7"/>
     <col min="4" max="4" width="12" customWidth="true" style="10"/>
     <col min="5" max="5" width="15" customWidth="true" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" customHeight="1" ht="93.75">
       <c r="A1" s="1"/>
       <c r="B1" s="3"/>
       <c r="C1" s="5"/>
       <c r="D1" s="8"/>
       <c r="E1" s="3"/>
     </row>
     <row r="2" spans="1:5" customHeight="1" ht="40">
       <c r="A2" s="11" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="12"/>
       <c r="C2" s="13"/>
       <c r="D2" s="14"/>
@@ -3779,51 +3926,51 @@
       <c r="A7" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>10</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D7" s="9">
         <v>21000.0</v>
       </c>
       <c r="E7" s="3"/>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>10</v>
       </c>
       <c r="C8" s="6" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="9">
-        <v>210000.0</v>
+        <v>225000.0</v>
       </c>
       <c r="E8" s="3"/>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D9" s="9">
         <v>220000.0</v>
       </c>
       <c r="E9" s="3"/>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>19</v>
       </c>
@@ -3884,306 +4031,306 @@
       <c r="A14" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D14" s="9">
         <v>747.0</v>
       </c>
       <c r="E14" s="3"/>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="2">
         <v>10</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D15" s="9">
-        <v>322400.0</v>
+        <v>375000.0</v>
       </c>
       <c r="E15" s="3"/>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="2">
         <v>11</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C16" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D16" s="9">
-        <v>385000.0</v>
+        <v>413000.0</v>
       </c>
       <c r="E16" s="3"/>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="2">
         <v>12</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C17" s="6" t="s">
         <v>31</v>
       </c>
       <c r="D17" s="9">
-        <v>370000.0</v>
+        <v>350000.0</v>
       </c>
       <c r="E17" s="3"/>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="2">
         <v>13</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C18" s="6" t="s">
         <v>26</v>
       </c>
       <c r="D18" s="9">
-        <v>450000.0</v>
+        <v>448000.0</v>
       </c>
       <c r="E18" s="3"/>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="2">
         <v>14</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D19" s="9">
         <v>330.0</v>
       </c>
       <c r="E19" s="3"/>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="2">
         <v>15</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D20" s="9">
-        <v>340000.0</v>
+        <v>360000.0</v>
       </c>
       <c r="E20" s="3"/>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="2">
         <v>16</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D21" s="9">
-        <v>420000.0</v>
+        <v>450000.0</v>
       </c>
       <c r="E21" s="3"/>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="2">
         <v>17</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C22" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D22" s="9">
-        <v>60000.0</v>
+        <v>40000.0</v>
       </c>
       <c r="E22" s="3"/>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="2">
         <v>18</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D23" s="9">
-        <v>50000.0</v>
+        <v>60000.0</v>
       </c>
       <c r="E23" s="3"/>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="2">
         <v>19</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C24" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D24" s="9">
-        <v>85000.0</v>
+        <v>50000.0</v>
       </c>
       <c r="E24" s="3"/>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="2">
         <v>20</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C25" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D25" s="9">
-        <v>60000.0</v>
+        <v>85000.0</v>
       </c>
       <c r="E25" s="3"/>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="2">
         <v>21</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C26" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D26" s="9">
-        <v>100000.0</v>
+        <v>60000.0</v>
       </c>
       <c r="E26" s="3"/>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" s="2">
         <v>22</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D27" s="9">
-        <v>80000.0</v>
+        <v>100000.0</v>
       </c>
       <c r="E27" s="3"/>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" s="2">
         <v>23</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C28" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D28" s="9">
-        <v>98000.0</v>
+        <v>80000.0</v>
       </c>
       <c r="E28" s="3"/>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="2">
         <v>24</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C29" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D29" s="9">
-        <v>98000.0</v>
+        <v>119000.0</v>
       </c>
       <c r="E29" s="3"/>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="2">
         <v>25</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C30" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D30" s="9">
-        <v>98000.0</v>
+        <v>119000.0</v>
       </c>
       <c r="E30" s="3"/>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="2">
         <v>26</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D31" s="9">
-        <v>98000.0</v>
+        <v>119000.0</v>
       </c>
       <c r="E31" s="3"/>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" s="2">
         <v>27</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C32" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D32" s="9">
-        <v>300000.0</v>
+        <v>119000.0</v>
       </c>
       <c r="E32" s="3"/>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" s="2">
         <v>28</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C33" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D33" s="9">
         <v>300000.0</v>
       </c>
       <c r="E33" s="3"/>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" s="2">
         <v>29</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>48</v>
       </c>
@@ -4199,51 +4346,51 @@
       <c r="A35" s="2">
         <v>30</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D35" s="9">
         <v>300000.0</v>
       </c>
       <c r="E35" s="3"/>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="2">
         <v>31</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C36" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D36" s="9">
-        <v>95000.0</v>
+        <v>300000.0</v>
       </c>
       <c r="E36" s="3"/>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" s="2">
         <v>32</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C37" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D37" s="9">
         <v>95000.0</v>
       </c>
       <c r="E37" s="3"/>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" s="2">
         <v>33</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>52</v>
       </c>
@@ -4259,4399 +4406,4399 @@
       <c r="A39" s="2">
         <v>34</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D39" s="9">
         <v>95000.0</v>
       </c>
       <c r="E39" s="3"/>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" s="2">
         <v>35</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C40" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D40" s="9">
-        <v>80000.0</v>
+        <v>95000.0</v>
       </c>
       <c r="E40" s="3"/>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" s="2">
         <v>36</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C41" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D41" s="9">
-        <v>80000.0</v>
+        <v>75000.0</v>
       </c>
       <c r="E41" s="3"/>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" s="2">
         <v>37</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C42" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D42" s="9">
-        <v>80000.0</v>
+        <v>75000.0</v>
       </c>
       <c r="E42" s="3"/>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" s="2">
         <v>38</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D43" s="9">
-        <v>80000.0</v>
+        <v>75000.0</v>
       </c>
       <c r="E43" s="3"/>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" s="2">
         <v>39</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C44" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D44" s="9">
-        <v>60000.0</v>
+        <v>75000.0</v>
       </c>
       <c r="E44" s="3"/>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" s="2">
         <v>40</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C45" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D45" s="9">
-        <v>50000.0</v>
+        <v>60000.0</v>
       </c>
       <c r="E45" s="3"/>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" s="2">
         <v>41</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C46" s="6" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="D46" s="9">
-        <v>380000.0</v>
+        <v>50000.0</v>
       </c>
       <c r="E46" s="3"/>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="2">
         <v>42</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C47" s="6" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="D47" s="9">
-        <v>34000.0</v>
+        <v>380000.0</v>
       </c>
       <c r="E47" s="3"/>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" s="2">
         <v>43</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C48" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D48" s="9">
-        <v>50000.0</v>
+        <v>34000.0</v>
       </c>
       <c r="E48" s="3"/>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" s="2">
         <v>44</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C49" s="6" t="s">
-        <v>64</v>
+        <v>36</v>
       </c>
       <c r="D49" s="9">
-        <v>182100.0</v>
+        <v>50000.0</v>
       </c>
       <c r="E49" s="3"/>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" s="2">
         <v>45</v>
       </c>
       <c r="B50" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="C50" s="6" t="s">
         <v>65</v>
       </c>
-      <c r="C50" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D50" s="9">
-        <v>448000.0</v>
+        <v>182100.0</v>
       </c>
       <c r="E50" s="3"/>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" s="2">
         <v>46</v>
       </c>
       <c r="B51" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="C51" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="C51" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D51" s="9">
-        <v>40000.0</v>
+        <v>448000.0</v>
       </c>
       <c r="E51" s="3"/>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="2">
         <v>47</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C52" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D52" s="9">
-        <v>40000.0</v>
+        <v>459425.0</v>
       </c>
       <c r="E52" s="3"/>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" s="2">
         <v>48</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C53" s="6" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D53" s="9">
-        <v>459425.0</v>
+        <v>390000.0</v>
       </c>
       <c r="E53" s="3"/>
     </row>
     <row r="54" spans="1:5">
-      <c r="A54" s="2">
-[...2 lines deleted...]
-      <c r="B54" s="3" t="s">
+      <c r="A54" s="19" t="s">
         <v>70</v>
       </c>
-      <c r="C54" s="6" t="s">
-[...5 lines deleted...]
-      <c r="E54" s="3"/>
+      <c r="B54" s="20"/>
+      <c r="C54" s="21"/>
+      <c r="D54" s="22"/>
+      <c r="E54" s="20"/>
     </row>
     <row r="55" spans="1:5">
-      <c r="A55" s="19" t="s">
+      <c r="A55" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B55" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C55" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D55" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E55" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5">
+      <c r="A56" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B56" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="B55" s="20"/>
-[...19 lines deleted...]
-      </c>
+      <c r="C56" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="D56" s="9">
+        <v>610000.0</v>
+      </c>
+      <c r="E56" s="3"/>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" s="2" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B57" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="C57" s="6" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="D57" s="9">
         <v>610000.0</v>
       </c>
       <c r="E57" s="3"/>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" s="2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C58" s="6" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="D58" s="9">
         <v>610000.0</v>
       </c>
       <c r="E58" s="3"/>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" s="2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C59" s="6" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="D59" s="9">
         <v>610000.0</v>
       </c>
       <c r="E59" s="3"/>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" s="2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C60" s="6" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="D60" s="9">
         <v>610000.0</v>
       </c>
       <c r="E60" s="3"/>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C61" s="6" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="D61" s="9">
         <v>610000.0</v>
       </c>
       <c r="E61" s="3"/>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" s="2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C62" s="6" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="D62" s="9">
-        <v>610000.0</v>
+        <v>83200.0</v>
       </c>
       <c r="E62" s="3"/>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" s="2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C63" s="6" t="s">
-        <v>80</v>
+        <v>36</v>
       </c>
       <c r="D63" s="9">
-        <v>80000.0</v>
+        <v>83200.0</v>
       </c>
       <c r="E63" s="3"/>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" s="2" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C64" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D64" s="9">
-        <v>80000.0</v>
+        <v>83200.0</v>
       </c>
       <c r="E64" s="3"/>
     </row>
     <row r="65" spans="1:5">
-      <c r="A65" s="2" t="s">
-        <v>27</v>
+      <c r="A65" s="2">
+        <v>10</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C65" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D65" s="9">
-        <v>80000.0</v>
+        <v>83200.0</v>
       </c>
       <c r="E65" s="3"/>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" s="2">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C66" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D66" s="9">
-        <v>80000.0</v>
+        <v>83200.0</v>
       </c>
       <c r="E66" s="3"/>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" s="2">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C67" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D67" s="9">
-        <v>80000.0</v>
+        <v>83200.0</v>
       </c>
       <c r="E67" s="3"/>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" s="2">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C68" s="6" t="s">
-        <v>36</v>
+        <v>86</v>
       </c>
       <c r="D68" s="9">
-        <v>80000.0</v>
+        <v>190000.0</v>
       </c>
       <c r="E68" s="3"/>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" s="2">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B69" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="C69" s="6" t="s">
         <v>86</v>
       </c>
-      <c r="C69" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D69" s="9">
-        <v>180000.0</v>
+        <v>190000.0</v>
       </c>
       <c r="E69" s="3"/>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" s="2">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C70" s="6" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="D70" s="9">
-        <v>180000.0</v>
+        <v>190000.0</v>
       </c>
       <c r="E70" s="3"/>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" s="2">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C71" s="6" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="D71" s="9">
-        <v>180000.0</v>
+        <v>190000.0</v>
       </c>
       <c r="E71" s="3"/>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" s="2">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C72" s="6" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="D72" s="9">
-        <v>180000.0</v>
+        <v>310000.0</v>
       </c>
       <c r="E72" s="3"/>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" s="2">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C73" s="6" t="s">
-        <v>87</v>
+        <v>36</v>
       </c>
       <c r="D73" s="9">
-        <v>310000.0</v>
+        <v>430000.0</v>
       </c>
       <c r="E73" s="3"/>
     </row>
     <row r="74" spans="1:5">
       <c r="A74" s="2">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C74" s="6" t="s">
-        <v>87</v>
+        <v>36</v>
       </c>
       <c r="D74" s="9">
-        <v>220000.0</v>
+        <v>430000.0</v>
       </c>
       <c r="E74" s="3"/>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" s="2">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C75" s="6" t="s">
-        <v>87</v>
+        <v>36</v>
       </c>
       <c r="D75" s="9">
-        <v>220000.0</v>
+        <v>430000.0</v>
       </c>
       <c r="E75" s="3"/>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" s="2">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C76" s="6" t="s">
-        <v>87</v>
+        <v>36</v>
       </c>
       <c r="D76" s="9">
-        <v>220000.0</v>
+        <v>430000.0</v>
       </c>
       <c r="E76" s="3"/>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" s="2">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C77" s="6" t="s">
-        <v>87</v>
+        <v>36</v>
       </c>
       <c r="D77" s="9">
-        <v>220000.0</v>
+        <v>280000.0</v>
       </c>
       <c r="E77" s="3"/>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" s="2">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C78" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D78" s="9">
-        <v>430000.0</v>
+        <v>260000.0</v>
       </c>
       <c r="E78" s="3"/>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" s="2">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C79" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D79" s="9">
-        <v>430000.0</v>
+        <v>260000.0</v>
       </c>
       <c r="E79" s="3"/>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" s="2">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C80" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D80" s="9">
-        <v>430000.0</v>
+        <v>260000.0</v>
       </c>
       <c r="E80" s="3"/>
     </row>
     <row r="81" spans="1:5">
       <c r="A81" s="2">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C81" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D81" s="9">
-        <v>430000.0</v>
+        <v>130000.0</v>
       </c>
       <c r="E81" s="3"/>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" s="2">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C82" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D82" s="9">
-        <v>280000.0</v>
+        <v>130000.0</v>
       </c>
       <c r="E82" s="3"/>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" s="2">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C83" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D83" s="9">
-        <v>280000.0</v>
+        <v>130000.0</v>
       </c>
       <c r="E83" s="3"/>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" s="2">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C84" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D84" s="9">
-        <v>280000.0</v>
+        <v>130000.0</v>
       </c>
       <c r="E84" s="3"/>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" s="2">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C85" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D85" s="9">
-        <v>280000.0</v>
+        <v>220000.0</v>
       </c>
       <c r="E85" s="3"/>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" s="2">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C86" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D86" s="9">
-        <v>120000.0</v>
+        <v>220000.0</v>
       </c>
       <c r="E86" s="3"/>
     </row>
     <row r="87" spans="1:5">
       <c r="A87" s="2">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C87" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D87" s="9">
-        <v>120000.0</v>
+        <v>220000.0</v>
       </c>
       <c r="E87" s="3"/>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" s="2">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C88" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D88" s="9">
-        <v>120000.0</v>
+        <v>350000.0</v>
       </c>
       <c r="E88" s="3"/>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" s="2">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C89" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D89" s="9">
-        <v>120000.0</v>
+        <v>140000.0</v>
       </c>
       <c r="E89" s="3"/>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" s="2">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C90" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D90" s="9">
-        <v>180000.0</v>
+        <v>120000.0</v>
       </c>
       <c r="E90" s="3"/>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" s="2">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C91" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D91" s="9">
-        <v>180000.0</v>
+        <v>120000.0</v>
       </c>
       <c r="E91" s="3"/>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" s="2">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C92" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D92" s="9">
-        <v>180000.0</v>
+        <v>120000.0</v>
       </c>
       <c r="E92" s="3"/>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" s="2">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C93" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D93" s="9">
-        <v>180000.0</v>
+        <v>120000.0</v>
       </c>
       <c r="E93" s="3"/>
     </row>
     <row r="94" spans="1:5">
       <c r="A94" s="2">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C94" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D94" s="9">
-        <v>190000.0</v>
+        <v>120000.0</v>
       </c>
       <c r="E94" s="3"/>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" s="2">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C95" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D95" s="9">
-        <v>190000.0</v>
+        <v>120000.0</v>
       </c>
       <c r="E95" s="3"/>
     </row>
     <row r="96" spans="1:5">
       <c r="A96" s="2">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C96" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D96" s="9">
-        <v>190000.0</v>
+        <v>120000.0</v>
       </c>
       <c r="E96" s="3"/>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" s="2">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C97" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D97" s="9">
-        <v>260000.0</v>
+        <v>440000.0</v>
       </c>
       <c r="E97" s="3"/>
     </row>
     <row r="98" spans="1:5">
       <c r="A98" s="2">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C98" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D98" s="9">
-        <v>140000.0</v>
+        <v>330000.0</v>
       </c>
       <c r="E98" s="3"/>
     </row>
     <row r="99" spans="1:5">
       <c r="A99" s="2">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C99" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D99" s="9">
-        <v>120000.0</v>
+        <v>330000.0</v>
       </c>
       <c r="E99" s="3"/>
     </row>
     <row r="100" spans="1:5">
       <c r="A100" s="2">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C100" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D100" s="9">
-        <v>120000.0</v>
+        <v>330000.0</v>
       </c>
       <c r="E100" s="3"/>
     </row>
     <row r="101" spans="1:5">
       <c r="A101" s="2">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C101" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D101" s="9">
         <v>120000.0</v>
       </c>
       <c r="E101" s="3"/>
     </row>
     <row r="102" spans="1:5">
       <c r="A102" s="2">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C102" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D102" s="9">
-        <v>100000.0</v>
+        <v>120000.0</v>
       </c>
       <c r="E102" s="3"/>
     </row>
     <row r="103" spans="1:5">
       <c r="A103" s="2">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C103" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D103" s="9">
-        <v>100000.0</v>
+        <v>120000.0</v>
       </c>
       <c r="E103" s="3"/>
     </row>
     <row r="104" spans="1:5">
       <c r="A104" s="2">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C104" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D104" s="9">
-        <v>100000.0</v>
+        <v>120000.0</v>
       </c>
       <c r="E104" s="3"/>
     </row>
     <row r="105" spans="1:5">
       <c r="A105" s="2">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C105" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D105" s="9">
-        <v>100000.0</v>
+        <v>120000.0</v>
       </c>
       <c r="E105" s="3"/>
     </row>
     <row r="106" spans="1:5">
       <c r="A106" s="2">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C106" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D106" s="9">
-        <v>440000.0</v>
+        <v>120000.0</v>
       </c>
       <c r="E106" s="3"/>
     </row>
     <row r="107" spans="1:5">
       <c r="A107" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C107" s="6" t="s">
-        <v>36</v>
+        <v>86</v>
       </c>
       <c r="D107" s="9">
-        <v>330000.0</v>
+        <v>190000.0</v>
       </c>
       <c r="E107" s="3"/>
     </row>
     <row r="108" spans="1:5">
       <c r="A108" s="2">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C108" s="6" t="s">
-        <v>36</v>
+        <v>86</v>
       </c>
       <c r="D108" s="9">
-        <v>330000.0</v>
+        <v>190000.0</v>
       </c>
       <c r="E108" s="3"/>
     </row>
     <row r="109" spans="1:5">
       <c r="A109" s="2">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C109" s="6" t="s">
-        <v>36</v>
+        <v>86</v>
       </c>
       <c r="D109" s="9">
-        <v>330000.0</v>
+        <v>190000.0</v>
       </c>
       <c r="E109" s="3"/>
     </row>
     <row r="110" spans="1:5">
       <c r="A110" s="2">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C110" s="6" t="s">
-        <v>36</v>
+        <v>86</v>
       </c>
       <c r="D110" s="9">
-        <v>120000.0</v>
+        <v>190000.0</v>
       </c>
       <c r="E110" s="3"/>
     </row>
     <row r="111" spans="1:5">
       <c r="A111" s="2">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C111" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D111" s="9">
         <v>120000.0</v>
       </c>
       <c r="E111" s="3"/>
     </row>
     <row r="112" spans="1:5">
       <c r="A112" s="2">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C112" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D112" s="9">
         <v>120000.0</v>
       </c>
       <c r="E112" s="3"/>
     </row>
     <row r="113" spans="1:5">
       <c r="A113" s="2">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C113" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D113" s="9">
         <v>120000.0</v>
       </c>
       <c r="E113" s="3"/>
     </row>
     <row r="114" spans="1:5">
       <c r="A114" s="2">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C114" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D114" s="9">
         <v>120000.0</v>
       </c>
       <c r="E114" s="3"/>
     </row>
     <row r="115" spans="1:5">
       <c r="A115" s="2">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C115" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D115" s="9">
         <v>120000.0</v>
       </c>
       <c r="E115" s="3"/>
     </row>
     <row r="116" spans="1:5">
       <c r="A116" s="2">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C116" s="6" t="s">
-        <v>87</v>
+        <v>36</v>
       </c>
       <c r="D116" s="9">
-        <v>190000.0</v>
+        <v>300000.0</v>
       </c>
       <c r="E116" s="3"/>
     </row>
     <row r="117" spans="1:5">
       <c r="A117" s="2">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C117" s="6" t="s">
-        <v>87</v>
+        <v>36</v>
       </c>
       <c r="D117" s="9">
-        <v>190000.0</v>
+        <v>120000.0</v>
       </c>
       <c r="E117" s="3"/>
     </row>
     <row r="118" spans="1:5">
       <c r="A118" s="2">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C118" s="6" t="s">
-        <v>87</v>
+        <v>36</v>
       </c>
       <c r="D118" s="9">
-        <v>190000.0</v>
+        <v>300000.0</v>
       </c>
       <c r="E118" s="3"/>
     </row>
     <row r="119" spans="1:5">
       <c r="A119" s="2">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C119" s="6" t="s">
-        <v>87</v>
+        <v>36</v>
       </c>
       <c r="D119" s="9">
-        <v>190000.0</v>
+        <v>300000.0</v>
       </c>
       <c r="E119" s="3"/>
     </row>
     <row r="120" spans="1:5">
       <c r="A120" s="2">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C120" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D120" s="9">
-        <v>110000.0</v>
+        <v>120000.0</v>
       </c>
       <c r="E120" s="3"/>
     </row>
     <row r="121" spans="1:5">
       <c r="A121" s="2">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C121" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D121" s="9">
-        <v>110000.0</v>
+        <v>300000.0</v>
       </c>
       <c r="E121" s="3"/>
     </row>
     <row r="122" spans="1:5">
       <c r="A122" s="2">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C122" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D122" s="9">
-        <v>110000.0</v>
+        <v>120000.0</v>
       </c>
       <c r="E122" s="3"/>
     </row>
     <row r="123" spans="1:5">
       <c r="A123" s="2">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C123" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D123" s="9">
-        <v>110000.0</v>
+        <v>300000.0</v>
       </c>
       <c r="E123" s="3"/>
     </row>
     <row r="124" spans="1:5">
       <c r="A124" s="2">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C124" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D124" s="9">
         <v>120000.0</v>
       </c>
       <c r="E124" s="3"/>
     </row>
     <row r="125" spans="1:5">
       <c r="A125" s="2">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C125" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D125" s="9">
-        <v>295000.0</v>
+        <v>120000.0</v>
       </c>
       <c r="E125" s="3"/>
     </row>
     <row r="126" spans="1:5">
       <c r="A126" s="2">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C126" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D126" s="9">
-        <v>120000.0</v>
+        <v>300000.0</v>
       </c>
       <c r="E126" s="3"/>
     </row>
     <row r="127" spans="1:5">
       <c r="A127" s="2">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C127" s="6" t="s">
-        <v>36</v>
+        <v>86</v>
       </c>
       <c r="D127" s="9">
-        <v>295000.0</v>
+        <v>245000.0</v>
       </c>
       <c r="E127" s="3"/>
     </row>
     <row r="128" spans="1:5">
       <c r="A128" s="2">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C128" s="6" t="s">
-        <v>36</v>
+        <v>86</v>
       </c>
       <c r="D128" s="9">
-        <v>295000.0</v>
+        <v>245000.0</v>
       </c>
       <c r="E128" s="3"/>
     </row>
     <row r="129" spans="1:5">
       <c r="A129" s="2">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C129" s="6" t="s">
-        <v>36</v>
+        <v>86</v>
       </c>
       <c r="D129" s="9">
-        <v>120000.0</v>
+        <v>245000.0</v>
       </c>
       <c r="E129" s="3"/>
     </row>
     <row r="130" spans="1:5">
       <c r="A130" s="2">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>148</v>
       </c>
       <c r="C130" s="6" t="s">
-        <v>36</v>
+        <v>86</v>
       </c>
       <c r="D130" s="9">
-        <v>295000.0</v>
+        <v>245000.0</v>
       </c>
       <c r="E130" s="3"/>
     </row>
     <row r="131" spans="1:5">
       <c r="A131" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C131" s="6" t="s">
-        <v>36</v>
+        <v>86</v>
       </c>
       <c r="D131" s="9">
-        <v>120000.0</v>
+        <v>245000.0</v>
       </c>
       <c r="E131" s="3"/>
     </row>
     <row r="132" spans="1:5">
       <c r="A132" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C132" s="6" t="s">
-        <v>36</v>
+        <v>151</v>
       </c>
       <c r="D132" s="9">
-        <v>295000.0</v>
+        <v>230000.0</v>
       </c>
       <c r="E132" s="3"/>
     </row>
     <row r="133" spans="1:5">
       <c r="A133" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B133" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="C133" s="6" t="s">
         <v>151</v>
       </c>
-      <c r="C133" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D133" s="9">
-        <v>120000.0</v>
+        <v>230000.0</v>
       </c>
       <c r="E133" s="3"/>
     </row>
     <row r="134" spans="1:5">
       <c r="A134" s="2">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C134" s="6" t="s">
-        <v>36</v>
+        <v>151</v>
       </c>
       <c r="D134" s="9">
-        <v>120000.0</v>
+        <v>230000.0</v>
       </c>
       <c r="E134" s="3"/>
     </row>
     <row r="135" spans="1:5">
       <c r="A135" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C135" s="6" t="s">
-        <v>36</v>
+        <v>151</v>
       </c>
       <c r="D135" s="9">
-        <v>295000.0</v>
+        <v>230000.0</v>
       </c>
       <c r="E135" s="3"/>
     </row>
     <row r="136" spans="1:5">
       <c r="A136" s="2">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C136" s="6" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="D136" s="9">
-        <v>220000.0</v>
+        <v>273000.0</v>
       </c>
       <c r="E136" s="3"/>
     </row>
     <row r="137" spans="1:5">
       <c r="A137" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C137" s="6" t="s">
-        <v>156</v>
+        <v>86</v>
       </c>
       <c r="D137" s="9">
-        <v>230000.0</v>
+        <v>175000.0</v>
       </c>
       <c r="E137" s="3"/>
     </row>
     <row r="138" spans="1:5">
       <c r="A138" s="2">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C138" s="6" t="s">
-        <v>156</v>
+        <v>86</v>
       </c>
       <c r="D138" s="9">
-        <v>230000.0</v>
+        <v>175000.0</v>
       </c>
       <c r="E138" s="3"/>
     </row>
     <row r="139" spans="1:5">
       <c r="A139" s="2">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C139" s="6" t="s">
-        <v>156</v>
+        <v>86</v>
       </c>
       <c r="D139" s="9">
-        <v>230000.0</v>
+        <v>175000.0</v>
       </c>
       <c r="E139" s="3"/>
     </row>
     <row r="140" spans="1:5">
       <c r="A140" s="2">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C140" s="6" t="s">
-        <v>156</v>
+        <v>86</v>
       </c>
       <c r="D140" s="9">
         <v>230000.0</v>
       </c>
       <c r="E140" s="3"/>
     </row>
     <row r="141" spans="1:5">
       <c r="A141" s="2">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C141" s="6" t="s">
-        <v>87</v>
+        <v>36</v>
       </c>
       <c r="D141" s="9">
-        <v>273000.0</v>
+        <v>230000.0</v>
       </c>
       <c r="E141" s="3"/>
     </row>
     <row r="142" spans="1:5">
       <c r="A142" s="2">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C142" s="6" t="s">
-        <v>87</v>
+        <v>36</v>
       </c>
       <c r="D142" s="9">
-        <v>160000.0</v>
+        <v>340000.0</v>
       </c>
       <c r="E142" s="3"/>
     </row>
     <row r="143" spans="1:5">
       <c r="A143" s="2">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C143" s="6" t="s">
-        <v>87</v>
+        <v>36</v>
       </c>
       <c r="D143" s="9">
-        <v>160000.0</v>
+        <v>340000.0</v>
       </c>
       <c r="E143" s="3"/>
     </row>
     <row r="144" spans="1:5">
       <c r="A144" s="2">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C144" s="6" t="s">
-        <v>87</v>
+        <v>36</v>
       </c>
       <c r="D144" s="9">
-        <v>160000.0</v>
+        <v>340000.0</v>
       </c>
       <c r="E144" s="3"/>
     </row>
     <row r="145" spans="1:5">
       <c r="A145" s="2">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C145" s="6" t="s">
-        <v>87</v>
+        <v>36</v>
       </c>
       <c r="D145" s="9">
-        <v>220000.0</v>
+        <v>340000.0</v>
       </c>
       <c r="E145" s="3"/>
     </row>
     <row r="146" spans="1:5">
       <c r="A146" s="2">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C146" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D146" s="9">
-        <v>225000.0</v>
+        <v>340000.0</v>
       </c>
       <c r="E146" s="3"/>
     </row>
     <row r="147" spans="1:5">
       <c r="A147" s="2">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C147" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D147" s="9">
         <v>340000.0</v>
       </c>
       <c r="E147" s="3"/>
     </row>
     <row r="148" spans="1:5">
       <c r="A148" s="2">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C148" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D148" s="9">
-        <v>340000.0</v>
+        <v>60000.0</v>
       </c>
       <c r="E148" s="3"/>
     </row>
     <row r="149" spans="1:5">
       <c r="A149" s="2">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C149" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D149" s="9">
-        <v>340000.0</v>
+        <v>60000.0</v>
       </c>
       <c r="E149" s="3"/>
     </row>
     <row r="150" spans="1:5">
       <c r="A150" s="2">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C150" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D150" s="9">
-        <v>340000.0</v>
+        <v>60000.0</v>
       </c>
       <c r="E150" s="3"/>
     </row>
     <row r="151" spans="1:5">
       <c r="A151" s="2">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>170</v>
       </c>
       <c r="C151" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D151" s="9">
-        <v>340000.0</v>
+        <v>60000.0</v>
       </c>
       <c r="E151" s="3"/>
     </row>
     <row r="152" spans="1:5">
       <c r="A152" s="2">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>171</v>
       </c>
       <c r="C152" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D152" s="9">
-        <v>340000.0</v>
+        <v>60000.0</v>
       </c>
       <c r="E152" s="3"/>
     </row>
     <row r="153" spans="1:5">
       <c r="A153" s="2">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>172</v>
       </c>
       <c r="C153" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D153" s="9">
         <v>60000.0</v>
       </c>
       <c r="E153" s="3"/>
     </row>
     <row r="154" spans="1:5">
       <c r="A154" s="2">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>173</v>
       </c>
       <c r="C154" s="6" t="s">
-        <v>36</v>
+        <v>174</v>
       </c>
       <c r="D154" s="9">
-        <v>60000.0</v>
+        <v>195800.0</v>
       </c>
       <c r="E154" s="3"/>
     </row>
     <row r="155" spans="1:5">
       <c r="A155" s="2">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B155" s="3" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C155" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D155" s="9">
-        <v>60000.0</v>
+        <v>195800.0</v>
       </c>
       <c r="E155" s="3"/>
     </row>
     <row r="156" spans="1:5">
       <c r="A156" s="2">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C156" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D156" s="9">
-        <v>60000.0</v>
+        <v>195800.0</v>
       </c>
       <c r="E156" s="3"/>
     </row>
     <row r="157" spans="1:5">
       <c r="A157" s="2">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B157" s="3" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C157" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D157" s="9">
-        <v>60000.0</v>
+        <v>195800.0</v>
       </c>
       <c r="E157" s="3"/>
     </row>
     <row r="158" spans="1:5">
       <c r="A158" s="2">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C158" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D158" s="9">
-        <v>60000.0</v>
+        <v>195800.0</v>
       </c>
       <c r="E158" s="3"/>
     </row>
     <row r="159" spans="1:5">
       <c r="A159" s="2">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C159" s="6" t="s">
-        <v>179</v>
+        <v>36</v>
       </c>
       <c r="D159" s="9">
         <v>195800.0</v>
       </c>
       <c r="E159" s="3"/>
     </row>
     <row r="160" spans="1:5">
-      <c r="A160" s="2">
-[...2 lines deleted...]
-      <c r="B160" s="3" t="s">
+      <c r="A160" s="15" t="s">
         <v>180</v>
       </c>
-      <c r="C160" s="6" t="s">
-[...5 lines deleted...]
-      <c r="E160" s="3"/>
+      <c r="B160" s="16" t="s">
+        <v>181</v>
+      </c>
+      <c r="C160" s="17"/>
+      <c r="D160" s="18"/>
+      <c r="E160" s="16"/>
     </row>
     <row r="161" spans="1:5">
-      <c r="A161" s="2">
-[...11 lines deleted...]
-      <c r="E161" s="3"/>
+      <c r="A161" s="19" t="s">
+        <v>182</v>
+      </c>
+      <c r="B161" s="20"/>
+      <c r="C161" s="21"/>
+      <c r="D161" s="22"/>
+      <c r="E161" s="20"/>
     </row>
     <row r="162" spans="1:5">
-      <c r="A162" s="2">
-[...11 lines deleted...]
-      <c r="E162" s="3"/>
+      <c r="A162" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B162" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C162" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D162" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E162" s="24" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="163" spans="1:5">
-      <c r="A163" s="2">
-        <v>107</v>
+      <c r="A163" s="2" t="s">
+        <v>9</v>
       </c>
       <c r="B163" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C163" s="6" t="s">
-        <v>36</v>
+        <v>184</v>
       </c>
       <c r="D163" s="9">
-        <v>195800.0</v>
+        <v>29713.5</v>
       </c>
       <c r="E163" s="3"/>
     </row>
     <row r="164" spans="1:5">
-      <c r="A164" s="2">
-        <v>108</v>
+      <c r="A164" s="2" t="s">
+        <v>12</v>
       </c>
       <c r="B164" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="C164" s="6" t="s">
         <v>184</v>
       </c>
-      <c r="C164" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D164" s="9">
-        <v>195800.0</v>
+        <v>80000.0</v>
       </c>
       <c r="E164" s="3"/>
     </row>
     <row r="165" spans="1:5">
-      <c r="A165" s="15" t="s">
-[...2 lines deleted...]
-      <c r="B165" s="16" t="s">
+      <c r="A165" s="19" t="s">
         <v>186</v>
       </c>
-      <c r="C165" s="17"/>
-[...1 lines deleted...]
-      <c r="E165" s="16"/>
+      <c r="B165" s="20"/>
+      <c r="C165" s="21"/>
+      <c r="D165" s="22"/>
+      <c r="E165" s="20"/>
     </row>
     <row r="166" spans="1:5">
-      <c r="A166" s="19" t="s">
+      <c r="A166" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B166" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C166" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D166" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E166" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="167" spans="1:5">
+      <c r="A167" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B167" s="3" t="s">
         <v>187</v>
       </c>
-      <c r="B166" s="20"/>
-[...19 lines deleted...]
-      </c>
+      <c r="C167" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="D167" s="9">
+        <v>470000.0</v>
+      </c>
+      <c r="E167" s="3"/>
     </row>
     <row r="168" spans="1:5">
       <c r="A168" s="2" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>188</v>
       </c>
       <c r="C168" s="6" t="s">
         <v>189</v>
       </c>
       <c r="D168" s="9">
-        <v>29713.5</v>
+        <v>150000.0</v>
       </c>
       <c r="E168" s="3"/>
     </row>
     <row r="169" spans="1:5">
       <c r="A169" s="2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>190</v>
       </c>
       <c r="C169" s="6" t="s">
         <v>189</v>
       </c>
       <c r="D169" s="9">
-        <v>80000.0</v>
+        <v>143000.0</v>
       </c>
       <c r="E169" s="3"/>
     </row>
     <row r="170" spans="1:5">
-      <c r="A170" s="19" t="s">
+      <c r="A170" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B170" s="3" t="s">
         <v>191</v>
       </c>
-      <c r="B170" s="20"/>
-[...2 lines deleted...]
-      <c r="E170" s="20"/>
+      <c r="C170" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D170" s="9">
+        <v>312000.0</v>
+      </c>
+      <c r="E170" s="3"/>
     </row>
     <row r="171" spans="1:5">
-      <c r="A171" s="23" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="A171" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B171" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="C171" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="D171" s="9">
+        <v>352500.0</v>
+      </c>
+      <c r="E171" s="3"/>
     </row>
     <row r="172" spans="1:5">
       <c r="A172" s="2" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C172" s="6" t="s">
-        <v>87</v>
+        <v>189</v>
       </c>
       <c r="D172" s="9">
-        <v>470000.0</v>
+        <v>180000.0</v>
       </c>
       <c r="E172" s="3"/>
     </row>
     <row r="173" spans="1:5">
-      <c r="A173" s="2" t="s">
-[...5 lines deleted...]
-      <c r="C173" s="6" t="s">
+      <c r="A173" s="19" t="s">
         <v>194</v>
       </c>
-      <c r="D173" s="9">
-[...2 lines deleted...]
-      <c r="E173" s="3"/>
+      <c r="B173" s="20"/>
+      <c r="C173" s="21"/>
+      <c r="D173" s="22"/>
+      <c r="E173" s="20"/>
     </row>
     <row r="174" spans="1:5">
-      <c r="A174" s="2" t="s">
-[...11 lines deleted...]
-      <c r="E174" s="3"/>
+      <c r="A174" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B174" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C174" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D174" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E174" s="24" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="175" spans="1:5">
       <c r="A175" s="2" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="B175" s="3" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="C175" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D175" s="9">
-        <v>312000.0</v>
+        <v>250000.0</v>
       </c>
       <c r="E175" s="3"/>
     </row>
     <row r="176" spans="1:5">
       <c r="A176" s="2" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="B176" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="C176" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D176" s="9">
+        <v>340000.0</v>
+      </c>
+      <c r="E176" s="3"/>
+    </row>
+    <row r="177" spans="1:5">
+      <c r="A177" s="19" t="s">
         <v>197</v>
       </c>
-      <c r="C176" s="6" t="s">
-[...11 lines deleted...]
-      <c r="B177" s="3" t="s">
+      <c r="B177" s="20"/>
+      <c r="C177" s="21"/>
+      <c r="D177" s="22"/>
+      <c r="E177" s="20"/>
+    </row>
+    <row r="178" spans="1:5">
+      <c r="A178" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B178" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C178" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D178" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E178" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="179" spans="1:5">
+      <c r="A179" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B179" s="3" t="s">
         <v>198</v>
       </c>
-      <c r="C177" s="6" t="s">
-[...31 lines deleted...]
-      </c>
+      <c r="C179" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="D179" s="9">
+        <v>60000.0</v>
+      </c>
+      <c r="E179" s="3"/>
     </row>
     <row r="180" spans="1:5">
       <c r="A180" s="2" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="C180" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D180" s="9">
-        <v>250000.0</v>
+        <v>80000.0</v>
       </c>
       <c r="E180" s="3"/>
     </row>
     <row r="181" spans="1:5">
       <c r="A181" s="2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B181" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="C181" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D181" s="9">
+        <v>80000.0</v>
+      </c>
+      <c r="E181" s="3"/>
+    </row>
+    <row r="182" spans="1:5">
+      <c r="A182" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B182" s="3" t="s">
         <v>201</v>
       </c>
-      <c r="C181" s="6" t="s">
-[...8 lines deleted...]
-      <c r="A182" s="19" t="s">
+      <c r="C182" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D182" s="9">
+        <v>81100.0</v>
+      </c>
+      <c r="E182" s="3"/>
+    </row>
+    <row r="183" spans="1:5">
+      <c r="A183" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B183" s="3" t="s">
         <v>202</v>
       </c>
-      <c r="B182" s="20"/>
-[...19 lines deleted...]
-      </c>
+      <c r="C183" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="D183" s="9">
+        <v>45000.0</v>
+      </c>
+      <c r="E183" s="3"/>
     </row>
     <row r="184" spans="1:5">
       <c r="A184" s="2" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>203</v>
       </c>
       <c r="C184" s="6" t="s">
-        <v>87</v>
+        <v>189</v>
       </c>
       <c r="D184" s="9">
-        <v>42000.0</v>
+        <v>81000.0</v>
       </c>
       <c r="E184" s="3"/>
     </row>
     <row r="185" spans="1:5">
       <c r="A185" s="2" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>204</v>
       </c>
       <c r="C185" s="6" t="s">
-        <v>194</v>
+        <v>86</v>
       </c>
       <c r="D185" s="9">
-        <v>75000.0</v>
+        <v>60000.0</v>
       </c>
       <c r="E185" s="3"/>
     </row>
     <row r="186" spans="1:5">
       <c r="A186" s="2" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>205</v>
       </c>
       <c r="C186" s="6" t="s">
-        <v>194</v>
+        <v>86</v>
       </c>
       <c r="D186" s="9">
-        <v>67500.0</v>
+        <v>48000.0</v>
       </c>
       <c r="E186" s="3"/>
     </row>
     <row r="187" spans="1:5">
       <c r="A187" s="2" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="B187" s="3" t="s">
         <v>206</v>
       </c>
       <c r="C187" s="6" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="D187" s="9">
-        <v>45000.0</v>
+        <v>69844.7422</v>
       </c>
       <c r="E187" s="3"/>
     </row>
     <row r="188" spans="1:5">
-      <c r="A188" s="2" t="s">
-        <v>18</v>
+      <c r="A188" s="2">
+        <v>10</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>207</v>
       </c>
       <c r="C188" s="6" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="D188" s="9">
-        <v>60000.0</v>
+        <v>77605.2578</v>
       </c>
       <c r="E188" s="3"/>
     </row>
     <row r="189" spans="1:5">
-      <c r="A189" s="2" t="s">
-        <v>21</v>
+      <c r="A189" s="2">
+        <v>11</v>
       </c>
       <c r="B189" s="3" t="s">
         <v>208</v>
       </c>
       <c r="C189" s="6" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="D189" s="9">
-        <v>48000.0</v>
+        <v>64000.0</v>
       </c>
       <c r="E189" s="3"/>
     </row>
     <row r="190" spans="1:5">
-      <c r="A190" s="2" t="s">
-        <v>23</v>
+      <c r="A190" s="2">
+        <v>12</v>
       </c>
       <c r="B190" s="3" t="s">
         <v>209</v>
       </c>
       <c r="C190" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D190" s="9">
-        <v>81100.0</v>
+        <v>140000.0</v>
       </c>
       <c r="E190" s="3"/>
     </row>
     <row r="191" spans="1:5">
-      <c r="A191" s="2" t="s">
-        <v>25</v>
+      <c r="A191" s="2">
+        <v>13</v>
       </c>
       <c r="B191" s="3" t="s">
         <v>210</v>
       </c>
       <c r="C191" s="6" t="s">
-        <v>87</v>
+        <v>189</v>
       </c>
       <c r="D191" s="9">
-        <v>69844.7422</v>
+        <v>111000.0</v>
       </c>
       <c r="E191" s="3"/>
     </row>
     <row r="192" spans="1:5">
-      <c r="A192" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B192" s="3" t="s">
+      <c r="A192" s="15" t="s">
         <v>211</v>
       </c>
-      <c r="C192" s="6" t="s">
-[...5 lines deleted...]
-      <c r="E192" s="3"/>
+      <c r="B192" s="16" t="s">
+        <v>212</v>
+      </c>
+      <c r="C192" s="17"/>
+      <c r="D192" s="18"/>
+      <c r="E192" s="16"/>
     </row>
     <row r="193" spans="1:5">
-      <c r="A193" s="2">
-[...11 lines deleted...]
-      <c r="E193" s="3"/>
+      <c r="A193" s="19" t="s">
+        <v>213</v>
+      </c>
+      <c r="B193" s="20"/>
+      <c r="C193" s="21"/>
+      <c r="D193" s="22"/>
+      <c r="E193" s="20"/>
     </row>
     <row r="194" spans="1:5">
-      <c r="A194" s="2">
-[...11 lines deleted...]
-      <c r="E194" s="3"/>
+      <c r="A194" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B194" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C194" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D194" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E194" s="24" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="195" spans="1:5">
-      <c r="A195" s="2">
-        <v>12</v>
+      <c r="A195" s="2" t="s">
+        <v>9</v>
       </c>
       <c r="B195" s="3" t="s">
         <v>214</v>
       </c>
       <c r="C195" s="6" t="s">
-        <v>194</v>
+        <v>215</v>
       </c>
       <c r="D195" s="9">
-        <v>111000.0</v>
+        <v>56000.0</v>
       </c>
       <c r="E195" s="3"/>
     </row>
     <row r="196" spans="1:5">
-      <c r="A196" s="15" t="s">
-[...2 lines deleted...]
-      <c r="B196" s="16" t="s">
+      <c r="A196" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B196" s="3" t="s">
         <v>216</v>
       </c>
-      <c r="C196" s="17"/>
-[...1 lines deleted...]
-      <c r="E196" s="16"/>
+      <c r="C196" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D196" s="9">
+        <v>180000.0</v>
+      </c>
+      <c r="E196" s="3"/>
     </row>
     <row r="197" spans="1:5">
-      <c r="A197" s="19" t="s">
+      <c r="A197" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="B197" s="3" t="s">
         <v>217</v>
       </c>
-      <c r="B197" s="20"/>
-[...2 lines deleted...]
-      <c r="E197" s="20"/>
+      <c r="C197" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D197" s="9">
+        <v>40000.0</v>
+      </c>
+      <c r="E197" s="3"/>
     </row>
     <row r="198" spans="1:5">
-      <c r="A198" s="23" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="A198" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B198" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="C198" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D198" s="9">
+        <v>80000.0</v>
+      </c>
+      <c r="E198" s="3"/>
     </row>
     <row r="199" spans="1:5">
       <c r="A199" s="2" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="B199" s="3" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C199" s="6" t="s">
-        <v>219</v>
+        <v>189</v>
       </c>
       <c r="D199" s="9">
-        <v>56000.0</v>
+        <v>270000.0</v>
       </c>
       <c r="E199" s="3"/>
     </row>
     <row r="200" spans="1:5">
       <c r="A200" s="2" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>220</v>
       </c>
       <c r="C200" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D200" s="9">
-        <v>180000.0</v>
+        <v>140000.0</v>
       </c>
       <c r="E200" s="3"/>
     </row>
     <row r="201" spans="1:5">
       <c r="A201" s="2" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C201" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D201" s="9">
-        <v>40000.0</v>
+        <v>350000.0</v>
       </c>
       <c r="E201" s="3"/>
     </row>
     <row r="202" spans="1:5">
       <c r="A202" s="2" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="B202" s="3" t="s">
         <v>222</v>
       </c>
       <c r="C202" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D202" s="9">
-        <v>80000.0</v>
+        <v>300000.0</v>
       </c>
       <c r="E202" s="3"/>
     </row>
     <row r="203" spans="1:5">
       <c r="A203" s="2" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="B203" s="3" t="s">
         <v>223</v>
       </c>
       <c r="C203" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D203" s="9">
-        <v>270000.0</v>
+        <v>135000.0</v>
       </c>
       <c r="E203" s="3"/>
     </row>
     <row r="204" spans="1:5">
-      <c r="A204" s="2" t="s">
-        <v>21</v>
+      <c r="A204" s="2">
+        <v>10</v>
       </c>
       <c r="B204" s="3" t="s">
         <v>224</v>
       </c>
       <c r="C204" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D204" s="9">
-        <v>140000.0</v>
+        <v>300000.0</v>
       </c>
       <c r="E204" s="3"/>
     </row>
     <row r="205" spans="1:5">
-      <c r="A205" s="2" t="s">
-        <v>23</v>
+      <c r="A205" s="2">
+        <v>11</v>
       </c>
       <c r="B205" s="3" t="s">
         <v>225</v>
       </c>
       <c r="C205" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D205" s="9">
-        <v>350000.0</v>
+        <v>1200000.0</v>
       </c>
       <c r="E205" s="3"/>
     </row>
     <row r="206" spans="1:5">
-      <c r="A206" s="2" t="s">
-        <v>25</v>
+      <c r="A206" s="2">
+        <v>12</v>
       </c>
       <c r="B206" s="3" t="s">
         <v>226</v>
       </c>
       <c r="C206" s="6" t="s">
-        <v>194</v>
+        <v>227</v>
       </c>
       <c r="D206" s="9">
-        <v>300000.0</v>
+        <v>800000.0</v>
       </c>
       <c r="E206" s="3"/>
     </row>
     <row r="207" spans="1:5">
-      <c r="A207" s="2" t="s">
-        <v>27</v>
+      <c r="A207" s="2">
+        <v>13</v>
       </c>
       <c r="B207" s="3" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C207" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D207" s="9">
-        <v>135000.0</v>
+        <v>450000.0</v>
       </c>
       <c r="E207" s="3"/>
     </row>
     <row r="208" spans="1:5">
       <c r="A208" s="2">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="B208" s="3" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C208" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D208" s="9">
-        <v>300000.0</v>
+        <v>87000.0</v>
       </c>
       <c r="E208" s="3"/>
     </row>
     <row r="209" spans="1:5">
       <c r="A209" s="2">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B209" s="3" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C209" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D209" s="9">
-        <v>1200000.0</v>
+        <v>88000.0</v>
       </c>
       <c r="E209" s="3"/>
     </row>
     <row r="210" spans="1:5">
       <c r="A210" s="2">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="B210" s="3" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C210" s="6" t="s">
-        <v>231</v>
+        <v>189</v>
       </c>
       <c r="D210" s="9">
-        <v>800000.0</v>
+        <v>150000.0</v>
       </c>
       <c r="E210" s="3"/>
     </row>
     <row r="211" spans="1:5">
       <c r="A211" s="2">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="B211" s="3" t="s">
         <v>232</v>
       </c>
       <c r="C211" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D211" s="9">
-        <v>450000.0</v>
+        <v>131000.0</v>
       </c>
       <c r="E211" s="3"/>
     </row>
     <row r="212" spans="1:5">
       <c r="A212" s="2">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="B212" s="3" t="s">
         <v>233</v>
       </c>
       <c r="C212" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D212" s="9">
-        <v>87000.0</v>
+        <v>113000.0</v>
       </c>
       <c r="E212" s="3"/>
     </row>
     <row r="213" spans="1:5">
       <c r="A213" s="2">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B213" s="3" t="s">
         <v>234</v>
       </c>
       <c r="C213" s="6" t="s">
-        <v>194</v>
+        <v>235</v>
       </c>
       <c r="D213" s="9">
-        <v>100000.0</v>
+        <v>255000.0</v>
       </c>
       <c r="E213" s="3"/>
     </row>
     <row r="214" spans="1:5">
       <c r="A214" s="2">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C214" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D214" s="9">
-        <v>150000.0</v>
+        <v>277500.0</v>
       </c>
       <c r="E214" s="3"/>
     </row>
     <row r="215" spans="1:5">
       <c r="A215" s="2">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B215" s="3" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C215" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D215" s="9">
-        <v>131000.0</v>
+        <v>300000.0</v>
       </c>
       <c r="E215" s="3"/>
     </row>
     <row r="216" spans="1:5">
       <c r="A216" s="2">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B216" s="3" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C216" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D216" s="9">
-        <v>113000.0</v>
+        <v>448000.0</v>
       </c>
       <c r="E216" s="3"/>
     </row>
     <row r="217" spans="1:5">
       <c r="A217" s="2">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C217" s="6" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="D217" s="9">
-        <v>255000.0</v>
+        <v>170437.5</v>
       </c>
       <c r="E217" s="3"/>
     </row>
     <row r="218" spans="1:5">
       <c r="A218" s="2">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="B218" s="3" t="s">
         <v>240</v>
       </c>
       <c r="C218" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D218" s="9">
-        <v>277500.0</v>
+        <v>324300.0</v>
       </c>
       <c r="E218" s="3"/>
     </row>
     <row r="219" spans="1:5">
       <c r="A219" s="2">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="B219" s="3" t="s">
         <v>241</v>
       </c>
       <c r="C219" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D219" s="9">
-        <v>300000.0</v>
+        <v>258187.5</v>
       </c>
       <c r="E219" s="3"/>
     </row>
     <row r="220" spans="1:5">
       <c r="A220" s="2">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="B220" s="3" t="s">
         <v>242</v>
       </c>
       <c r="C220" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D220" s="9">
-        <v>448000.0</v>
+        <v>250000.0</v>
       </c>
       <c r="E220" s="3"/>
     </row>
     <row r="221" spans="1:5">
       <c r="A221" s="2">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="B221" s="3" t="s">
         <v>243</v>
       </c>
       <c r="C221" s="6" t="s">
-        <v>239</v>
+        <v>189</v>
       </c>
       <c r="D221" s="9">
-        <v>170437.5</v>
+        <v>700000.0</v>
       </c>
       <c r="E221" s="3"/>
     </row>
     <row r="222" spans="1:5">
       <c r="A222" s="2">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="B222" s="3" t="s">
         <v>244</v>
       </c>
       <c r="C222" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D222" s="9">
-        <v>324300.0</v>
+        <v>278000.0</v>
       </c>
       <c r="E222" s="3"/>
     </row>
     <row r="223" spans="1:5">
       <c r="A223" s="2">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="B223" s="3" t="s">
         <v>245</v>
       </c>
       <c r="C223" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D223" s="9">
-        <v>258187.5</v>
+        <v>365000.0</v>
       </c>
       <c r="E223" s="3"/>
     </row>
     <row r="224" spans="1:5">
       <c r="A224" s="2">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="B224" s="3" t="s">
         <v>246</v>
       </c>
       <c r="C224" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D224" s="9">
-        <v>250000.0</v>
+        <v>450000.0</v>
       </c>
       <c r="E224" s="3"/>
     </row>
     <row r="225" spans="1:5">
       <c r="A225" s="2">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="B225" s="3" t="s">
         <v>247</v>
       </c>
       <c r="C225" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D225" s="9">
-        <v>700000.0</v>
+        <v>298320.0</v>
       </c>
       <c r="E225" s="3"/>
     </row>
     <row r="226" spans="1:5">
       <c r="A226" s="2">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="B226" s="3" t="s">
         <v>248</v>
       </c>
       <c r="C226" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D226" s="9">
-        <v>278000.0</v>
+        <v>224000.0</v>
       </c>
       <c r="E226" s="3"/>
     </row>
     <row r="227" spans="1:5">
       <c r="A227" s="2">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B227" s="3" t="s">
         <v>249</v>
       </c>
       <c r="C227" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D227" s="9">
-        <v>365000.0</v>
+        <v>294000.0</v>
       </c>
       <c r="E227" s="3"/>
     </row>
     <row r="228" spans="1:5">
       <c r="A228" s="2">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B228" s="3" t="s">
         <v>250</v>
       </c>
       <c r="C228" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D228" s="9">
-        <v>450000.0</v>
+        <v>276900.0</v>
       </c>
       <c r="E228" s="3"/>
     </row>
     <row r="229" spans="1:5">
       <c r="A229" s="2">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="B229" s="3" t="s">
         <v>251</v>
       </c>
       <c r="C229" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D229" s="9">
-        <v>298320.0</v>
+        <v>270000.0</v>
       </c>
       <c r="E229" s="3"/>
     </row>
     <row r="230" spans="1:5">
       <c r="A230" s="2">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="B230" s="3" t="s">
         <v>252</v>
       </c>
       <c r="C230" s="6" t="s">
-        <v>194</v>
+        <v>253</v>
       </c>
       <c r="D230" s="9">
-        <v>224000.0</v>
+        <v>300000.0</v>
       </c>
       <c r="E230" s="3"/>
     </row>
     <row r="231" spans="1:5">
-      <c r="A231" s="2">
-[...11 lines deleted...]
-      <c r="E231" s="3"/>
+      <c r="A231" s="19" t="s">
+        <v>254</v>
+      </c>
+      <c r="B231" s="20"/>
+      <c r="C231" s="21"/>
+      <c r="D231" s="22"/>
+      <c r="E231" s="20"/>
     </row>
     <row r="232" spans="1:5">
-      <c r="A232" s="2">
-[...11 lines deleted...]
-      <c r="E232" s="3"/>
+      <c r="A232" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B232" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C232" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D232" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E232" s="24" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="233" spans="1:5">
-      <c r="A233" s="2">
-        <v>35</v>
+      <c r="A233" s="2" t="s">
+        <v>9</v>
       </c>
       <c r="B233" s="3" t="s">
         <v>255</v>
       </c>
       <c r="C233" s="6" t="s">
-        <v>194</v>
+        <v>256</v>
       </c>
       <c r="D233" s="9">
-        <v>270000.0</v>
+        <v>400000.0</v>
       </c>
       <c r="E233" s="3"/>
     </row>
     <row r="234" spans="1:5">
-      <c r="A234" s="2">
-        <v>36</v>
+      <c r="A234" s="2" t="s">
+        <v>12</v>
       </c>
       <c r="B234" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="C234" s="6" t="s">
         <v>256</v>
       </c>
-      <c r="C234" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D234" s="9">
-        <v>250000.0</v>
+        <v>200000.0</v>
       </c>
       <c r="E234" s="3"/>
     </row>
     <row r="235" spans="1:5">
-      <c r="A235" s="19" t="s">
+      <c r="A235" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="B235" s="3" t="s">
         <v>258</v>
       </c>
-      <c r="B235" s="20"/>
-[...2 lines deleted...]
-      <c r="E235" s="20"/>
+      <c r="C235" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="D235" s="9">
+        <v>1200000.0</v>
+      </c>
+      <c r="E235" s="3"/>
     </row>
     <row r="236" spans="1:5">
-      <c r="A236" s="23" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="A236" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B236" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="C236" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="D236" s="9">
+        <v>400000.0</v>
+      </c>
+      <c r="E236" s="3"/>
     </row>
     <row r="237" spans="1:5">
       <c r="A237" s="2" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="B237" s="3" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C237" s="6" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="D237" s="9">
-        <v>400000.0</v>
+        <v>800000.0</v>
       </c>
       <c r="E237" s="3"/>
     </row>
     <row r="238" spans="1:5">
       <c r="A238" s="2" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="B238" s="3" t="s">
         <v>261</v>
       </c>
       <c r="C238" s="6" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="D238" s="9">
-        <v>200000.0</v>
+        <v>400000.0</v>
       </c>
       <c r="E238" s="3"/>
     </row>
     <row r="239" spans="1:5">
       <c r="A239" s="2" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="B239" s="3" t="s">
         <v>262</v>
       </c>
       <c r="C239" s="6" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="D239" s="9">
-        <v>1200000.0</v>
+        <v>850000.0</v>
       </c>
       <c r="E239" s="3"/>
     </row>
     <row r="240" spans="1:5">
       <c r="A240" s="2" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="B240" s="3" t="s">
         <v>263</v>
       </c>
       <c r="C240" s="6" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="D240" s="9">
-        <v>400000.0</v>
+        <v>300000.0</v>
       </c>
       <c r="E240" s="3"/>
     </row>
     <row r="241" spans="1:5">
       <c r="A241" s="2" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="B241" s="3" t="s">
         <v>264</v>
       </c>
       <c r="C241" s="6" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="D241" s="9">
-        <v>800000.0</v>
+        <v>700000.0</v>
       </c>
       <c r="E241" s="3"/>
     </row>
     <row r="242" spans="1:5">
-      <c r="A242" s="2" t="s">
-        <v>21</v>
+      <c r="A242" s="2">
+        <v>10</v>
       </c>
       <c r="B242" s="3" t="s">
         <v>265</v>
       </c>
       <c r="C242" s="6" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="D242" s="9">
-        <v>850000.0</v>
+        <v>700000.0</v>
       </c>
       <c r="E242" s="3"/>
     </row>
     <row r="243" spans="1:5">
-      <c r="A243" s="2" t="s">
-        <v>23</v>
+      <c r="A243" s="2">
+        <v>11</v>
       </c>
       <c r="B243" s="3" t="s">
         <v>266</v>
       </c>
       <c r="C243" s="6" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="D243" s="9">
-        <v>0.0</v>
+        <v>400000.0</v>
       </c>
       <c r="E243" s="3"/>
     </row>
     <row r="244" spans="1:5">
-      <c r="A244" s="2" t="s">
-        <v>25</v>
+      <c r="A244" s="2">
+        <v>12</v>
       </c>
       <c r="B244" s="3" t="s">
         <v>267</v>
       </c>
       <c r="C244" s="6" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="D244" s="9">
-        <v>845000.0</v>
+        <v>700000.0</v>
       </c>
       <c r="E244" s="3"/>
     </row>
     <row r="245" spans="1:5">
-      <c r="A245" s="2" t="s">
-        <v>27</v>
+      <c r="A245" s="2">
+        <v>13</v>
       </c>
       <c r="B245" s="3" t="s">
         <v>268</v>
       </c>
       <c r="C245" s="6" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="D245" s="9">
-        <v>700000.0</v>
+        <v>1200000.0</v>
       </c>
       <c r="E245" s="3"/>
     </row>
     <row r="246" spans="1:5">
       <c r="A246" s="2">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="B246" s="3" t="s">
         <v>269</v>
       </c>
       <c r="C246" s="6" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="D246" s="9">
-        <v>400000.0</v>
+        <v>1125000.0</v>
       </c>
       <c r="E246" s="3"/>
     </row>
     <row r="247" spans="1:5">
       <c r="A247" s="2">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B247" s="3" t="s">
         <v>270</v>
       </c>
       <c r="C247" s="6" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="D247" s="9">
-        <v>525000.0</v>
+        <v>450000.0</v>
       </c>
       <c r="E247" s="3"/>
     </row>
     <row r="248" spans="1:5">
       <c r="A248" s="2">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="B248" s="3" t="s">
         <v>271</v>
       </c>
       <c r="C248" s="6" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="D248" s="9">
-        <v>1200000.0</v>
+        <v>1800000.0</v>
       </c>
       <c r="E248" s="3"/>
     </row>
     <row r="249" spans="1:5">
       <c r="A249" s="2">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="B249" s="3" t="s">
         <v>272</v>
       </c>
       <c r="C249" s="6" t="s">
-        <v>260</v>
+        <v>189</v>
       </c>
       <c r="D249" s="9">
-        <v>1125000.0</v>
+        <v>100000.0</v>
       </c>
       <c r="E249" s="3"/>
     </row>
     <row r="250" spans="1:5">
       <c r="A250" s="2">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="B250" s="3" t="s">
         <v>273</v>
       </c>
       <c r="C250" s="6" t="s">
-        <v>260</v>
+        <v>189</v>
       </c>
       <c r="D250" s="9">
-        <v>450000.0</v>
+        <v>250000.0</v>
       </c>
       <c r="E250" s="3"/>
     </row>
     <row r="251" spans="1:5">
       <c r="A251" s="2">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B251" s="3" t="s">
         <v>274</v>
       </c>
       <c r="C251" s="6" t="s">
-        <v>260</v>
+        <v>189</v>
       </c>
       <c r="D251" s="9">
-        <v>1800000.0</v>
+        <v>250000.0</v>
       </c>
       <c r="E251" s="3"/>
     </row>
     <row r="252" spans="1:5">
-      <c r="A252" s="2">
-[...2 lines deleted...]
-      <c r="B252" s="3" t="s">
+      <c r="A252" s="19" t="s">
         <v>275</v>
       </c>
-      <c r="C252" s="6" t="s">
-[...5 lines deleted...]
-      <c r="E252" s="3"/>
+      <c r="B252" s="20"/>
+      <c r="C252" s="21"/>
+      <c r="D252" s="22"/>
+      <c r="E252" s="20"/>
     </row>
     <row r="253" spans="1:5">
-      <c r="A253" s="19" t="s">
+      <c r="A253" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B253" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C253" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D253" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E253" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="254" spans="1:5">
+      <c r="A254" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B254" s="3" t="s">
         <v>276</v>
       </c>
-      <c r="B253" s="20"/>
-[...19 lines deleted...]
-      </c>
+      <c r="C254" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D254" s="9">
+        <v>450000.0</v>
+      </c>
+      <c r="E254" s="3"/>
     </row>
     <row r="255" spans="1:5">
       <c r="A255" s="2" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B255" s="3" t="s">
         <v>277</v>
       </c>
       <c r="C255" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D255" s="9">
-        <v>450000.0</v>
+        <v>516375.0</v>
       </c>
       <c r="E255" s="3"/>
     </row>
     <row r="256" spans="1:5">
       <c r="A256" s="2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B256" s="3" t="s">
         <v>278</v>
       </c>
       <c r="C256" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D256" s="9">
-        <v>516375.0</v>
+        <v>475350.0</v>
       </c>
       <c r="E256" s="3"/>
     </row>
     <row r="257" spans="1:5">
       <c r="A257" s="2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B257" s="3" t="s">
         <v>279</v>
       </c>
       <c r="C257" s="6" t="s">
-        <v>194</v>
+        <v>235</v>
       </c>
       <c r="D257" s="9">
-        <v>475350.0</v>
+        <v>803229.0</v>
       </c>
       <c r="E257" s="3"/>
     </row>
     <row r="258" spans="1:5">
       <c r="A258" s="2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B258" s="3" t="s">
         <v>280</v>
       </c>
       <c r="C258" s="6" t="s">
-        <v>239</v>
+        <v>189</v>
       </c>
       <c r="D258" s="9">
-        <v>803229.0</v>
+        <v>180000.0</v>
       </c>
       <c r="E258" s="3"/>
     </row>
     <row r="259" spans="1:5">
       <c r="A259" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B259" s="3" t="s">
         <v>281</v>
       </c>
       <c r="C259" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D259" s="9">
-        <v>180000.0</v>
+        <v>105000.0</v>
       </c>
       <c r="E259" s="3"/>
     </row>
     <row r="260" spans="1:5">
       <c r="A260" s="2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B260" s="3" t="s">
         <v>282</v>
       </c>
       <c r="C260" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D260" s="9">
-        <v>105000.0</v>
+        <v>300000.0</v>
       </c>
       <c r="E260" s="3"/>
     </row>
     <row r="261" spans="1:5">
       <c r="A261" s="2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B261" s="3" t="s">
         <v>283</v>
       </c>
       <c r="C261" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D261" s="9">
-        <v>300000.0</v>
+        <v>200000.0</v>
       </c>
       <c r="E261" s="3"/>
     </row>
     <row r="262" spans="1:5">
       <c r="A262" s="2" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B262" s="3" t="s">
         <v>284</v>
       </c>
       <c r="C262" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D262" s="9">
-        <v>200000.0</v>
+        <v>300000.0</v>
       </c>
       <c r="E262" s="3"/>
     </row>
     <row r="263" spans="1:5">
-      <c r="A263" s="2" t="s">
-        <v>27</v>
+      <c r="A263" s="2">
+        <v>10</v>
       </c>
       <c r="B263" s="3" t="s">
         <v>285</v>
       </c>
       <c r="C263" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D263" s="9">
-        <v>300000.0</v>
+        <v>190000.0</v>
       </c>
       <c r="E263" s="3"/>
     </row>
     <row r="264" spans="1:5">
       <c r="A264" s="2">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B264" s="3" t="s">
         <v>286</v>
       </c>
       <c r="C264" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D264" s="9">
-        <v>190000.0</v>
+        <v>320000.0</v>
       </c>
       <c r="E264" s="3"/>
     </row>
     <row r="265" spans="1:5">
       <c r="A265" s="2">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B265" s="3" t="s">
         <v>287</v>
       </c>
       <c r="C265" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D265" s="9">
-        <v>320000.0</v>
+        <v>165000.0</v>
       </c>
       <c r="E265" s="3"/>
     </row>
     <row r="266" spans="1:5">
       <c r="A266" s="2">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B266" s="3" t="s">
         <v>288</v>
       </c>
       <c r="C266" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D266" s="9">
-        <v>165000.0</v>
+        <v>136000.0</v>
       </c>
       <c r="E266" s="3"/>
     </row>
     <row r="267" spans="1:5">
       <c r="A267" s="2">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B267" s="3" t="s">
         <v>289</v>
       </c>
       <c r="C267" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D267" s="9">
-        <v>137268.0</v>
+        <v>500000.0</v>
       </c>
       <c r="E267" s="3"/>
     </row>
     <row r="268" spans="1:5">
       <c r="A268" s="2">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B268" s="3" t="s">
         <v>290</v>
       </c>
       <c r="C268" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D268" s="9">
-        <v>500000.0</v>
+        <v>123900.0</v>
       </c>
       <c r="E268" s="3"/>
     </row>
     <row r="269" spans="1:5">
       <c r="A269" s="2">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B269" s="3" t="s">
         <v>291</v>
       </c>
       <c r="C269" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D269" s="9">
-        <v>123900.0</v>
+        <v>390000.0</v>
       </c>
       <c r="E269" s="3"/>
     </row>
     <row r="270" spans="1:5">
       <c r="A270" s="2">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B270" s="3" t="s">
         <v>292</v>
       </c>
       <c r="C270" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D270" s="9">
-        <v>390000.0</v>
+        <v>360000.0</v>
       </c>
       <c r="E270" s="3"/>
     </row>
     <row r="271" spans="1:5">
       <c r="A271" s="2">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B271" s="3" t="s">
         <v>293</v>
       </c>
       <c r="C271" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D271" s="9">
-        <v>360000.0</v>
+        <v>250000.0</v>
       </c>
       <c r="E271" s="3"/>
     </row>
     <row r="272" spans="1:5">
       <c r="A272" s="2">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B272" s="3" t="s">
         <v>294</v>
       </c>
       <c r="C272" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D272" s="9">
-        <v>250000.0</v>
+        <v>150000.0</v>
       </c>
       <c r="E272" s="3"/>
     </row>
     <row r="273" spans="1:5">
       <c r="A273" s="2">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B273" s="3" t="s">
         <v>295</v>
       </c>
       <c r="C273" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D273" s="9">
-        <v>150000.0</v>
+        <v>120000.0</v>
       </c>
       <c r="E273" s="3"/>
     </row>
     <row r="274" spans="1:5">
       <c r="A274" s="2">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B274" s="3" t="s">
         <v>296</v>
       </c>
       <c r="C274" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D274" s="9">
-        <v>120000.0</v>
+        <v>300000.0</v>
       </c>
       <c r="E274" s="3"/>
     </row>
     <row r="275" spans="1:5">
       <c r="A275" s="2">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B275" s="3" t="s">
         <v>297</v>
       </c>
       <c r="C275" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D275" s="9">
-        <v>300000.0</v>
+        <v>154575.0</v>
       </c>
       <c r="E275" s="3"/>
     </row>
     <row r="276" spans="1:5">
       <c r="A276" s="2">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B276" s="3" t="s">
         <v>298</v>
       </c>
       <c r="C276" s="6" t="s">
-        <v>194</v>
+        <v>235</v>
       </c>
       <c r="D276" s="9">
-        <v>154575.0</v>
+        <v>195000.0</v>
       </c>
       <c r="E276" s="3"/>
     </row>
     <row r="277" spans="1:5">
       <c r="A277" s="2">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B277" s="3" t="s">
         <v>299</v>
       </c>
       <c r="C277" s="6" t="s">
-        <v>239</v>
+        <v>189</v>
       </c>
       <c r="D277" s="9">
-        <v>195000.0</v>
+        <v>153000.0</v>
       </c>
       <c r="E277" s="3"/>
     </row>
     <row r="278" spans="1:5">
       <c r="A278" s="2">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B278" s="3" t="s">
         <v>300</v>
       </c>
       <c r="C278" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D278" s="9">
-        <v>150000.0</v>
+        <v>141000.0</v>
       </c>
       <c r="E278" s="3"/>
     </row>
     <row r="279" spans="1:5">
       <c r="A279" s="2">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B279" s="3" t="s">
         <v>301</v>
       </c>
       <c r="C279" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D279" s="9">
-        <v>141000.0</v>
+        <v>119000.0</v>
       </c>
       <c r="E279" s="3"/>
     </row>
     <row r="280" spans="1:5">
       <c r="A280" s="2">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B280" s="3" t="s">
         <v>302</v>
       </c>
       <c r="C280" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D280" s="9">
-        <v>140000.0</v>
+        <v>187500.0</v>
       </c>
       <c r="E280" s="3"/>
     </row>
     <row r="281" spans="1:5">
       <c r="A281" s="2">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B281" s="3" t="s">
         <v>303</v>
       </c>
       <c r="C281" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D281" s="9">
-        <v>187500.0</v>
+        <v>350000.0</v>
       </c>
       <c r="E281" s="3"/>
     </row>
     <row r="282" spans="1:5">
       <c r="A282" s="2">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B282" s="3" t="s">
         <v>304</v>
       </c>
       <c r="C282" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D282" s="9">
-        <v>350000.0</v>
+        <v>397500.0</v>
       </c>
       <c r="E282" s="3"/>
     </row>
     <row r="283" spans="1:5">
       <c r="A283" s="2">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B283" s="3" t="s">
         <v>305</v>
       </c>
       <c r="C283" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D283" s="9">
-        <v>397500.0</v>
+        <v>500000.0</v>
       </c>
       <c r="E283" s="3"/>
     </row>
     <row r="284" spans="1:5">
       <c r="A284" s="2">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B284" s="3" t="s">
         <v>306</v>
       </c>
       <c r="C284" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D284" s="9">
-        <v>500000.0</v>
+        <v>830550.0</v>
       </c>
       <c r="E284" s="3"/>
     </row>
     <row r="285" spans="1:5">
       <c r="A285" s="2">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B285" s="3" t="s">
         <v>307</v>
       </c>
       <c r="C285" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D285" s="9">
-        <v>830550.0</v>
+        <v>308000.0</v>
       </c>
       <c r="E285" s="3"/>
     </row>
     <row r="286" spans="1:5">
       <c r="A286" s="2">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B286" s="3" t="s">
         <v>308</v>
       </c>
       <c r="C286" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D286" s="9">
-        <v>308000.0</v>
+        <v>595000.0</v>
       </c>
       <c r="E286" s="3"/>
     </row>
     <row r="287" spans="1:5">
       <c r="A287" s="2">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B287" s="3" t="s">
         <v>309</v>
       </c>
       <c r="C287" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D287" s="9">
-        <v>595000.0</v>
+        <v>159390.0</v>
       </c>
       <c r="E287" s="3"/>
     </row>
     <row r="288" spans="1:5">
-      <c r="A288" s="2">
-[...2 lines deleted...]
-      <c r="B288" s="3" t="s">
+      <c r="A288" s="19" t="s">
         <v>310</v>
       </c>
-      <c r="C288" s="6" t="s">
-[...5 lines deleted...]
-      <c r="E288" s="3"/>
+      <c r="B288" s="20"/>
+      <c r="C288" s="21"/>
+      <c r="D288" s="22"/>
+      <c r="E288" s="20"/>
     </row>
     <row r="289" spans="1:5">
-      <c r="A289" s="19" t="s">
+      <c r="A289" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B289" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C289" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D289" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E289" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="290" spans="1:5">
+      <c r="A290" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B290" s="3" t="s">
         <v>311</v>
       </c>
-      <c r="B289" s="20"/>
-[...19 lines deleted...]
-      </c>
+      <c r="C290" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="D290" s="9">
+        <v>30000.0</v>
+      </c>
+      <c r="E290" s="3"/>
     </row>
     <row r="291" spans="1:5">
       <c r="A291" s="2" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B291" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="C291" s="6" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
       <c r="D291" s="9">
         <v>30000.0</v>
       </c>
       <c r="E291" s="3"/>
     </row>
     <row r="292" spans="1:5">
       <c r="A292" s="2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B292" s="3" t="s">
         <v>314</v>
       </c>
       <c r="C292" s="6" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="D292" s="9">
         <v>30000.0</v>
       </c>
       <c r="E292" s="3"/>
     </row>
     <row r="293" spans="1:5">
       <c r="A293" s="2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B293" s="3" t="s">
         <v>315</v>
       </c>
       <c r="C293" s="6" t="s">
-        <v>313</v>
+        <v>215</v>
       </c>
       <c r="D293" s="9">
-        <v>30000.0</v>
+        <v>35000.0</v>
       </c>
       <c r="E293" s="3"/>
     </row>
     <row r="294" spans="1:5">
       <c r="A294" s="2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B294" s="3" t="s">
         <v>316</v>
       </c>
       <c r="C294" s="6" t="s">
-        <v>219</v>
+        <v>317</v>
       </c>
       <c r="D294" s="9">
-        <v>35000.0</v>
+        <v>28000.0</v>
       </c>
       <c r="E294" s="3"/>
     </row>
     <row r="295" spans="1:5">
       <c r="A295" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B295" s="3" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="C295" s="6" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="D295" s="9">
-        <v>28000.0</v>
+        <v>40000.0</v>
       </c>
       <c r="E295" s="3"/>
     </row>
     <row r="296" spans="1:5">
       <c r="A296" s="2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B296" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="C296" s="6" t="s">
         <v>319</v>
       </c>
-      <c r="C296" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D296" s="9">
-        <v>40000.0</v>
+        <v>30000.0</v>
       </c>
       <c r="E296" s="3"/>
     </row>
     <row r="297" spans="1:5">
       <c r="A297" s="2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B297" s="3" t="s">
         <v>321</v>
       </c>
       <c r="C297" s="6" t="s">
-        <v>320</v>
+        <v>312</v>
       </c>
       <c r="D297" s="9">
-        <v>30000.0</v>
+        <v>200000.0</v>
       </c>
       <c r="E297" s="3"/>
     </row>
     <row r="298" spans="1:5">
       <c r="A298" s="2" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B298" s="3" t="s">
         <v>322</v>
       </c>
       <c r="C298" s="6" t="s">
-        <v>313</v>
+        <v>189</v>
       </c>
       <c r="D298" s="9">
-        <v>200000.0</v>
+        <v>250000.0</v>
       </c>
       <c r="E298" s="3"/>
     </row>
     <row r="299" spans="1:5">
-      <c r="A299" s="2" t="s">
-        <v>27</v>
+      <c r="A299" s="2">
+        <v>10</v>
       </c>
       <c r="B299" s="3" t="s">
         <v>323</v>
       </c>
       <c r="C299" s="6" t="s">
-        <v>194</v>
+        <v>312</v>
       </c>
       <c r="D299" s="9">
-        <v>250000.0</v>
+        <v>558777.0</v>
       </c>
       <c r="E299" s="3"/>
     </row>
     <row r="300" spans="1:5">
       <c r="A300" s="2">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B300" s="3" t="s">
         <v>324</v>
       </c>
       <c r="C300" s="6" t="s">
-        <v>313</v>
+        <v>235</v>
       </c>
       <c r="D300" s="9">
-        <v>558777.0</v>
+        <v>44070.0</v>
       </c>
       <c r="E300" s="3"/>
     </row>
     <row r="301" spans="1:5">
       <c r="A301" s="2">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B301" s="3" t="s">
         <v>325</v>
       </c>
       <c r="C301" s="6" t="s">
-        <v>239</v>
+        <v>189</v>
       </c>
       <c r="D301" s="9">
-        <v>44070.0</v>
+        <v>41284.3789</v>
       </c>
       <c r="E301" s="3"/>
     </row>
     <row r="302" spans="1:5">
       <c r="A302" s="2">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B302" s="3" t="s">
         <v>326</v>
       </c>
       <c r="C302" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D302" s="9">
-        <v>41284.3789</v>
+        <v>41400.0</v>
       </c>
       <c r="E302" s="3"/>
     </row>
     <row r="303" spans="1:5">
       <c r="A303" s="2">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B303" s="3" t="s">
         <v>327</v>
       </c>
       <c r="C303" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D303" s="9">
-        <v>41400.0</v>
+        <v>130000.0</v>
       </c>
       <c r="E303" s="3"/>
     </row>
     <row r="304" spans="1:5">
       <c r="A304" s="2">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B304" s="3" t="s">
         <v>328</v>
       </c>
       <c r="C304" s="6" t="s">
-        <v>194</v>
+        <v>319</v>
       </c>
       <c r="D304" s="9">
-        <v>130000.0</v>
+        <v>192000.0</v>
       </c>
       <c r="E304" s="3"/>
     </row>
     <row r="305" spans="1:5">
       <c r="A305" s="2">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B305" s="3" t="s">
         <v>329</v>
       </c>
       <c r="C305" s="6" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="D305" s="9">
         <v>490000.0</v>
       </c>
       <c r="E305" s="3"/>
     </row>
     <row r="306" spans="1:5">
       <c r="A306" s="2">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B306" s="3" t="s">
         <v>329</v>
       </c>
       <c r="C306" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D306" s="9">
         <v>70000.0</v>
       </c>
       <c r="E306" s="3"/>
     </row>
     <row r="307" spans="1:5">
       <c r="A307" s="2">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B307" s="3" t="s">
         <v>330</v>
       </c>
       <c r="C307" s="6" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="D307" s="9">
         <v>160000.0</v>
       </c>
       <c r="E307" s="3"/>
     </row>
     <row r="308" spans="1:5">
       <c r="A308" s="2">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B308" s="3" t="s">
         <v>331</v>
       </c>
       <c r="C308" s="6" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="D308" s="9">
         <v>247000.0</v>
       </c>
       <c r="E308" s="3"/>
     </row>
     <row r="309" spans="1:5">
       <c r="A309" s="2">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B309" s="3" t="s">
         <v>332</v>
       </c>
       <c r="C309" s="6" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="D309" s="9">
         <v>195000.0</v>
       </c>
       <c r="E309" s="3"/>
     </row>
     <row r="310" spans="1:5">
       <c r="A310" s="2">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B310" s="3" t="s">
         <v>333</v>
       </c>
       <c r="C310" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D310" s="9">
         <v>300000.0</v>
       </c>
       <c r="E310" s="3"/>
     </row>
     <row r="311" spans="1:5">
       <c r="A311" s="2">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B311" s="3" t="s">
         <v>334</v>
       </c>
       <c r="C311" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D311" s="9">
         <v>120000.0</v>
       </c>
       <c r="E311" s="3"/>
     </row>
     <row r="312" spans="1:5">
       <c r="A312" s="2">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B312" s="3" t="s">
         <v>335</v>
       </c>
       <c r="C312" s="6" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="D312" s="9">
         <v>400000.0</v>
       </c>
       <c r="E312" s="3"/>
     </row>
     <row r="313" spans="1:5">
       <c r="A313" s="2">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B313" s="3" t="s">
         <v>336</v>
       </c>
       <c r="C313" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D313" s="9">
         <v>250000.0</v>
       </c>
       <c r="E313" s="3"/>
     </row>
     <row r="314" spans="1:5">
       <c r="A314" s="2">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B314" s="3" t="s">
         <v>337</v>
       </c>
       <c r="C314" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D314" s="9">
         <v>20000.0</v>
       </c>
       <c r="E314" s="3"/>
     </row>
     <row r="315" spans="1:5">
       <c r="A315" s="2">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B315" s="3" t="s">
         <v>338</v>
       </c>
       <c r="C315" s="6" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="D315" s="9">
         <v>20000.0</v>
       </c>
       <c r="E315" s="3"/>
     </row>
     <row r="316" spans="1:5">
       <c r="A316" s="2">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B316" s="3" t="s">
         <v>339</v>
       </c>
       <c r="C316" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D316" s="9">
         <v>10000.0</v>
       </c>
       <c r="E316" s="3"/>
     </row>
     <row r="317" spans="1:5">
       <c r="A317" s="2">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B317" s="3" t="s">
         <v>340</v>
       </c>
       <c r="C317" s="6" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="D317" s="9">
         <v>5000.0</v>
       </c>
       <c r="E317" s="3"/>
     </row>
     <row r="318" spans="1:5">
       <c r="A318" s="2">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B318" s="3" t="s">
         <v>341</v>
       </c>
       <c r="C318" s="6" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="D318" s="9">
         <v>100000.0</v>
       </c>
       <c r="E318" s="3"/>
     </row>
     <row r="319" spans="1:5">
       <c r="A319" s="2">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B319" s="3" t="s">
         <v>342</v>
       </c>
       <c r="C319" s="6" t="s">
         <v>343</v>
       </c>
       <c r="D319" s="9">
         <v>150000.0</v>
       </c>
       <c r="E319" s="3"/>
     </row>
     <row r="320" spans="1:5">
       <c r="A320" s="2">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B320" s="3" t="s">
         <v>344</v>
       </c>
       <c r="C320" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D320" s="9">
         <v>585115.5</v>
       </c>
       <c r="E320" s="3"/>
     </row>
     <row r="321" spans="1:5">
       <c r="A321" s="2">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B321" s="3" t="s">
         <v>345</v>
       </c>
       <c r="C321" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D321" s="9">
         <v>500000.0</v>
       </c>
       <c r="E321" s="3"/>
     </row>
     <row r="322" spans="1:5">
       <c r="A322" s="2">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B322" s="3" t="s">
         <v>346</v>
       </c>
       <c r="C322" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D322" s="9">
         <v>97500.0</v>
       </c>
       <c r="E322" s="3"/>
     </row>
     <row r="323" spans="1:5">
       <c r="A323" s="2">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B323" s="3" t="s">
         <v>347</v>
       </c>
       <c r="C323" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D323" s="9">
         <v>135000.0</v>
       </c>
       <c r="E323" s="3"/>
     </row>
     <row r="324" spans="1:5">
       <c r="A324" s="2">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B324" s="3" t="s">
         <v>348</v>
       </c>
       <c r="C324" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D324" s="9">
         <v>200000.0</v>
       </c>
       <c r="E324" s="3"/>
     </row>
     <row r="325" spans="1:5">
       <c r="A325" s="2">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B325" s="3" t="s">
         <v>349</v>
       </c>
       <c r="C325" s="6" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="D325" s="9">
         <v>100000.0</v>
       </c>
       <c r="E325" s="3"/>
     </row>
     <row r="326" spans="1:5">
       <c r="A326" s="2">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B326" s="3" t="s">
         <v>350</v>
       </c>
       <c r="C326" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D326" s="9">
         <v>120000.0</v>
       </c>
       <c r="E326" s="3"/>
     </row>
     <row r="327" spans="1:5">
       <c r="A327" s="2">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B327" s="3" t="s">
         <v>351</v>
       </c>
       <c r="C327" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D327" s="9">
         <v>160000.0</v>
       </c>
       <c r="E327" s="3"/>
     </row>
     <row r="328" spans="1:5">
       <c r="A328" s="2">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B328" s="3" t="s">
         <v>352</v>
       </c>
       <c r="C328" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D328" s="9">
         <v>250000.0</v>
       </c>
       <c r="E328" s="3"/>
     </row>
     <row r="329" spans="1:5">
       <c r="A329" s="2">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B329" s="3" t="s">
         <v>353</v>
       </c>
       <c r="C329" s="6" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="D329" s="9">
         <v>50000.0</v>
       </c>
       <c r="E329" s="3"/>
     </row>
     <row r="330" spans="1:5">
       <c r="A330" s="2">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B330" s="3" t="s">
         <v>354</v>
       </c>
       <c r="C330" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D330" s="9">
         <v>450000.0</v>
       </c>
       <c r="E330" s="3"/>
     </row>
     <row r="331" spans="1:5">
       <c r="A331" s="2">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B331" s="3" t="s">
         <v>355</v>
       </c>
       <c r="C331" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D331" s="9">
         <v>160000.0</v>
       </c>
       <c r="E331" s="3"/>
     </row>
     <row r="332" spans="1:5">
       <c r="A332" s="2">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B332" s="3" t="s">
         <v>356</v>
       </c>
       <c r="C332" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D332" s="9">
         <v>450000.0</v>
       </c>
       <c r="E332" s="3"/>
     </row>
     <row r="333" spans="1:5">
       <c r="A333" s="2">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B333" s="3" t="s">
         <v>357</v>
       </c>
       <c r="C333" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D333" s="9">
         <v>450000.0</v>
       </c>
       <c r="E333" s="3"/>
     </row>
     <row r="334" spans="1:5">
       <c r="A334" s="15" t="s">
         <v>358</v>
       </c>
       <c r="B334" s="16" t="s">
         <v>359</v>
       </c>
       <c r="C334" s="17"/>
       <c r="D334" s="18"/>
       <c r="E334" s="16"/>
     </row>
     <row r="335" spans="1:5">
       <c r="A335" s="19" t="s">
         <v>360</v>
       </c>
       <c r="B335" s="20"/>
       <c r="C335" s="21"/>
       <c r="D335" s="22"/>
       <c r="E335" s="20"/>
@@ -8659,10502 +8806,11222 @@
     <row r="336" spans="1:5">
       <c r="A336" s="23" t="s">
         <v>4</v>
       </c>
       <c r="B336" s="24" t="s">
         <v>5</v>
       </c>
       <c r="C336" s="25" t="s">
         <v>6</v>
       </c>
       <c r="D336" s="26" t="s">
         <v>7</v>
       </c>
       <c r="E336" s="24" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="337" spans="1:5">
       <c r="A337" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B337" s="3" t="s">
         <v>361</v>
       </c>
       <c r="C337" s="6" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="D337" s="9">
         <v>186700.0</v>
       </c>
       <c r="E337" s="3"/>
     </row>
     <row r="338" spans="1:5">
       <c r="A338" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B338" s="3" t="s">
         <v>362</v>
       </c>
       <c r="C338" s="6" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="D338" s="9">
         <v>187200.0</v>
       </c>
       <c r="E338" s="3"/>
     </row>
     <row r="339" spans="1:5">
       <c r="A339" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B339" s="3" t="s">
         <v>363</v>
       </c>
       <c r="C339" s="6" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="D339" s="9">
         <v>740000.0</v>
       </c>
       <c r="E339" s="3"/>
     </row>
     <row r="340" spans="1:5">
       <c r="A340" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B340" s="3" t="s">
         <v>364</v>
       </c>
       <c r="C340" s="6" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="D340" s="9">
         <v>350000.0</v>
       </c>
       <c r="E340" s="3"/>
     </row>
     <row r="341" spans="1:5">
       <c r="A341" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B341" s="3" t="s">
         <v>365</v>
       </c>
       <c r="C341" s="6" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="D341" s="9">
-        <v>282000.0</v>
+        <v>391000.0</v>
       </c>
       <c r="E341" s="3"/>
     </row>
     <row r="342" spans="1:5">
       <c r="A342" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B342" s="3" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="C342" s="6" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="D342" s="9">
-        <v>319500.0</v>
+        <v>282000.0</v>
       </c>
       <c r="E342" s="3"/>
     </row>
     <row r="343" spans="1:5">
       <c r="A343" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B343" s="3" t="s">
         <v>366</v>
       </c>
       <c r="C343" s="6" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="D343" s="9">
-        <v>740000.0</v>
+        <v>319500.0</v>
       </c>
       <c r="E343" s="3"/>
     </row>
     <row r="344" spans="1:5">
       <c r="A344" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B344" s="3" t="s">
         <v>367</v>
       </c>
       <c r="C344" s="6" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="D344" s="9">
-        <v>330000.0</v>
+        <v>740000.0</v>
       </c>
       <c r="E344" s="3"/>
     </row>
     <row r="345" spans="1:5">
       <c r="A345" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B345" s="3" t="s">
         <v>368</v>
       </c>
       <c r="C345" s="6" t="s">
-        <v>194</v>
+        <v>86</v>
       </c>
       <c r="D345" s="9">
-        <v>420000.0</v>
+        <v>352000.0</v>
       </c>
       <c r="E345" s="3"/>
     </row>
     <row r="346" spans="1:5">
       <c r="A346" s="2">
         <v>10</v>
       </c>
       <c r="B346" s="3" t="s">
         <v>369</v>
       </c>
       <c r="C346" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D346" s="9">
-        <v>200000.0</v>
+        <v>420000.0</v>
       </c>
       <c r="E346" s="3"/>
     </row>
     <row r="347" spans="1:5">
       <c r="A347" s="2">
         <v>11</v>
       </c>
       <c r="B347" s="3" t="s">
         <v>370</v>
       </c>
       <c r="C347" s="6" t="s">
-        <v>260</v>
+        <v>189</v>
       </c>
       <c r="D347" s="9">
-        <v>690000.0</v>
+        <v>200000.0</v>
       </c>
       <c r="E347" s="3"/>
     </row>
     <row r="348" spans="1:5">
       <c r="A348" s="2">
         <v>12</v>
       </c>
       <c r="B348" s="3" t="s">
         <v>371</v>
       </c>
       <c r="C348" s="6" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="D348" s="9">
-        <v>200000.0</v>
+        <v>690000.0</v>
       </c>
       <c r="E348" s="3"/>
     </row>
     <row r="349" spans="1:5">
       <c r="A349" s="2">
         <v>13</v>
       </c>
       <c r="B349" s="3" t="s">
         <v>372</v>
       </c>
       <c r="C349" s="6" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="D349" s="9">
-        <v>98000.0</v>
+        <v>200000.0</v>
       </c>
       <c r="E349" s="3"/>
     </row>
     <row r="350" spans="1:5">
       <c r="A350" s="2">
         <v>14</v>
       </c>
       <c r="B350" s="3" t="s">
         <v>373</v>
       </c>
       <c r="C350" s="6" t="s">
-        <v>239</v>
+        <v>253</v>
       </c>
       <c r="D350" s="9">
-        <v>68000.0</v>
+        <v>98000.0</v>
       </c>
       <c r="E350" s="3"/>
     </row>
     <row r="351" spans="1:5">
       <c r="A351" s="2">
         <v>15</v>
       </c>
       <c r="B351" s="3" t="s">
         <v>374</v>
       </c>
       <c r="C351" s="6" t="s">
-        <v>194</v>
+        <v>235</v>
       </c>
       <c r="D351" s="9">
-        <v>130000.0</v>
+        <v>68000.0</v>
       </c>
       <c r="E351" s="3"/>
     </row>
     <row r="352" spans="1:5">
       <c r="A352" s="2">
         <v>16</v>
       </c>
       <c r="B352" s="3" t="s">
         <v>375</v>
       </c>
       <c r="C352" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D352" s="9">
-        <v>57000.0</v>
+        <v>130000.0</v>
       </c>
       <c r="E352" s="3"/>
     </row>
     <row r="353" spans="1:5">
       <c r="A353" s="2">
         <v>17</v>
       </c>
       <c r="B353" s="3" t="s">
         <v>376</v>
       </c>
       <c r="C353" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D353" s="9">
-        <v>64000.0</v>
+        <v>57000.0</v>
       </c>
       <c r="E353" s="3"/>
     </row>
     <row r="354" spans="1:5">
       <c r="A354" s="2">
         <v>18</v>
       </c>
       <c r="B354" s="3" t="s">
         <v>377</v>
       </c>
       <c r="C354" s="6" t="s">
-        <v>257</v>
+        <v>189</v>
       </c>
       <c r="D354" s="9">
-        <v>96000.0</v>
+        <v>68000.0</v>
       </c>
       <c r="E354" s="3"/>
     </row>
     <row r="355" spans="1:5">
       <c r="A355" s="2">
         <v>19</v>
       </c>
       <c r="B355" s="3" t="s">
         <v>378</v>
       </c>
       <c r="C355" s="6" t="s">
-        <v>194</v>
+        <v>253</v>
       </c>
       <c r="D355" s="9">
+        <v>96000.0</v>
+      </c>
+      <c r="E355" s="3"/>
+    </row>
+    <row r="356" spans="1:5">
+      <c r="A356" s="2">
+        <v>20</v>
+      </c>
+      <c r="B356" s="3" t="s">
+        <v>379</v>
+      </c>
+      <c r="C356" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D356" s="9">
         <v>64000.0</v>
       </c>
-      <c r="E355" s="3"/>
-[...8 lines deleted...]
-      <c r="E356" s="20"/>
+      <c r="E356" s="3"/>
     </row>
     <row r="357" spans="1:5">
-      <c r="A357" s="23" t="s">
+      <c r="A357" s="19" t="s">
+        <v>380</v>
+      </c>
+      <c r="B357" s="20"/>
+      <c r="C357" s="21"/>
+      <c r="D357" s="22"/>
+      <c r="E357" s="20"/>
+    </row>
+    <row r="358" spans="1:5">
+      <c r="A358" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B357" s="24" t="s">
+      <c r="B358" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C357" s="25" t="s">
+      <c r="C358" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D357" s="26" t="s">
+      <c r="D358" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E357" s="24" t="s">
+      <c r="E358" s="24" t="s">
         <v>8</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E358" s="3"/>
     </row>
     <row r="359" spans="1:5">
       <c r="A359" s="2" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="B359" s="3" t="s">
         <v>381</v>
       </c>
       <c r="C359" s="6" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="D359" s="9">
-        <v>160000.0</v>
+        <v>150000.0</v>
       </c>
       <c r="E359" s="3"/>
     </row>
     <row r="360" spans="1:5">
       <c r="A360" s="2" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B360" s="3" t="s">
         <v>382</v>
       </c>
       <c r="C360" s="6" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="D360" s="9">
-        <v>337000.0</v>
+        <v>150000.0</v>
       </c>
       <c r="E360" s="3"/>
     </row>
     <row r="361" spans="1:5">
       <c r="A361" s="2" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="B361" s="3" t="s">
         <v>383</v>
       </c>
       <c r="C361" s="6" t="s">
-        <v>260</v>
+        <v>86</v>
       </c>
       <c r="D361" s="9">
-        <v>300000.0</v>
+        <v>337000.0</v>
       </c>
       <c r="E361" s="3"/>
     </row>
     <row r="362" spans="1:5">
       <c r="A362" s="2" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B362" s="3" t="s">
         <v>384</v>
       </c>
       <c r="C362" s="6" t="s">
-        <v>87</v>
+        <v>256</v>
       </c>
       <c r="D362" s="9">
-        <v>700000.0</v>
+        <v>300000.0</v>
       </c>
       <c r="E362" s="3"/>
     </row>
     <row r="363" spans="1:5">
       <c r="A363" s="2" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="B363" s="3" t="s">
         <v>385</v>
       </c>
       <c r="C363" s="6" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="D363" s="9">
-        <v>1700000.0</v>
+        <v>700000.0</v>
       </c>
       <c r="E363" s="3"/>
     </row>
     <row r="364" spans="1:5">
       <c r="A364" s="2" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B364" s="3" t="s">
         <v>386</v>
       </c>
       <c r="C364" s="6" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="D364" s="9">
-        <v>2200000.0</v>
+        <v>1700000.0</v>
       </c>
       <c r="E364" s="3"/>
     </row>
     <row r="365" spans="1:5">
       <c r="A365" s="2" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B365" s="3" t="s">
         <v>387</v>
       </c>
       <c r="C365" s="6" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="D365" s="9">
-        <v>3987500.0</v>
+        <v>2200000.0</v>
       </c>
       <c r="E365" s="3"/>
     </row>
     <row r="366" spans="1:5">
       <c r="A366" s="2" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B366" s="3" t="s">
         <v>388</v>
       </c>
       <c r="C366" s="6" t="s">
-        <v>260</v>
+        <v>86</v>
       </c>
       <c r="D366" s="9">
-        <v>500000.0</v>
+        <v>3987500.0</v>
       </c>
       <c r="E366" s="3"/>
     </row>
     <row r="367" spans="1:5">
-      <c r="A367" s="2">
-        <v>10</v>
+      <c r="A367" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="B367" s="3" t="s">
         <v>389</v>
       </c>
       <c r="C367" s="6" t="s">
-        <v>87</v>
+        <v>256</v>
       </c>
       <c r="D367" s="9">
-        <v>765000.0</v>
+        <v>500000.0</v>
       </c>
       <c r="E367" s="3"/>
     </row>
     <row r="368" spans="1:5">
       <c r="A368" s="2">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B368" s="3" t="s">
         <v>390</v>
       </c>
       <c r="C368" s="6" t="s">
-        <v>257</v>
+        <v>86</v>
       </c>
       <c r="D368" s="9">
-        <v>400000.0</v>
+        <v>765000.0</v>
       </c>
       <c r="E368" s="3"/>
     </row>
     <row r="369" spans="1:5">
       <c r="A369" s="2">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B369" s="3" t="s">
         <v>391</v>
       </c>
       <c r="C369" s="6" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="D369" s="9">
-        <v>420000.0</v>
+        <v>400000.0</v>
       </c>
       <c r="E369" s="3"/>
     </row>
     <row r="370" spans="1:5">
       <c r="A370" s="2">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B370" s="3" t="s">
         <v>392</v>
       </c>
       <c r="C370" s="6" t="s">
-        <v>194</v>
+        <v>253</v>
       </c>
       <c r="D370" s="9">
-        <v>40000.0</v>
+        <v>420000.0</v>
       </c>
       <c r="E370" s="3"/>
     </row>
     <row r="371" spans="1:5">
       <c r="A371" s="2">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B371" s="3" t="s">
         <v>393</v>
       </c>
       <c r="C371" s="6" t="s">
-        <v>257</v>
+        <v>189</v>
       </c>
       <c r="D371" s="9">
-        <v>23300.0</v>
+        <v>40000.0</v>
       </c>
       <c r="E371" s="3"/>
     </row>
     <row r="372" spans="1:5">
       <c r="A372" s="2">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B372" s="3" t="s">
         <v>394</v>
       </c>
       <c r="C372" s="6" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="D372" s="9">
-        <v>64000.0</v>
+        <v>23300.0</v>
       </c>
       <c r="E372" s="3"/>
     </row>
     <row r="373" spans="1:5">
       <c r="A373" s="2">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B373" s="3" t="s">
         <v>395</v>
       </c>
       <c r="C373" s="6" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="D373" s="9">
-        <v>80000.0</v>
+        <v>64000.0</v>
       </c>
       <c r="E373" s="3"/>
     </row>
     <row r="374" spans="1:5">
       <c r="A374" s="2">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B374" s="3" t="s">
         <v>396</v>
       </c>
       <c r="C374" s="6" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="D374" s="9">
-        <v>30000.0</v>
+        <v>80000.0</v>
       </c>
       <c r="E374" s="3"/>
     </row>
     <row r="375" spans="1:5">
       <c r="A375" s="2">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B375" s="3" t="s">
         <v>397</v>
       </c>
       <c r="C375" s="6" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="D375" s="9">
-        <v>60000.0</v>
+        <v>30000.0</v>
       </c>
       <c r="E375" s="3"/>
     </row>
     <row r="376" spans="1:5">
       <c r="A376" s="2">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B376" s="3" t="s">
         <v>398</v>
       </c>
       <c r="C376" s="6" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="D376" s="9">
-        <v>20800.0</v>
+        <v>70000.0</v>
       </c>
       <c r="E376" s="3"/>
     </row>
     <row r="377" spans="1:5">
       <c r="A377" s="2">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B377" s="3" t="s">
         <v>399</v>
       </c>
       <c r="C377" s="6" t="s">
-        <v>194</v>
+        <v>253</v>
       </c>
       <c r="D377" s="9">
-        <v>100000.0</v>
+        <v>20800.0</v>
       </c>
       <c r="E377" s="3"/>
     </row>
     <row r="378" spans="1:5">
       <c r="A378" s="2">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B378" s="3" t="s">
         <v>400</v>
       </c>
       <c r="C378" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D378" s="9">
-        <v>140000.0</v>
+        <v>100000.0</v>
       </c>
       <c r="E378" s="3"/>
     </row>
     <row r="379" spans="1:5">
       <c r="A379" s="2">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B379" s="3" t="s">
         <v>401</v>
       </c>
       <c r="C379" s="6" t="s">
-        <v>257</v>
+        <v>189</v>
       </c>
       <c r="D379" s="9">
-        <v>46000.0</v>
+        <v>140000.0</v>
       </c>
       <c r="E379" s="3"/>
     </row>
     <row r="380" spans="1:5">
       <c r="A380" s="2">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B380" s="3" t="s">
         <v>402</v>
       </c>
       <c r="C380" s="6" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="D380" s="9">
-        <v>70000.0</v>
+        <v>46000.0</v>
       </c>
       <c r="E380" s="3"/>
     </row>
     <row r="381" spans="1:5">
       <c r="A381" s="2">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B381" s="3" t="s">
         <v>403</v>
       </c>
       <c r="C381" s="6" t="s">
-        <v>194</v>
+        <v>253</v>
       </c>
       <c r="D381" s="9">
-        <v>240000.0</v>
+        <v>70000.0</v>
       </c>
       <c r="E381" s="3"/>
     </row>
     <row r="382" spans="1:5">
       <c r="A382" s="2">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B382" s="3" t="s">
         <v>404</v>
       </c>
       <c r="C382" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D382" s="9">
-        <v>290000.0</v>
+        <v>160000.0</v>
       </c>
       <c r="E382" s="3"/>
     </row>
     <row r="383" spans="1:5">
       <c r="A383" s="2">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B383" s="3" t="s">
         <v>405</v>
       </c>
       <c r="C383" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D383" s="9">
-        <v>45000.0</v>
+        <v>290000.0</v>
       </c>
       <c r="E383" s="3"/>
     </row>
     <row r="384" spans="1:5">
       <c r="A384" s="2">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B384" s="3" t="s">
         <v>406</v>
       </c>
       <c r="C384" s="6" t="s">
-        <v>257</v>
+        <v>189</v>
       </c>
       <c r="D384" s="9">
-        <v>34000.0</v>
+        <v>45000.0</v>
       </c>
       <c r="E384" s="3"/>
     </row>
     <row r="385" spans="1:5">
       <c r="A385" s="2">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B385" s="3" t="s">
         <v>407</v>
       </c>
       <c r="C385" s="6" t="s">
-        <v>194</v>
+        <v>253</v>
       </c>
       <c r="D385" s="9">
-        <v>78000.0</v>
+        <v>34000.0</v>
       </c>
       <c r="E385" s="3"/>
     </row>
     <row r="386" spans="1:5">
       <c r="A386" s="2">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B386" s="3" t="s">
         <v>408</v>
       </c>
       <c r="C386" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D386" s="9">
-        <v>25000.0</v>
+        <v>78000.0</v>
       </c>
       <c r="E386" s="3"/>
     </row>
     <row r="387" spans="1:5">
       <c r="A387" s="2">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B387" s="3" t="s">
         <v>409</v>
       </c>
       <c r="C387" s="6" t="s">
-        <v>257</v>
+        <v>189</v>
       </c>
       <c r="D387" s="9">
-        <v>67000.0</v>
+        <v>25000.0</v>
       </c>
       <c r="E387" s="3"/>
     </row>
     <row r="388" spans="1:5">
       <c r="A388" s="2">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B388" s="3" t="s">
         <v>410</v>
       </c>
       <c r="C388" s="6" t="s">
-        <v>194</v>
+        <v>253</v>
       </c>
       <c r="D388" s="9">
-        <v>56000.0</v>
+        <v>67000.0</v>
       </c>
       <c r="E388" s="3"/>
     </row>
     <row r="389" spans="1:5">
       <c r="A389" s="2">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B389" s="3" t="s">
         <v>411</v>
       </c>
       <c r="C389" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D389" s="9">
-        <v>40000.0</v>
+        <v>56000.0</v>
       </c>
       <c r="E389" s="3"/>
     </row>
     <row r="390" spans="1:5">
       <c r="A390" s="2">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B390" s="3" t="s">
         <v>412</v>
       </c>
       <c r="C390" s="6" t="s">
-        <v>257</v>
+        <v>189</v>
       </c>
       <c r="D390" s="9">
         <v>40000.0</v>
       </c>
       <c r="E390" s="3"/>
     </row>
     <row r="391" spans="1:5">
       <c r="A391" s="2">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B391" s="3" t="s">
         <v>413</v>
       </c>
       <c r="C391" s="6" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="D391" s="9">
-        <v>70000.0</v>
+        <v>40000.0</v>
       </c>
       <c r="E391" s="3"/>
     </row>
     <row r="392" spans="1:5">
       <c r="A392" s="2">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B392" s="3" t="s">
         <v>414</v>
       </c>
       <c r="C392" s="6" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="D392" s="9">
-        <v>20800.0</v>
+        <v>70000.0</v>
       </c>
       <c r="E392" s="3"/>
     </row>
     <row r="393" spans="1:5">
       <c r="A393" s="2">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B393" s="3" t="s">
         <v>415</v>
       </c>
       <c r="C393" s="6" t="s">
-        <v>194</v>
+        <v>253</v>
       </c>
       <c r="D393" s="9">
-        <v>70000.0</v>
+        <v>20800.0</v>
       </c>
       <c r="E393" s="3"/>
     </row>
     <row r="394" spans="1:5">
       <c r="A394" s="2">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B394" s="3" t="s">
         <v>416</v>
       </c>
       <c r="C394" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D394" s="9">
-        <v>40000.0</v>
+        <v>70000.0</v>
       </c>
       <c r="E394" s="3"/>
     </row>
     <row r="395" spans="1:5">
       <c r="A395" s="2">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B395" s="3" t="s">
         <v>417</v>
       </c>
       <c r="C395" s="6" t="s">
-        <v>257</v>
+        <v>189</v>
       </c>
       <c r="D395" s="9">
-        <v>70000.0</v>
+        <v>22500.0</v>
       </c>
       <c r="E395" s="3"/>
     </row>
     <row r="396" spans="1:5">
       <c r="A396" s="2">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B396" s="3" t="s">
         <v>418</v>
       </c>
       <c r="C396" s="6" t="s">
-        <v>194</v>
+        <v>253</v>
       </c>
       <c r="D396" s="9">
-        <v>32000.0</v>
+        <v>70000.0</v>
       </c>
       <c r="E396" s="3"/>
     </row>
     <row r="397" spans="1:5">
       <c r="A397" s="2">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B397" s="3" t="s">
         <v>419</v>
       </c>
       <c r="C397" s="6" t="s">
-        <v>257</v>
+        <v>189</v>
       </c>
       <c r="D397" s="9">
-        <v>46000.0</v>
+        <v>32000.0</v>
       </c>
       <c r="E397" s="3"/>
     </row>
     <row r="398" spans="1:5">
       <c r="A398" s="2">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B398" s="3" t="s">
         <v>420</v>
       </c>
       <c r="C398" s="6" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="D398" s="9">
-        <v>170000.0</v>
+        <v>46000.0</v>
       </c>
       <c r="E398" s="3"/>
     </row>
     <row r="399" spans="1:5">
       <c r="A399" s="2">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B399" s="3" t="s">
         <v>421</v>
       </c>
       <c r="C399" s="6" t="s">
-        <v>194</v>
+        <v>253</v>
       </c>
       <c r="D399" s="9">
-        <v>85000.0</v>
+        <v>170000.0</v>
       </c>
       <c r="E399" s="3"/>
     </row>
     <row r="400" spans="1:5">
       <c r="A400" s="2">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B400" s="3" t="s">
         <v>422</v>
       </c>
       <c r="C400" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D400" s="9">
-        <v>200000.0</v>
+        <v>85000.0</v>
       </c>
       <c r="E400" s="3"/>
     </row>
     <row r="401" spans="1:5">
       <c r="A401" s="2">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B401" s="3" t="s">
         <v>423</v>
       </c>
       <c r="C401" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D401" s="9">
-        <v>75000.0</v>
+        <v>200000.0</v>
       </c>
       <c r="E401" s="3"/>
     </row>
     <row r="402" spans="1:5">
       <c r="A402" s="2">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B402" s="3" t="s">
         <v>424</v>
       </c>
       <c r="C402" s="6" t="s">
-        <v>257</v>
+        <v>189</v>
       </c>
       <c r="D402" s="9">
-        <v>200000.0</v>
+        <v>75000.0</v>
       </c>
       <c r="E402" s="3"/>
     </row>
     <row r="403" spans="1:5">
       <c r="A403" s="2">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B403" s="3" t="s">
         <v>425</v>
       </c>
       <c r="C403" s="6" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="D403" s="9">
+        <v>90000.0</v>
+      </c>
+      <c r="E403" s="3"/>
+    </row>
+    <row r="404" spans="1:5">
+      <c r="A404" s="2">
+        <v>46</v>
+      </c>
+      <c r="B404" s="3" t="s">
+        <v>426</v>
+      </c>
+      <c r="C404" s="6" t="s">
+        <v>253</v>
+      </c>
+      <c r="D404" s="9">
+        <v>200000.0</v>
+      </c>
+      <c r="E404" s="3"/>
+    </row>
+    <row r="405" spans="1:5">
+      <c r="A405" s="2">
+        <v>47</v>
+      </c>
+      <c r="B405" s="3" t="s">
+        <v>427</v>
+      </c>
+      <c r="C405" s="6" t="s">
+        <v>253</v>
+      </c>
+      <c r="D405" s="9">
         <v>80000.0</v>
       </c>
-      <c r="E403" s="3"/>
-[...11 lines deleted...]
-      <c r="A405" s="23" t="s">
+      <c r="E405" s="3"/>
+    </row>
+    <row r="406" spans="1:5">
+      <c r="A406" s="19" t="s">
+        <v>428</v>
+      </c>
+      <c r="B406" s="20"/>
+      <c r="C406" s="21"/>
+      <c r="D406" s="22"/>
+      <c r="E406" s="20"/>
+    </row>
+    <row r="407" spans="1:5">
+      <c r="A407" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B405" s="24" t="s">
+      <c r="B407" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C405" s="25" t="s">
+      <c r="C407" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D405" s="26" t="s">
+      <c r="D407" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E405" s="24" t="s">
+      <c r="E407" s="24" t="s">
         <v>8</v>
       </c>
-    </row>
-[...28 lines deleted...]
-      <c r="E407" s="3"/>
     </row>
     <row r="408" spans="1:5">
       <c r="A408" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="B408" s="3" t="s">
         <v>429</v>
       </c>
       <c r="C408" s="6" t="s">
-        <v>194</v>
+        <v>256</v>
       </c>
       <c r="D408" s="9">
+        <v>400000.0</v>
+      </c>
+      <c r="E408" s="3"/>
+    </row>
+    <row r="409" spans="1:5">
+      <c r="A409" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B409" s="3" t="s">
+        <v>430</v>
+      </c>
+      <c r="C409" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D409" s="9">
+        <v>168000.0</v>
+      </c>
+      <c r="E409" s="3"/>
+    </row>
+    <row r="410" spans="1:5">
+      <c r="A410" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="B410" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="C410" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D410" s="9">
         <v>200000.0</v>
       </c>
-      <c r="E408" s="3"/>
-[...11 lines deleted...]
-      <c r="A410" s="23" t="s">
+      <c r="E410" s="3"/>
+    </row>
+    <row r="411" spans="1:5">
+      <c r="A411" s="19" t="s">
+        <v>432</v>
+      </c>
+      <c r="B411" s="20"/>
+      <c r="C411" s="21"/>
+      <c r="D411" s="22"/>
+      <c r="E411" s="20"/>
+    </row>
+    <row r="412" spans="1:5">
+      <c r="A412" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B410" s="24" t="s">
+      <c r="B412" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C410" s="25" t="s">
+      <c r="C412" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D410" s="26" t="s">
+      <c r="D412" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E410" s="24" t="s">
+      <c r="E412" s="24" t="s">
         <v>8</v>
       </c>
-    </row>
-[...28 lines deleted...]
-      <c r="E412" s="3"/>
     </row>
     <row r="413" spans="1:5">
       <c r="A413" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="B413" s="3" t="s">
         <v>433</v>
       </c>
       <c r="C413" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D413" s="9">
-        <v>340000.0</v>
+        <v>150000.0</v>
       </c>
       <c r="E413" s="3"/>
     </row>
     <row r="414" spans="1:5">
       <c r="A414" s="2" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="B414" s="3" t="s">
         <v>434</v>
       </c>
       <c r="C414" s="6" t="s">
-        <v>257</v>
+        <v>189</v>
       </c>
       <c r="D414" s="9">
-        <v>448500.0</v>
+        <v>353000.0</v>
       </c>
       <c r="E414" s="3"/>
     </row>
     <row r="415" spans="1:5">
       <c r="A415" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="B415" s="3" t="s">
         <v>435</v>
       </c>
       <c r="C415" s="6" t="s">
-        <v>257</v>
+        <v>189</v>
       </c>
       <c r="D415" s="9">
+        <v>340000.0</v>
+      </c>
+      <c r="E415" s="3"/>
+    </row>
+    <row r="416" spans="1:5">
+      <c r="A416" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B416" s="3" t="s">
+        <v>436</v>
+      </c>
+      <c r="C416" s="6" t="s">
+        <v>253</v>
+      </c>
+      <c r="D416" s="9">
+        <v>448500.0</v>
+      </c>
+      <c r="E416" s="3"/>
+    </row>
+    <row r="417" spans="1:5">
+      <c r="A417" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B417" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="C417" s="6" t="s">
+        <v>253</v>
+      </c>
+      <c r="D417" s="9">
         <v>234000.0</v>
       </c>
-      <c r="E415" s="3"/>
-[...11 lines deleted...]
-      <c r="A417" s="23" t="s">
+      <c r="E417" s="3"/>
+    </row>
+    <row r="418" spans="1:5">
+      <c r="A418" s="19" t="s">
+        <v>438</v>
+      </c>
+      <c r="B418" s="20"/>
+      <c r="C418" s="21"/>
+      <c r="D418" s="22"/>
+      <c r="E418" s="20"/>
+    </row>
+    <row r="419" spans="1:5">
+      <c r="A419" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B417" s="24" t="s">
+      <c r="B419" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C417" s="25" t="s">
+      <c r="C419" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D417" s="26" t="s">
+      <c r="D419" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E417" s="24" t="s">
+      <c r="E419" s="24" t="s">
         <v>8</v>
       </c>
-    </row>
-[...28 lines deleted...]
-      <c r="E419" s="3"/>
     </row>
     <row r="420" spans="1:5">
       <c r="A420" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="B420" s="3" t="s">
         <v>439</v>
       </c>
       <c r="C420" s="6" t="s">
-        <v>257</v>
+        <v>86</v>
       </c>
       <c r="D420" s="9">
-        <v>50000.0</v>
+        <v>420000.0</v>
       </c>
       <c r="E420" s="3"/>
     </row>
     <row r="421" spans="1:5">
       <c r="A421" s="2" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="B421" s="3" t="s">
         <v>440</v>
       </c>
       <c r="C421" s="6" t="s">
-        <v>194</v>
+        <v>253</v>
       </c>
       <c r="D421" s="9">
-        <v>39000.0</v>
+        <v>44000.0</v>
       </c>
       <c r="E421" s="3"/>
     </row>
     <row r="422" spans="1:5">
       <c r="A422" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="B422" s="3" t="s">
         <v>441</v>
       </c>
       <c r="C422" s="6" t="s">
-        <v>194</v>
+        <v>253</v>
       </c>
       <c r="D422" s="9">
-        <v>40000.0</v>
+        <v>50000.0</v>
       </c>
       <c r="E422" s="3"/>
     </row>
     <row r="423" spans="1:5">
       <c r="A423" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="B423" s="3" t="s">
         <v>442</v>
       </c>
       <c r="C423" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D423" s="9">
-        <v>35000.0</v>
+        <v>39000.0</v>
       </c>
       <c r="E423" s="3"/>
     </row>
     <row r="424" spans="1:5">
       <c r="A424" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="B424" s="3" t="s">
         <v>443</v>
       </c>
       <c r="C424" s="6" t="s">
-        <v>257</v>
+        <v>189</v>
       </c>
       <c r="D424" s="9">
-        <v>33600.0</v>
+        <v>40000.0</v>
       </c>
       <c r="E424" s="3"/>
     </row>
     <row r="425" spans="1:5">
       <c r="A425" s="2" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="B425" s="3" t="s">
         <v>444</v>
       </c>
       <c r="C425" s="6" t="s">
-        <v>257</v>
+        <v>189</v>
       </c>
       <c r="D425" s="9">
+        <v>35000.0</v>
+      </c>
+      <c r="E425" s="3"/>
+    </row>
+    <row r="426" spans="1:5">
+      <c r="A426" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B426" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="C426" s="6" t="s">
+        <v>253</v>
+      </c>
+      <c r="D426" s="9">
+        <v>33600.0</v>
+      </c>
+      <c r="E426" s="3"/>
+    </row>
+    <row r="427" spans="1:5">
+      <c r="A427" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B427" s="3" t="s">
+        <v>446</v>
+      </c>
+      <c r="C427" s="6" t="s">
+        <v>253</v>
+      </c>
+      <c r="D427" s="9">
         <v>56000.0</v>
       </c>
-      <c r="E425" s="3"/>
-[...11 lines deleted...]
-      <c r="A427" s="23" t="s">
+      <c r="E427" s="3"/>
+    </row>
+    <row r="428" spans="1:5">
+      <c r="A428" s="19" t="s">
+        <v>447</v>
+      </c>
+      <c r="B428" s="20"/>
+      <c r="C428" s="21"/>
+      <c r="D428" s="22"/>
+      <c r="E428" s="20"/>
+    </row>
+    <row r="429" spans="1:5">
+      <c r="A429" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B427" s="24" t="s">
+      <c r="B429" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C427" s="25" t="s">
+      <c r="C429" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D427" s="26" t="s">
+      <c r="D429" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E427" s="24" t="s">
+      <c r="E429" s="24" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="428" spans="1:5">
-      <c r="A428" s="2" t="s">
+    <row r="430" spans="1:5">
+      <c r="A430" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="B428" s="3" t="s">
-[...5 lines deleted...]
-      <c r="D428" s="9">
+      <c r="B430" s="3" t="s">
+        <v>448</v>
+      </c>
+      <c r="C430" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D430" s="9">
         <v>250000.0</v>
       </c>
-      <c r="E428" s="3"/>
-[...2 lines deleted...]
-      <c r="A429" s="2" t="s">
+      <c r="E430" s="3"/>
+    </row>
+    <row r="431" spans="1:5">
+      <c r="A431" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="B429" s="3" t="s">
-[...14 lines deleted...]
-      <c r="B430" s="16" t="s">
+      <c r="B431" s="3" t="s">
         <v>449</v>
       </c>
-      <c r="C430" s="17"/>
-[...4 lines deleted...]
-      <c r="A431" s="19" t="s">
+      <c r="C431" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D431" s="9">
+        <v>224000.0</v>
+      </c>
+      <c r="E431" s="3"/>
+    </row>
+    <row r="432" spans="1:5">
+      <c r="A432" s="15" t="s">
         <v>450</v>
       </c>
-      <c r="B431" s="20"/>
-[...5 lines deleted...]
-      <c r="A432" s="23" t="s">
+      <c r="B432" s="16" t="s">
+        <v>451</v>
+      </c>
+      <c r="C432" s="17"/>
+      <c r="D432" s="18"/>
+      <c r="E432" s="16"/>
+    </row>
+    <row r="433" spans="1:5">
+      <c r="A433" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="B433" s="20"/>
+      <c r="C433" s="21"/>
+      <c r="D433" s="22"/>
+      <c r="E433" s="20"/>
+    </row>
+    <row r="434" spans="1:5">
+      <c r="A434" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B432" s="24" t="s">
+      <c r="B434" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C432" s="25" t="s">
+      <c r="C434" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D432" s="26" t="s">
+      <c r="D434" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E432" s="24" t="s">
+      <c r="E434" s="24" t="s">
         <v>8</v>
       </c>
-    </row>
-[...28 lines deleted...]
-      <c r="E434" s="3"/>
     </row>
     <row r="435" spans="1:5">
       <c r="A435" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="B435" s="3" t="s">
         <v>453</v>
       </c>
       <c r="C435" s="6" t="s">
-        <v>454</v>
+        <v>312</v>
       </c>
       <c r="D435" s="9">
-        <v>350000.0</v>
+        <v>50000.0</v>
       </c>
       <c r="E435" s="3"/>
     </row>
     <row r="436" spans="1:5">
       <c r="A436" s="2" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="B436" s="3" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="C436" s="6" t="s">
-        <v>454</v>
+        <v>189</v>
       </c>
       <c r="D436" s="9">
-        <v>300000.0</v>
+        <v>60000.0</v>
       </c>
       <c r="E436" s="3"/>
     </row>
     <row r="437" spans="1:5">
       <c r="A437" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="B437" s="3" t="s">
-        <v>456</v>
+        <v>455</v>
       </c>
       <c r="C437" s="6" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="D437" s="9">
         <v>80000.0</v>
       </c>
       <c r="E437" s="3"/>
     </row>
     <row r="438" spans="1:5">
       <c r="A438" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="B438" s="3" t="s">
-        <v>457</v>
+        <v>456</v>
       </c>
       <c r="C438" s="6" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="D438" s="9">
         <v>100000.0</v>
       </c>
       <c r="E438" s="3"/>
     </row>
     <row r="439" spans="1:5">
       <c r="A439" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="B439" s="3" t="s">
+        <v>457</v>
+      </c>
+      <c r="C439" s="6" t="s">
         <v>458</v>
-      </c>
-[...1 lines deleted...]
-        <v>459</v>
       </c>
       <c r="D439" s="9">
         <v>50000.0</v>
       </c>
       <c r="E439" s="3"/>
     </row>
     <row r="440" spans="1:5">
       <c r="A440" s="2" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="B440" s="3" t="s">
-        <v>460</v>
+        <v>459</v>
       </c>
       <c r="C440" s="6" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="D440" s="9">
         <v>80000.0</v>
       </c>
       <c r="E440" s="3"/>
     </row>
     <row r="441" spans="1:5">
       <c r="A441" s="2" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="B441" s="3" t="s">
-        <v>461</v>
+        <v>460</v>
       </c>
       <c r="C441" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D441" s="9">
         <v>100000.0</v>
       </c>
       <c r="E441" s="3"/>
     </row>
     <row r="442" spans="1:5">
-      <c r="A442" s="2">
-        <v>10</v>
+      <c r="A442" s="2" t="s">
+        <v>25</v>
       </c>
       <c r="B442" s="3" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="C442" s="6" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="D442" s="9">
         <v>300000.0</v>
       </c>
       <c r="E442" s="3"/>
     </row>
     <row r="443" spans="1:5">
-      <c r="A443" s="2">
-        <v>11</v>
+      <c r="A443" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="B443" s="3" t="s">
-        <v>463</v>
+        <v>462</v>
       </c>
       <c r="C443" s="6" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="D443" s="9">
         <v>50000.0</v>
       </c>
       <c r="E443" s="3"/>
     </row>
     <row r="444" spans="1:5">
       <c r="A444" s="2">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="B444" s="3" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="C444" s="6" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="D444" s="9">
         <v>150000.0</v>
       </c>
       <c r="E444" s="3"/>
     </row>
     <row r="445" spans="1:5">
       <c r="A445" s="2">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B445" s="3" t="s">
-        <v>465</v>
+        <v>464</v>
       </c>
       <c r="C445" s="6" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="D445" s="9">
         <v>120000.0</v>
       </c>
       <c r="E445" s="3"/>
     </row>
     <row r="446" spans="1:5">
       <c r="A446" s="2">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B446" s="3" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C446" s="6" t="s">
-        <v>313</v>
+        <v>256</v>
       </c>
       <c r="D446" s="9">
-        <v>80000.0</v>
+        <v>200000.0</v>
       </c>
       <c r="E446" s="3"/>
     </row>
     <row r="447" spans="1:5">
       <c r="A447" s="2">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B447" s="3" t="s">
-        <v>467</v>
+        <v>466</v>
       </c>
       <c r="C447" s="6" t="s">
-        <v>194</v>
+        <v>256</v>
       </c>
       <c r="D447" s="9">
-        <v>50000.0</v>
+        <v>200000.0</v>
       </c>
       <c r="E447" s="3"/>
     </row>
     <row r="448" spans="1:5">
       <c r="A448" s="2">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="B448" s="3" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="C448" s="6" t="s">
-        <v>194</v>
+        <v>312</v>
       </c>
       <c r="D448" s="9">
-        <v>65000.0</v>
+        <v>80000.0</v>
       </c>
       <c r="E448" s="3"/>
     </row>
     <row r="449" spans="1:5">
       <c r="A449" s="2">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="B449" s="3" t="s">
-        <v>469</v>
+        <v>468</v>
       </c>
       <c r="C449" s="6" t="s">
-        <v>470</v>
+        <v>189</v>
       </c>
       <c r="D449" s="9">
-        <v>60000.0</v>
+        <v>50000.0</v>
       </c>
       <c r="E449" s="3"/>
     </row>
     <row r="450" spans="1:5">
       <c r="A450" s="2">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B450" s="3" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="C450" s="6" t="s">
         <v>470</v>
       </c>
       <c r="D450" s="9">
-        <v>40000.0</v>
+        <v>80000.0</v>
       </c>
       <c r="E450" s="3"/>
     </row>
     <row r="451" spans="1:5">
       <c r="A451" s="2">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B451" s="3" t="s">
-        <v>472</v>
+        <v>471</v>
       </c>
       <c r="C451" s="6" t="s">
-        <v>470</v>
+        <v>189</v>
       </c>
       <c r="D451" s="9">
-        <v>120000.0</v>
+        <v>65000.0</v>
       </c>
       <c r="E451" s="3"/>
     </row>
     <row r="452" spans="1:5">
       <c r="A452" s="2">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="B452" s="3" t="s">
+        <v>472</v>
+      </c>
+      <c r="C452" s="6" t="s">
         <v>473</v>
-      </c>
-[...1 lines deleted...]
-        <v>239</v>
       </c>
       <c r="D452" s="9">
         <v>60000.0</v>
       </c>
       <c r="E452" s="3"/>
     </row>
     <row r="453" spans="1:5">
       <c r="A453" s="2">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B453" s="3" t="s">
         <v>474</v>
       </c>
       <c r="C453" s="6" t="s">
-        <v>194</v>
+        <v>473</v>
       </c>
       <c r="D453" s="9">
-        <v>90000.0</v>
+        <v>40000.0</v>
       </c>
       <c r="E453" s="3"/>
     </row>
     <row r="454" spans="1:5">
       <c r="A454" s="2">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="B454" s="3" t="s">
         <v>475</v>
       </c>
       <c r="C454" s="6" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="D454" s="9">
-        <v>80000.0</v>
+        <v>120000.0</v>
       </c>
       <c r="E454" s="3"/>
     </row>
     <row r="455" spans="1:5">
       <c r="A455" s="2">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B455" s="3" t="s">
         <v>476</v>
       </c>
       <c r="C455" s="6" t="s">
-        <v>470</v>
+        <v>235</v>
       </c>
       <c r="D455" s="9">
-        <v>50000.0</v>
+        <v>60000.0</v>
       </c>
       <c r="E455" s="3"/>
     </row>
     <row r="456" spans="1:5">
       <c r="A456" s="2">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B456" s="3" t="s">
         <v>477</v>
       </c>
       <c r="C456" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D456" s="9">
-        <v>80000.0</v>
+        <v>90000.0</v>
       </c>
       <c r="E456" s="3"/>
     </row>
     <row r="457" spans="1:5">
       <c r="A457" s="2">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B457" s="3" t="s">
         <v>478</v>
       </c>
       <c r="C457" s="6" t="s">
-        <v>194</v>
+        <v>473</v>
       </c>
       <c r="D457" s="9">
         <v>80000.0</v>
       </c>
       <c r="E457" s="3"/>
     </row>
     <row r="458" spans="1:5">
       <c r="A458" s="2">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B458" s="3" t="s">
         <v>479</v>
       </c>
       <c r="C458" s="6" t="s">
-        <v>313</v>
+        <v>473</v>
       </c>
       <c r="D458" s="9">
-        <v>67500.0</v>
+        <v>50000.0</v>
       </c>
       <c r="E458" s="3"/>
     </row>
     <row r="459" spans="1:5">
       <c r="A459" s="2">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B459" s="3" t="s">
         <v>480</v>
       </c>
       <c r="C459" s="6" t="s">
-        <v>313</v>
+        <v>189</v>
       </c>
       <c r="D459" s="9">
-        <v>400000.0</v>
+        <v>37500.0</v>
       </c>
       <c r="E459" s="3"/>
     </row>
     <row r="460" spans="1:5">
       <c r="A460" s="2">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B460" s="3" t="s">
         <v>481</v>
       </c>
       <c r="C460" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D460" s="9">
-        <v>30000.0</v>
+        <v>80000.0</v>
       </c>
       <c r="E460" s="3"/>
     </row>
     <row r="461" spans="1:5">
       <c r="A461" s="2">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B461" s="3" t="s">
         <v>482</v>
       </c>
       <c r="C461" s="6" t="s">
-        <v>194</v>
+        <v>312</v>
       </c>
       <c r="D461" s="9">
-        <v>12000.0</v>
+        <v>67500.0</v>
       </c>
       <c r="E461" s="3"/>
     </row>
     <row r="462" spans="1:5">
       <c r="A462" s="2">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B462" s="3" t="s">
         <v>483</v>
       </c>
       <c r="C462" s="6" t="s">
-        <v>470</v>
+        <v>484</v>
       </c>
       <c r="D462" s="9">
-        <v>80000.0</v>
+        <v>225000.0</v>
       </c>
       <c r="E462" s="3"/>
     </row>
     <row r="463" spans="1:5">
       <c r="A463" s="2">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B463" s="3" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="C463" s="6" t="s">
-        <v>194</v>
+        <v>312</v>
       </c>
       <c r="D463" s="9">
-        <v>12000.0</v>
+        <v>400000.0</v>
       </c>
       <c r="E463" s="3"/>
     </row>
     <row r="464" spans="1:5">
       <c r="A464" s="2">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B464" s="3" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="C464" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D464" s="9">
-        <v>80000.0</v>
+        <v>30000.0</v>
       </c>
       <c r="E464" s="3"/>
     </row>
     <row r="465" spans="1:5">
       <c r="A465" s="2">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="B465" s="3" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="C465" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D465" s="9">
-        <v>80000.0</v>
+        <v>12000.0</v>
       </c>
       <c r="E465" s="3"/>
     </row>
     <row r="466" spans="1:5">
       <c r="A466" s="2">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B466" s="3" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="C466" s="6" t="s">
-        <v>488</v>
+        <v>473</v>
       </c>
       <c r="D466" s="9">
         <v>80000.0</v>
       </c>
       <c r="E466" s="3"/>
     </row>
     <row r="467" spans="1:5">
       <c r="A467" s="2">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="B467" s="3" t="s">
         <v>489</v>
       </c>
       <c r="C467" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D467" s="9">
+        <v>12000.0</v>
+      </c>
+      <c r="E467" s="3"/>
+    </row>
+    <row r="468" spans="1:5">
+      <c r="A468" s="2">
+        <v>34</v>
+      </c>
+      <c r="B468" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="C468" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D468" s="9">
         <v>80000.0</v>
       </c>
-      <c r="E467" s="3"/>
-[...8 lines deleted...]
-      <c r="E468" s="20"/>
+      <c r="E468" s="3"/>
     </row>
     <row r="469" spans="1:5">
-      <c r="A469" s="23" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="A469" s="2">
+        <v>35</v>
+      </c>
+      <c r="B469" s="3" t="s">
+        <v>491</v>
+      </c>
+      <c r="C469" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="D469" s="9">
+        <v>300000.0</v>
+      </c>
+      <c r="E469" s="3"/>
     </row>
     <row r="470" spans="1:5">
-      <c r="A470" s="2" t="s">
-        <v>9</v>
+      <c r="A470" s="2">
+        <v>36</v>
       </c>
       <c r="B470" s="3" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="C470" s="6" t="s">
-        <v>194</v>
+        <v>493</v>
       </c>
       <c r="D470" s="9">
-        <v>100000.0</v>
+        <v>350000.0</v>
       </c>
       <c r="E470" s="3"/>
     </row>
     <row r="471" spans="1:5">
-      <c r="A471" s="2" t="s">
-        <v>12</v>
+      <c r="A471" s="2">
+        <v>37</v>
       </c>
       <c r="B471" s="3" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="C471" s="6" t="s">
-        <v>194</v>
+        <v>493</v>
       </c>
       <c r="D471" s="9">
-        <v>97500.0</v>
+        <v>288000.0</v>
       </c>
       <c r="E471" s="3"/>
     </row>
     <row r="472" spans="1:5">
-      <c r="A472" s="2" t="s">
-        <v>14</v>
+      <c r="A472" s="2">
+        <v>38</v>
       </c>
       <c r="B472" s="3" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="C472" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D472" s="9">
-        <v>90000.0</v>
+        <v>80000.0</v>
       </c>
       <c r="E472" s="3"/>
     </row>
     <row r="473" spans="1:5">
-      <c r="A473" s="2" t="s">
-        <v>16</v>
+      <c r="A473" s="2">
+        <v>39</v>
       </c>
       <c r="B473" s="3" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="C473" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D473" s="9">
-        <v>80000.0</v>
+        <v>150000.0</v>
       </c>
       <c r="E473" s="3"/>
     </row>
     <row r="474" spans="1:5">
-      <c r="A474" s="2" t="s">
-        <v>18</v>
+      <c r="A474" s="2">
+        <v>40</v>
       </c>
       <c r="B474" s="3" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="C474" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D474" s="9">
         <v>80000.0</v>
       </c>
       <c r="E474" s="3"/>
     </row>
     <row r="475" spans="1:5">
-      <c r="A475" s="2" t="s">
-[...11 lines deleted...]
-      <c r="E475" s="3"/>
+      <c r="A475" s="19" t="s">
+        <v>498</v>
+      </c>
+      <c r="B475" s="20"/>
+      <c r="C475" s="21"/>
+      <c r="D475" s="22"/>
+      <c r="E475" s="20"/>
     </row>
     <row r="476" spans="1:5">
-      <c r="A476" s="2" t="s">
-[...11 lines deleted...]
-      <c r="E476" s="3"/>
+      <c r="A476" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B476" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C476" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D476" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E476" s="24" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="477" spans="1:5">
       <c r="A477" s="2" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="B477" s="3" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="C477" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D477" s="9">
-        <v>45000.0</v>
+        <v>100000.0</v>
       </c>
       <c r="E477" s="3"/>
     </row>
     <row r="478" spans="1:5">
       <c r="A478" s="2" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="B478" s="3" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="C478" s="6" t="s">
-        <v>260</v>
+        <v>189</v>
       </c>
       <c r="D478" s="9">
-        <v>450000.0</v>
+        <v>97500.0</v>
       </c>
       <c r="E478" s="3"/>
     </row>
     <row r="479" spans="1:5">
-      <c r="A479" s="2">
-        <v>10</v>
+      <c r="A479" s="2" t="s">
+        <v>14</v>
       </c>
       <c r="B479" s="3" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="C479" s="6" t="s">
-        <v>260</v>
+        <v>189</v>
       </c>
       <c r="D479" s="9">
-        <v>1000000.0</v>
+        <v>90000.0</v>
       </c>
       <c r="E479" s="3"/>
     </row>
     <row r="480" spans="1:5">
-      <c r="A480" s="2">
-        <v>11</v>
+      <c r="A480" s="2" t="s">
+        <v>16</v>
       </c>
       <c r="B480" s="3" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C480" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D480" s="9">
         <v>80000.0</v>
       </c>
       <c r="E480" s="3"/>
     </row>
     <row r="481" spans="1:5">
-      <c r="A481" s="2">
+      <c r="A481" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B481" s="3" t="s">
+        <v>503</v>
+      </c>
+      <c r="C481" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D481" s="9">
+        <v>80000.0</v>
+      </c>
+      <c r="E481" s="3"/>
+    </row>
+    <row r="482" spans="1:5">
+      <c r="A482" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B482" s="3" t="s">
+        <v>504</v>
+      </c>
+      <c r="C482" s="6" t="s">
+        <v>473</v>
+      </c>
+      <c r="D482" s="9">
+        <v>90000.0</v>
+      </c>
+      <c r="E482" s="3"/>
+    </row>
+    <row r="483" spans="1:5">
+      <c r="A483" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B483" s="3" t="s">
+        <v>505</v>
+      </c>
+      <c r="C483" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D483" s="9">
+        <v>55000.0</v>
+      </c>
+      <c r="E483" s="3"/>
+    </row>
+    <row r="484" spans="1:5">
+      <c r="A484" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B484" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="C484" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D484" s="9">
+        <v>45000.0</v>
+      </c>
+      <c r="E484" s="3"/>
+    </row>
+    <row r="485" spans="1:5">
+      <c r="A485" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="B485" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C485" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="D485" s="9">
+        <v>450000.0</v>
+      </c>
+      <c r="E485" s="3"/>
+    </row>
+    <row r="486" spans="1:5">
+      <c r="A486" s="2">
+        <v>10</v>
+      </c>
+      <c r="B486" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C486" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="D486" s="9">
+        <v>1000000.0</v>
+      </c>
+      <c r="E486" s="3"/>
+    </row>
+    <row r="487" spans="1:5">
+      <c r="A487" s="2">
+        <v>11</v>
+      </c>
+      <c r="B487" s="3" t="s">
+        <v>509</v>
+      </c>
+      <c r="C487" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D487" s="9">
+        <v>80000.0</v>
+      </c>
+      <c r="E487" s="3"/>
+    </row>
+    <row r="488" spans="1:5">
+      <c r="A488" s="2">
         <v>12</v>
       </c>
-      <c r="B481" s="3" t="s">
-[...5 lines deleted...]
-      <c r="D481" s="9">
+      <c r="B488" s="3" t="s">
+        <v>510</v>
+      </c>
+      <c r="C488" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D488" s="9">
         <v>90000.0</v>
       </c>
-      <c r="E481" s="3"/>
-[...2 lines deleted...]
-      <c r="A482" s="2">
+      <c r="E488" s="3"/>
+    </row>
+    <row r="489" spans="1:5">
+      <c r="A489" s="2">
         <v>13</v>
       </c>
-      <c r="B482" s="3" t="s">
-[...5 lines deleted...]
-      <c r="D482" s="9">
+      <c r="B489" s="3" t="s">
+        <v>511</v>
+      </c>
+      <c r="C489" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D489" s="9">
         <v>21000.0</v>
       </c>
-      <c r="E482" s="3"/>
-[...2 lines deleted...]
-      <c r="A483" s="2">
+      <c r="E489" s="3"/>
+    </row>
+    <row r="490" spans="1:5">
+      <c r="A490" s="2">
         <v>14</v>
       </c>
-      <c r="B483" s="3" t="s">
-[...5 lines deleted...]
-      <c r="D483" s="9">
+      <c r="B490" s="3" t="s">
+        <v>512</v>
+      </c>
+      <c r="C490" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D490" s="9">
         <v>18800.0</v>
       </c>
-      <c r="E483" s="3"/>
-[...2 lines deleted...]
-      <c r="A484" s="2">
+      <c r="E490" s="3"/>
+    </row>
+    <row r="491" spans="1:5">
+      <c r="A491" s="2">
         <v>15</v>
       </c>
-      <c r="B484" s="3" t="s">
-[...5 lines deleted...]
-      <c r="D484" s="9">
+      <c r="B491" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="C491" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="D491" s="9">
         <v>120000.0</v>
       </c>
-      <c r="E484" s="3"/>
-[...11 lines deleted...]
-      <c r="A486" s="23" t="s">
+      <c r="E491" s="3"/>
+    </row>
+    <row r="492" spans="1:5">
+      <c r="A492" s="19" t="s">
+        <v>514</v>
+      </c>
+      <c r="B492" s="20"/>
+      <c r="C492" s="21"/>
+      <c r="D492" s="22"/>
+      <c r="E492" s="20"/>
+    </row>
+    <row r="493" spans="1:5">
+      <c r="A493" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B486" s="24" t="s">
+      <c r="B493" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C486" s="25" t="s">
+      <c r="C493" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D486" s="26" t="s">
+      <c r="D493" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E486" s="24" t="s">
+      <c r="E493" s="24" t="s">
         <v>8</v>
       </c>
-    </row>
-[...103 lines deleted...]
-      <c r="E493" s="3"/>
     </row>
     <row r="494" spans="1:5">
       <c r="A494" s="2" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="B494" s="3" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="C494" s="6" t="s">
-        <v>194</v>
+        <v>312</v>
       </c>
       <c r="D494" s="9">
         <v>100000.0</v>
       </c>
       <c r="E494" s="3"/>
     </row>
     <row r="495" spans="1:5">
       <c r="A495" s="2" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="B495" s="3" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="C495" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D495" s="9">
-        <v>170000.0</v>
+        <v>300000.0</v>
       </c>
       <c r="E495" s="3"/>
     </row>
     <row r="496" spans="1:5">
-      <c r="A496" s="15" t="s">
-[...2 lines deleted...]
-      <c r="B496" s="16" t="s">
+      <c r="A496" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="B496" s="3" t="s">
         <v>517</v>
       </c>
-      <c r="C496" s="17"/>
-[...1 lines deleted...]
-      <c r="E496" s="16"/>
+      <c r="C496" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D496" s="9">
+        <v>60000.0</v>
+      </c>
+      <c r="E496" s="3"/>
     </row>
     <row r="497" spans="1:5">
-      <c r="A497" s="19" t="s">
+      <c r="A497" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B497" s="3" t="s">
         <v>518</v>
       </c>
-      <c r="B497" s="20"/>
-[...2 lines deleted...]
-      <c r="E497" s="20"/>
+      <c r="C497" s="6" t="s">
+        <v>470</v>
+      </c>
+      <c r="D497" s="9">
+        <v>90000.0</v>
+      </c>
+      <c r="E497" s="3"/>
     </row>
     <row r="498" spans="1:5">
-      <c r="A498" s="23" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="A498" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B498" s="3" t="s">
+        <v>519</v>
+      </c>
+      <c r="C498" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="D498" s="9">
+        <v>100000.0</v>
+      </c>
+      <c r="E498" s="3"/>
     </row>
     <row r="499" spans="1:5">
       <c r="A499" s="2" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="B499" s="3" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="C499" s="6" t="s">
-        <v>257</v>
+        <v>189</v>
       </c>
       <c r="D499" s="9">
-        <v>22000.0</v>
+        <v>80000.0</v>
       </c>
       <c r="E499" s="3"/>
     </row>
     <row r="500" spans="1:5">
       <c r="A500" s="2" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="B500" s="3" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="C500" s="6" t="s">
-        <v>257</v>
+        <v>235</v>
       </c>
       <c r="D500" s="9">
-        <v>100000.0</v>
+        <v>90000.0</v>
       </c>
       <c r="E500" s="3"/>
     </row>
     <row r="501" spans="1:5">
       <c r="A501" s="2" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="B501" s="3" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="C501" s="6" t="s">
-        <v>257</v>
+        <v>189</v>
       </c>
       <c r="D501" s="9">
-        <v>51000.0</v>
+        <v>100000.0</v>
       </c>
       <c r="E501" s="3"/>
     </row>
     <row r="502" spans="1:5">
       <c r="A502" s="2" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="B502" s="3" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="C502" s="6" t="s">
-        <v>257</v>
+        <v>189</v>
       </c>
       <c r="D502" s="9">
-        <v>52500.0</v>
+        <v>170000.0</v>
       </c>
       <c r="E502" s="3"/>
     </row>
     <row r="503" spans="1:5">
-      <c r="A503" s="2" t="s">
-[...11 lines deleted...]
-      <c r="E503" s="3"/>
+      <c r="A503" s="15" t="s">
+        <v>524</v>
+      </c>
+      <c r="B503" s="16" t="s">
+        <v>525</v>
+      </c>
+      <c r="C503" s="17"/>
+      <c r="D503" s="18"/>
+      <c r="E503" s="16"/>
     </row>
     <row r="504" spans="1:5">
-      <c r="A504" s="2" t="s">
-[...11 lines deleted...]
-      <c r="E504" s="3"/>
+      <c r="A504" s="19" t="s">
+        <v>526</v>
+      </c>
+      <c r="B504" s="20"/>
+      <c r="C504" s="21"/>
+      <c r="D504" s="22"/>
+      <c r="E504" s="20"/>
     </row>
     <row r="505" spans="1:5">
-      <c r="A505" s="2" t="s">
-[...11 lines deleted...]
-      <c r="E505" s="3"/>
+      <c r="A505" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B505" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C505" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D505" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E505" s="24" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="506" spans="1:5">
       <c r="A506" s="2" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="B506" s="3" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C506" s="6" t="s">
-        <v>194</v>
+        <v>253</v>
       </c>
       <c r="D506" s="9">
-        <v>67680.0</v>
+        <v>22000.0</v>
       </c>
       <c r="E506" s="3"/>
     </row>
     <row r="507" spans="1:5">
       <c r="A507" s="2" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="B507" s="3" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="C507" s="6" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="D507" s="9">
-        <v>80000.0</v>
+        <v>100000.0</v>
       </c>
       <c r="E507" s="3"/>
     </row>
     <row r="508" spans="1:5">
-      <c r="A508" s="2">
-        <v>10</v>
+      <c r="A508" s="2" t="s">
+        <v>14</v>
       </c>
       <c r="B508" s="3" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="C508" s="6" t="s">
-        <v>194</v>
+        <v>253</v>
       </c>
       <c r="D508" s="9">
-        <v>350000.0</v>
+        <v>52500.0</v>
       </c>
       <c r="E508" s="3"/>
     </row>
     <row r="509" spans="1:5">
-      <c r="A509" s="2">
-        <v>11</v>
+      <c r="A509" s="2" t="s">
+        <v>16</v>
       </c>
       <c r="B509" s="3" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="C509" s="6" t="s">
-        <v>194</v>
+        <v>253</v>
       </c>
       <c r="D509" s="9">
-        <v>420000.0</v>
+        <v>20000.0</v>
       </c>
       <c r="E509" s="3"/>
     </row>
     <row r="510" spans="1:5">
-      <c r="A510" s="2">
-        <v>12</v>
+      <c r="A510" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="B510" s="3" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="C510" s="6" t="s">
-        <v>531</v>
+        <v>189</v>
       </c>
       <c r="D510" s="9">
-        <v>40650.0</v>
+        <v>75000.0</v>
       </c>
       <c r="E510" s="3"/>
     </row>
     <row r="511" spans="1:5">
-      <c r="A511" s="2">
-        <v>13</v>
+      <c r="A511" s="2" t="s">
+        <v>21</v>
       </c>
       <c r="B511" s="3" t="s">
         <v>532</v>
       </c>
       <c r="C511" s="6" t="s">
-        <v>257</v>
+        <v>189</v>
       </c>
       <c r="D511" s="9">
-        <v>35955.0</v>
+        <v>230000.0</v>
       </c>
       <c r="E511" s="3"/>
     </row>
     <row r="512" spans="1:5">
-      <c r="A512" s="2">
-        <v>14</v>
+      <c r="A512" s="2" t="s">
+        <v>23</v>
       </c>
       <c r="B512" s="3" t="s">
         <v>533</v>
       </c>
       <c r="C512" s="6" t="s">
-        <v>257</v>
+        <v>189</v>
       </c>
       <c r="D512" s="9">
+        <v>67680.0</v>
+      </c>
+      <c r="E512" s="3"/>
+    </row>
+    <row r="513" spans="1:5">
+      <c r="A513" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B513" s="3" t="s">
+        <v>534</v>
+      </c>
+      <c r="C513" s="6" t="s">
+        <v>253</v>
+      </c>
+      <c r="D513" s="9">
         <v>80000.0</v>
       </c>
-      <c r="E512" s="3"/>
-[...8 lines deleted...]
-      <c r="E513" s="20"/>
+      <c r="E513" s="3"/>
     </row>
     <row r="514" spans="1:5">
-      <c r="A514" s="23" t="s">
+      <c r="A514" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="B514" s="3" t="s">
+        <v>535</v>
+      </c>
+      <c r="C514" s="6" t="s">
+        <v>253</v>
+      </c>
+      <c r="D514" s="9">
+        <v>51000.0</v>
+      </c>
+      <c r="E514" s="3"/>
+    </row>
+    <row r="515" spans="1:5">
+      <c r="A515" s="2">
+        <v>10</v>
+      </c>
+      <c r="B515" s="3" t="s">
+        <v>536</v>
+      </c>
+      <c r="C515" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D515" s="9">
+        <v>350000.0</v>
+      </c>
+      <c r="E515" s="3"/>
+    </row>
+    <row r="516" spans="1:5">
+      <c r="A516" s="2">
+        <v>11</v>
+      </c>
+      <c r="B516" s="3" t="s">
+        <v>537</v>
+      </c>
+      <c r="C516" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D516" s="9">
+        <v>420000.0</v>
+      </c>
+      <c r="E516" s="3"/>
+    </row>
+    <row r="517" spans="1:5">
+      <c r="A517" s="2">
+        <v>12</v>
+      </c>
+      <c r="B517" s="3" t="s">
+        <v>538</v>
+      </c>
+      <c r="C517" s="6" t="s">
+        <v>539</v>
+      </c>
+      <c r="D517" s="9">
+        <v>40650.0</v>
+      </c>
+      <c r="E517" s="3"/>
+    </row>
+    <row r="518" spans="1:5">
+      <c r="A518" s="2">
+        <v>13</v>
+      </c>
+      <c r="B518" s="3" t="s">
+        <v>540</v>
+      </c>
+      <c r="C518" s="6" t="s">
+        <v>253</v>
+      </c>
+      <c r="D518" s="9">
+        <v>35955.0</v>
+      </c>
+      <c r="E518" s="3"/>
+    </row>
+    <row r="519" spans="1:5">
+      <c r="A519" s="2">
+        <v>14</v>
+      </c>
+      <c r="B519" s="3" t="s">
+        <v>541</v>
+      </c>
+      <c r="C519" s="6" t="s">
+        <v>253</v>
+      </c>
+      <c r="D519" s="9">
+        <v>80000.0</v>
+      </c>
+      <c r="E519" s="3"/>
+    </row>
+    <row r="520" spans="1:5">
+      <c r="A520" s="19" t="s">
+        <v>542</v>
+      </c>
+      <c r="B520" s="20"/>
+      <c r="C520" s="21"/>
+      <c r="D520" s="22"/>
+      <c r="E520" s="20"/>
+    </row>
+    <row r="521" spans="1:5">
+      <c r="A521" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B514" s="24" t="s">
+      <c r="B521" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C514" s="25" t="s">
+      <c r="C521" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D514" s="26" t="s">
+      <c r="D521" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E514" s="24" t="s">
+      <c r="E521" s="24" t="s">
         <v>8</v>
       </c>
-    </row>
-[...95 lines deleted...]
-      <c r="E521" s="3"/>
     </row>
     <row r="522" spans="1:5">
       <c r="A522" s="2" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="B522" s="3" t="s">
         <v>543</v>
       </c>
       <c r="C522" s="6" t="s">
-        <v>36</v>
+        <v>253</v>
       </c>
       <c r="D522" s="9">
-        <v>650000.0</v>
+        <v>100000.0</v>
       </c>
       <c r="E522" s="3"/>
     </row>
     <row r="523" spans="1:5">
-      <c r="A523" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B523" s="3" t="s">
+      <c r="A523" s="15" t="s">
         <v>544</v>
       </c>
-      <c r="C523" s="6" t="s">
-[...5 lines deleted...]
-      <c r="E523" s="3"/>
+      <c r="B523" s="16" t="s">
+        <v>545</v>
+      </c>
+      <c r="C523" s="17"/>
+      <c r="D523" s="18"/>
+      <c r="E523" s="16"/>
     </row>
     <row r="524" spans="1:5">
       <c r="A524" s="19" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="B524" s="20"/>
       <c r="C524" s="21"/>
       <c r="D524" s="22"/>
       <c r="E524" s="20"/>
     </row>
     <row r="525" spans="1:5">
       <c r="A525" s="23" t="s">
         <v>4</v>
       </c>
       <c r="B525" s="24" t="s">
         <v>5</v>
       </c>
       <c r="C525" s="25" t="s">
         <v>6</v>
       </c>
       <c r="D525" s="26" t="s">
         <v>7</v>
       </c>
       <c r="E525" s="24" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="526" spans="1:5">
       <c r="A526" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B526" s="3" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="C526" s="6" t="s">
-        <v>239</v>
+        <v>548</v>
       </c>
       <c r="D526" s="9">
-        <v>50000.0</v>
+        <v>550000.0</v>
       </c>
       <c r="E526" s="3"/>
     </row>
     <row r="527" spans="1:5">
       <c r="A527" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B527" s="3" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="C527" s="6" t="s">
-        <v>239</v>
+        <v>13</v>
       </c>
       <c r="D527" s="9">
-        <v>50000.0</v>
+        <v>350000.0</v>
       </c>
       <c r="E527" s="3"/>
     </row>
     <row r="528" spans="1:5">
-      <c r="A528" s="19" t="s">
-[...5 lines deleted...]
-      <c r="E528" s="20"/>
+      <c r="A528" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="B528" s="3" t="s">
+        <v>549</v>
+      </c>
+      <c r="C528" s="6" t="s">
+        <v>550</v>
+      </c>
+      <c r="D528" s="9">
+        <v>950000.0</v>
+      </c>
+      <c r="E528" s="3"/>
     </row>
     <row r="529" spans="1:5">
-      <c r="A529" s="23" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="A529" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B529" s="3" t="s">
+        <v>551</v>
+      </c>
+      <c r="C529" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D529" s="9">
+        <v>650000.0</v>
+      </c>
+      <c r="E529" s="3"/>
     </row>
     <row r="530" spans="1:5">
       <c r="A530" s="2" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="B530" s="3" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="C530" s="6" t="s">
-        <v>239</v>
+        <v>15</v>
       </c>
       <c r="D530" s="9">
-        <v>21540.0</v>
+        <v>480000.0</v>
       </c>
       <c r="E530" s="3"/>
     </row>
     <row r="531" spans="1:5">
-      <c r="A531" s="2" t="s">
-[...11 lines deleted...]
-      <c r="E531" s="3"/>
+      <c r="A531" s="19" t="s">
+        <v>553</v>
+      </c>
+      <c r="B531" s="20"/>
+      <c r="C531" s="21"/>
+      <c r="D531" s="22"/>
+      <c r="E531" s="20"/>
     </row>
     <row r="532" spans="1:5">
-      <c r="A532" s="2" t="s">
-[...11 lines deleted...]
-      <c r="E532" s="3"/>
+      <c r="A532" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B532" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C532" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D532" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E532" s="24" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="533" spans="1:5">
       <c r="A533" s="2" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="B533" s="3" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="C533" s="6" t="s">
-        <v>257</v>
+        <v>235</v>
       </c>
       <c r="D533" s="9">
-        <v>30000.0</v>
+        <v>50000.0</v>
       </c>
       <c r="E533" s="3"/>
     </row>
     <row r="534" spans="1:5">
       <c r="A534" s="2" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="B534" s="3" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C534" s="6" t="s">
-        <v>194</v>
+        <v>235</v>
       </c>
       <c r="D534" s="9">
-        <v>150000.0</v>
+        <v>50000.0</v>
       </c>
       <c r="E534" s="3"/>
     </row>
     <row r="535" spans="1:5">
       <c r="A535" s="19" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="B535" s="20"/>
       <c r="C535" s="21"/>
       <c r="D535" s="22"/>
       <c r="E535" s="20"/>
     </row>
     <row r="536" spans="1:5">
       <c r="A536" s="23" t="s">
         <v>4</v>
       </c>
       <c r="B536" s="24" t="s">
         <v>5</v>
       </c>
       <c r="C536" s="25" t="s">
         <v>6</v>
       </c>
       <c r="D536" s="26" t="s">
         <v>7</v>
       </c>
       <c r="E536" s="24" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="537" spans="1:5">
       <c r="A537" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B537" s="3" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="C537" s="6" t="s">
-        <v>194</v>
+        <v>235</v>
       </c>
       <c r="D537" s="9">
-        <v>24097.5</v>
+        <v>21540.0</v>
       </c>
       <c r="E537" s="3"/>
     </row>
     <row r="538" spans="1:5">
       <c r="A538" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B538" s="3" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="C538" s="6" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="D538" s="9">
-        <v>24000.0</v>
+        <v>26000.0</v>
       </c>
       <c r="E538" s="3"/>
     </row>
     <row r="539" spans="1:5">
       <c r="A539" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B539" s="3" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="C539" s="6" t="s">
-        <v>257</v>
+        <v>189</v>
       </c>
       <c r="D539" s="9">
-        <v>19571.4297</v>
+        <v>50000.0</v>
       </c>
       <c r="E539" s="3"/>
     </row>
     <row r="540" spans="1:5">
       <c r="A540" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B540" s="3" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="C540" s="6" t="s">
-        <v>194</v>
+        <v>253</v>
       </c>
       <c r="D540" s="9">
-        <v>150000.0</v>
+        <v>30000.0</v>
       </c>
       <c r="E540" s="3"/>
     </row>
     <row r="541" spans="1:5">
       <c r="A541" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B541" s="3" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="C541" s="6" t="s">
-        <v>257</v>
+        <v>189</v>
       </c>
       <c r="D541" s="9">
-        <v>60000.0</v>
+        <v>150000.0</v>
       </c>
       <c r="E541" s="3"/>
     </row>
     <row r="542" spans="1:5">
-      <c r="A542" s="2" t="s">
-[...11 lines deleted...]
-      <c r="E542" s="3"/>
+      <c r="A542" s="19" t="s">
+        <v>562</v>
+      </c>
+      <c r="B542" s="20"/>
+      <c r="C542" s="21"/>
+      <c r="D542" s="22"/>
+      <c r="E542" s="20"/>
     </row>
     <row r="543" spans="1:5">
-      <c r="A543" s="2" t="s">
-[...11 lines deleted...]
-      <c r="E543" s="3"/>
+      <c r="A543" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B543" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C543" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D543" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E543" s="24" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="544" spans="1:5">
       <c r="A544" s="2" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="B544" s="3" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="C544" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D544" s="9">
-        <v>30000.0</v>
+        <v>24097.5</v>
       </c>
       <c r="E544" s="3"/>
     </row>
     <row r="545" spans="1:5">
       <c r="A545" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B545" s="3" t="s">
+        <v>564</v>
+      </c>
+      <c r="C545" s="6" t="s">
+        <v>253</v>
+      </c>
+      <c r="D545" s="9">
+        <v>24000.0</v>
+      </c>
+      <c r="E545" s="3"/>
+    </row>
+    <row r="546" spans="1:5">
+      <c r="A546" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="B546" s="3" t="s">
+        <v>565</v>
+      </c>
+      <c r="C546" s="6" t="s">
+        <v>253</v>
+      </c>
+      <c r="D546" s="9">
+        <v>19571.4297</v>
+      </c>
+      <c r="E546" s="3"/>
+    </row>
+    <row r="547" spans="1:5">
+      <c r="A547" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B547" s="3" t="s">
+        <v>566</v>
+      </c>
+      <c r="C547" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D547" s="9">
+        <v>150000.0</v>
+      </c>
+      <c r="E547" s="3"/>
+    </row>
+    <row r="548" spans="1:5">
+      <c r="A548" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B548" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="C548" s="6" t="s">
+        <v>253</v>
+      </c>
+      <c r="D548" s="9">
+        <v>60000.0</v>
+      </c>
+      <c r="E548" s="3"/>
+    </row>
+    <row r="549" spans="1:5">
+      <c r="A549" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B549" s="3" t="s">
+        <v>568</v>
+      </c>
+      <c r="C549" s="6" t="s">
+        <v>253</v>
+      </c>
+      <c r="D549" s="9">
+        <v>23000.0</v>
+      </c>
+      <c r="E549" s="3"/>
+    </row>
+    <row r="550" spans="1:5">
+      <c r="A550" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B550" s="3" t="s">
+        <v>569</v>
+      </c>
+      <c r="C550" s="6" t="s">
+        <v>253</v>
+      </c>
+      <c r="D550" s="9">
+        <v>30000.0</v>
+      </c>
+      <c r="E550" s="3"/>
+    </row>
+    <row r="551" spans="1:5">
+      <c r="A551" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B551" s="3" t="s">
+        <v>570</v>
+      </c>
+      <c r="C551" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D551" s="9">
+        <v>30000.0</v>
+      </c>
+      <c r="E551" s="3"/>
+    </row>
+    <row r="552" spans="1:5">
+      <c r="A552" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="B545" s="3" t="s">
-[...103 lines deleted...]
-      </c>
       <c r="B552" s="3" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="C552" s="6" t="s">
-        <v>194</v>
+        <v>253</v>
       </c>
       <c r="D552" s="9">
         <v>30000.0</v>
       </c>
       <c r="E552" s="3"/>
     </row>
     <row r="553" spans="1:5">
       <c r="A553" s="2">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="B553" s="3" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="C553" s="6" t="s">
-        <v>194</v>
+        <v>253</v>
       </c>
       <c r="D553" s="9">
-        <v>47932.5</v>
+        <v>45000.0</v>
       </c>
       <c r="E553" s="3"/>
     </row>
     <row r="554" spans="1:5">
       <c r="A554" s="2">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="B554" s="3" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="C554" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D554" s="9">
-        <v>56000.0</v>
+        <v>60000.0</v>
       </c>
       <c r="E554" s="3"/>
     </row>
     <row r="555" spans="1:5">
       <c r="A555" s="2">
+        <v>12</v>
+      </c>
+      <c r="B555" s="3" t="s">
+        <v>574</v>
+      </c>
+      <c r="C555" s="6" t="s">
+        <v>253</v>
+      </c>
+      <c r="D555" s="9">
+        <v>61335.0</v>
+      </c>
+      <c r="E555" s="3"/>
+    </row>
+    <row r="556" spans="1:5">
+      <c r="A556" s="2">
+        <v>13</v>
+      </c>
+      <c r="B556" s="3" t="s">
+        <v>575</v>
+      </c>
+      <c r="C556" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D556" s="9">
+        <v>35000.0</v>
+      </c>
+      <c r="E556" s="3"/>
+    </row>
+    <row r="557" spans="1:5">
+      <c r="A557" s="2">
+        <v>14</v>
+      </c>
+      <c r="B557" s="3" t="s">
+        <v>576</v>
+      </c>
+      <c r="C557" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D557" s="9">
+        <v>36567.0</v>
+      </c>
+      <c r="E557" s="3"/>
+    </row>
+    <row r="558" spans="1:5">
+      <c r="A558" s="2">
+        <v>15</v>
+      </c>
+      <c r="B558" s="3" t="s">
+        <v>577</v>
+      </c>
+      <c r="C558" s="6" t="s">
+        <v>253</v>
+      </c>
+      <c r="D558" s="9">
+        <v>60000.0</v>
+      </c>
+      <c r="E558" s="3"/>
+    </row>
+    <row r="559" spans="1:5">
+      <c r="A559" s="2">
+        <v>16</v>
+      </c>
+      <c r="B559" s="3" t="s">
+        <v>578</v>
+      </c>
+      <c r="C559" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D559" s="9">
+        <v>30000.0</v>
+      </c>
+      <c r="E559" s="3"/>
+    </row>
+    <row r="560" spans="1:5">
+      <c r="A560" s="2">
+        <v>17</v>
+      </c>
+      <c r="B560" s="3" t="s">
+        <v>579</v>
+      </c>
+      <c r="C560" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D560" s="9">
+        <v>47932.5</v>
+      </c>
+      <c r="E560" s="3"/>
+    </row>
+    <row r="561" spans="1:5">
+      <c r="A561" s="2">
+        <v>18</v>
+      </c>
+      <c r="B561" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="C561" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D561" s="9">
+        <v>56000.0</v>
+      </c>
+      <c r="E561" s="3"/>
+    </row>
+    <row r="562" spans="1:5">
+      <c r="A562" s="2">
         <v>19</v>
       </c>
-      <c r="B555" s="3" t="s">
-[...5 lines deleted...]
-      <c r="D555" s="9">
+      <c r="B562" s="3" t="s">
+        <v>581</v>
+      </c>
+      <c r="C562" s="6" t="s">
+        <v>253</v>
+      </c>
+      <c r="D562" s="9">
         <v>100000.0</v>
       </c>
-      <c r="E555" s="3"/>
-[...22 lines deleted...]
-      <c r="A558" s="23" t="s">
+      <c r="E562" s="3"/>
+    </row>
+    <row r="563" spans="1:5">
+      <c r="A563" s="15" t="s">
+        <v>582</v>
+      </c>
+      <c r="B563" s="16" t="s">
+        <v>583</v>
+      </c>
+      <c r="C563" s="17"/>
+      <c r="D563" s="18"/>
+      <c r="E563" s="16"/>
+    </row>
+    <row r="564" spans="1:5">
+      <c r="A564" s="19" t="s">
+        <v>584</v>
+      </c>
+      <c r="B564" s="20"/>
+      <c r="C564" s="21"/>
+      <c r="D564" s="22"/>
+      <c r="E564" s="20"/>
+    </row>
+    <row r="565" spans="1:5">
+      <c r="A565" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B558" s="24" t="s">
+      <c r="B565" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C558" s="25" t="s">
+      <c r="C565" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D558" s="26" t="s">
+      <c r="D565" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E558" s="24" t="s">
+      <c r="E565" s="24" t="s">
         <v>8</v>
       </c>
-    </row>
-[...103 lines deleted...]
-      <c r="E565" s="3"/>
     </row>
     <row r="566" spans="1:5">
       <c r="A566" s="2" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="B566" s="3" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="C566" s="6" t="s">
-        <v>194</v>
+        <v>256</v>
       </c>
       <c r="D566" s="9">
-        <v>15000.0</v>
+        <v>250000.0</v>
       </c>
       <c r="E566" s="3"/>
     </row>
     <row r="567" spans="1:5">
       <c r="A567" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B567" s="3" t="s">
+        <v>586</v>
+      </c>
+      <c r="C567" s="6" t="s">
+        <v>253</v>
+      </c>
+      <c r="D567" s="9">
+        <v>800000.0</v>
+      </c>
+      <c r="E567" s="3"/>
+    </row>
+    <row r="568" spans="1:5">
+      <c r="A568" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="B568" s="3" t="s">
+        <v>587</v>
+      </c>
+      <c r="C568" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D568" s="9">
+        <v>120000.0</v>
+      </c>
+      <c r="E568" s="3"/>
+    </row>
+    <row r="569" spans="1:5">
+      <c r="A569" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B569" s="3" t="s">
+        <v>588</v>
+      </c>
+      <c r="C569" s="6" t="s">
+        <v>253</v>
+      </c>
+      <c r="D569" s="9">
+        <v>43000.0</v>
+      </c>
+      <c r="E569" s="3"/>
+    </row>
+    <row r="570" spans="1:5">
+      <c r="A570" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B570" s="3" t="s">
+        <v>589</v>
+      </c>
+      <c r="C570" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D570" s="9">
+        <v>90000.0</v>
+      </c>
+      <c r="E570" s="3"/>
+    </row>
+    <row r="571" spans="1:5">
+      <c r="A571" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B571" s="3" t="s">
+        <v>590</v>
+      </c>
+      <c r="C571" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D571" s="9">
+        <v>24000.0</v>
+      </c>
+      <c r="E571" s="3"/>
+    </row>
+    <row r="572" spans="1:5">
+      <c r="A572" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B572" s="3" t="s">
+        <v>591</v>
+      </c>
+      <c r="C572" s="6" t="s">
+        <v>253</v>
+      </c>
+      <c r="D572" s="9">
+        <v>17000.0</v>
+      </c>
+      <c r="E572" s="3"/>
+    </row>
+    <row r="573" spans="1:5">
+      <c r="A573" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B573" s="3" t="s">
+        <v>592</v>
+      </c>
+      <c r="C573" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D573" s="9">
+        <v>12000.0</v>
+      </c>
+      <c r="E573" s="3"/>
+    </row>
+    <row r="574" spans="1:5">
+      <c r="A574" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="B567" s="3" t="s">
-[...20 lines deleted...]
-      <c r="D568" s="9">
+      <c r="B574" s="3" t="s">
+        <v>593</v>
+      </c>
+      <c r="C574" s="6" t="s">
+        <v>253</v>
+      </c>
+      <c r="D574" s="9">
         <v>42000.0</v>
-      </c>
-[...88 lines deleted...]
-        <v>50000.0</v>
       </c>
       <c r="E574" s="3"/>
     </row>
     <row r="575" spans="1:5">
       <c r="A575" s="2">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="B575" s="3" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="C575" s="6" t="s">
-        <v>194</v>
+        <v>253</v>
       </c>
       <c r="D575" s="9">
-        <v>80000.0</v>
+        <v>16000.0</v>
       </c>
       <c r="E575" s="3"/>
     </row>
     <row r="576" spans="1:5">
       <c r="A576" s="2">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="B576" s="3" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C576" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D576" s="9">
-        <v>90000.0</v>
+        <v>14000.0</v>
       </c>
       <c r="E576" s="3"/>
     </row>
     <row r="577" spans="1:5">
       <c r="A577" s="2">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="B577" s="3" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="C577" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D577" s="9">
-        <v>30000.0</v>
+        <v>65000.0</v>
       </c>
       <c r="E577" s="3"/>
     </row>
     <row r="578" spans="1:5">
       <c r="A578" s="2">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="B578" s="3" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="C578" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D578" s="9">
-        <v>150000.0</v>
+        <v>120000.0</v>
       </c>
       <c r="E578" s="3"/>
     </row>
     <row r="579" spans="1:5">
       <c r="A579" s="2">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="B579" s="3" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="C579" s="6" t="s">
-        <v>257</v>
+        <v>189</v>
       </c>
       <c r="D579" s="9">
-        <v>20000.0</v>
+        <v>50000.0</v>
       </c>
       <c r="E579" s="3"/>
     </row>
     <row r="580" spans="1:5">
       <c r="A580" s="2">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="B580" s="3" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="C580" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D580" s="9">
-        <v>20000.0</v>
+        <v>60000.0</v>
       </c>
       <c r="E580" s="3"/>
     </row>
     <row r="581" spans="1:5">
       <c r="A581" s="2">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="B581" s="3" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="C581" s="6" t="s">
-        <v>257</v>
+        <v>189</v>
       </c>
       <c r="D581" s="9">
-        <v>30000.0</v>
+        <v>90000.0</v>
       </c>
       <c r="E581" s="3"/>
     </row>
     <row r="582" spans="1:5">
       <c r="A582" s="2">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="B582" s="3" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C582" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D582" s="9">
-        <v>98000.0</v>
+        <v>30000.0</v>
       </c>
       <c r="E582" s="3"/>
     </row>
     <row r="583" spans="1:5">
       <c r="A583" s="2">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="B583" s="3" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="C583" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D583" s="9">
-        <v>75000.0</v>
+        <v>150000.0</v>
       </c>
       <c r="E583" s="3"/>
     </row>
     <row r="584" spans="1:5">
       <c r="A584" s="2">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="B584" s="3" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="C584" s="6" t="s">
-        <v>194</v>
+        <v>253</v>
       </c>
       <c r="D584" s="9">
-        <v>60000.0</v>
+        <v>20000.0</v>
       </c>
       <c r="E584" s="3"/>
     </row>
     <row r="585" spans="1:5">
       <c r="A585" s="2">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="B585" s="3" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="C585" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D585" s="9">
-        <v>80000.0</v>
+        <v>20000.0</v>
       </c>
       <c r="E585" s="3"/>
     </row>
     <row r="586" spans="1:5">
       <c r="A586" s="2">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="B586" s="3" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="C586" s="6" t="s">
-        <v>194</v>
+        <v>253</v>
       </c>
       <c r="D586" s="9">
-        <v>63000.0</v>
+        <v>30000.0</v>
       </c>
       <c r="E586" s="3"/>
     </row>
     <row r="587" spans="1:5">
-      <c r="A587" s="19" t="s">
-[...5 lines deleted...]
-      <c r="E587" s="20"/>
+      <c r="A587" s="2">
+        <v>22</v>
+      </c>
+      <c r="B587" s="3" t="s">
+        <v>606</v>
+      </c>
+      <c r="C587" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D587" s="9">
+        <v>98000.0</v>
+      </c>
+      <c r="E587" s="3"/>
     </row>
     <row r="588" spans="1:5">
-      <c r="A588" s="23" t="s">
+      <c r="A588" s="2">
+        <v>23</v>
+      </c>
+      <c r="B588" s="3" t="s">
+        <v>607</v>
+      </c>
+      <c r="C588" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D588" s="9">
+        <v>75000.0</v>
+      </c>
+      <c r="E588" s="3"/>
+    </row>
+    <row r="589" spans="1:5">
+      <c r="A589" s="2">
+        <v>24</v>
+      </c>
+      <c r="B589" s="3" t="s">
+        <v>608</v>
+      </c>
+      <c r="C589" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D589" s="9">
+        <v>60000.0</v>
+      </c>
+      <c r="E589" s="3"/>
+    </row>
+    <row r="590" spans="1:5">
+      <c r="A590" s="2">
+        <v>25</v>
+      </c>
+      <c r="B590" s="3" t="s">
+        <v>609</v>
+      </c>
+      <c r="C590" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D590" s="9">
+        <v>80000.0</v>
+      </c>
+      <c r="E590" s="3"/>
+    </row>
+    <row r="591" spans="1:5">
+      <c r="A591" s="2">
+        <v>26</v>
+      </c>
+      <c r="B591" s="3" t="s">
+        <v>610</v>
+      </c>
+      <c r="C591" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D591" s="9">
+        <v>80000.0</v>
+      </c>
+      <c r="E591" s="3"/>
+    </row>
+    <row r="592" spans="1:5">
+      <c r="A592" s="19" t="s">
+        <v>611</v>
+      </c>
+      <c r="B592" s="20"/>
+      <c r="C592" s="21"/>
+      <c r="D592" s="22"/>
+      <c r="E592" s="20"/>
+    </row>
+    <row r="593" spans="1:5">
+      <c r="A593" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B588" s="24" t="s">
+      <c r="B593" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C588" s="25" t="s">
+      <c r="C593" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D588" s="26" t="s">
+      <c r="D593" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E588" s="24" t="s">
+      <c r="E593" s="24" t="s">
         <v>8</v>
       </c>
-    </row>
-[...73 lines deleted...]
-      <c r="E593" s="3"/>
     </row>
     <row r="594" spans="1:5">
       <c r="A594" s="2" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="B594" s="3" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="C594" s="6" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="D594" s="9">
-        <v>15000.0</v>
+        <v>150000.0</v>
       </c>
       <c r="E594" s="3"/>
     </row>
     <row r="595" spans="1:5">
       <c r="A595" s="2" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="B595" s="3" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="C595" s="6" t="s">
-        <v>194</v>
+        <v>253</v>
       </c>
       <c r="D595" s="9">
-        <v>14000.0</v>
+        <v>10300.0</v>
       </c>
       <c r="E595" s="3"/>
     </row>
     <row r="596" spans="1:5">
       <c r="A596" s="2" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="B596" s="3" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="C596" s="6" t="s">
-        <v>257</v>
+        <v>189</v>
       </c>
       <c r="D596" s="9">
-        <v>20000.0</v>
+        <v>42000.0</v>
       </c>
       <c r="E596" s="3"/>
     </row>
     <row r="597" spans="1:5">
       <c r="A597" s="2" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="B597" s="3" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="C597" s="6" t="s">
-        <v>615</v>
+        <v>189</v>
       </c>
       <c r="D597" s="9">
-        <v>55000.0</v>
+        <v>25000.0</v>
       </c>
       <c r="E597" s="3"/>
     </row>
     <row r="598" spans="1:5">
-      <c r="A598" s="2">
-        <v>10</v>
+      <c r="A598" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="B598" s="3" t="s">
         <v>616</v>
       </c>
       <c r="C598" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D598" s="9">
-        <v>80000.0</v>
+        <v>14000.0</v>
       </c>
       <c r="E598" s="3"/>
     </row>
     <row r="599" spans="1:5">
-      <c r="A599" s="2">
-        <v>11</v>
+      <c r="A599" s="2" t="s">
+        <v>21</v>
       </c>
       <c r="B599" s="3" t="s">
         <v>617</v>
       </c>
       <c r="C599" s="6" t="s">
-        <v>194</v>
+        <v>253</v>
       </c>
       <c r="D599" s="9">
-        <v>30000.0</v>
+        <v>20000.0</v>
       </c>
       <c r="E599" s="3"/>
     </row>
     <row r="600" spans="1:5">
-      <c r="A600" s="2">
-        <v>12</v>
+      <c r="A600" s="2" t="s">
+        <v>23</v>
       </c>
       <c r="B600" s="3" t="s">
         <v>618</v>
       </c>
       <c r="C600" s="6" t="s">
-        <v>257</v>
+        <v>619</v>
       </c>
       <c r="D600" s="9">
+        <v>55000.0</v>
+      </c>
+      <c r="E600" s="3"/>
+    </row>
+    <row r="601" spans="1:5">
+      <c r="A601" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B601" s="3" t="s">
+        <v>620</v>
+      </c>
+      <c r="C601" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D601" s="9">
+        <v>80000.0</v>
+      </c>
+      <c r="E601" s="3"/>
+    </row>
+    <row r="602" spans="1:5">
+      <c r="A602" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="B602" s="3" t="s">
+        <v>621</v>
+      </c>
+      <c r="C602" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D602" s="9">
         <v>30000.0</v>
-      </c>
-[...28 lines deleted...]
-        <v>20000.0</v>
       </c>
       <c r="E602" s="3"/>
     </row>
     <row r="603" spans="1:5">
       <c r="A603" s="2">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="B603" s="3" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="C603" s="6" t="s">
-        <v>194</v>
+        <v>253</v>
       </c>
       <c r="D603" s="9">
         <v>30000.0</v>
       </c>
       <c r="E603" s="3"/>
     </row>
     <row r="604" spans="1:5">
       <c r="A604" s="2">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B604" s="3" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="C604" s="6" t="s">
-        <v>257</v>
+        <v>189</v>
       </c>
       <c r="D604" s="9">
-        <v>210000.0</v>
+        <v>30000.0</v>
       </c>
       <c r="E604" s="3"/>
     </row>
     <row r="605" spans="1:5">
       <c r="A605" s="2">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="B605" s="3" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="C605" s="6" t="s">
-        <v>257</v>
+        <v>189</v>
       </c>
       <c r="D605" s="9">
-        <v>150000.0</v>
+        <v>20000.0</v>
       </c>
       <c r="E605" s="3"/>
     </row>
     <row r="606" spans="1:5">
       <c r="A606" s="2">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="B606" s="3" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="C606" s="6" t="s">
-        <v>257</v>
+        <v>189</v>
       </c>
       <c r="D606" s="9">
-        <v>20000.0</v>
+        <v>30000.0</v>
       </c>
       <c r="E606" s="3"/>
     </row>
     <row r="607" spans="1:5">
       <c r="A607" s="2">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="B607" s="3" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="C607" s="6" t="s">
-        <v>239</v>
+        <v>253</v>
       </c>
       <c r="D607" s="9">
-        <v>23000.0</v>
+        <v>210000.0</v>
       </c>
       <c r="E607" s="3"/>
     </row>
     <row r="608" spans="1:5">
       <c r="A608" s="2">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="B608" s="3" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="C608" s="6" t="s">
-        <v>194</v>
+        <v>253</v>
       </c>
       <c r="D608" s="9">
+        <v>150000.0</v>
+      </c>
+      <c r="E608" s="3"/>
+    </row>
+    <row r="609" spans="1:5">
+      <c r="A609" s="2">
+        <v>16</v>
+      </c>
+      <c r="B609" s="3" t="s">
+        <v>628</v>
+      </c>
+      <c r="C609" s="6" t="s">
+        <v>253</v>
+      </c>
+      <c r="D609" s="9">
+        <v>20000.0</v>
+      </c>
+      <c r="E609" s="3"/>
+    </row>
+    <row r="610" spans="1:5">
+      <c r="A610" s="2">
+        <v>17</v>
+      </c>
+      <c r="B610" s="3" t="s">
+        <v>629</v>
+      </c>
+      <c r="C610" s="6" t="s">
+        <v>235</v>
+      </c>
+      <c r="D610" s="9">
+        <v>23000.0</v>
+      </c>
+      <c r="E610" s="3"/>
+    </row>
+    <row r="611" spans="1:5">
+      <c r="A611" s="2">
+        <v>18</v>
+      </c>
+      <c r="B611" s="3" t="s">
+        <v>630</v>
+      </c>
+      <c r="C611" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D611" s="9">
         <v>70000.0</v>
       </c>
-      <c r="E608" s="3"/>
-[...22 lines deleted...]
-      <c r="A611" s="23" t="s">
+      <c r="E611" s="3"/>
+    </row>
+    <row r="612" spans="1:5">
+      <c r="A612" s="15" t="s">
+        <v>631</v>
+      </c>
+      <c r="B612" s="16" t="s">
+        <v>632</v>
+      </c>
+      <c r="C612" s="17"/>
+      <c r="D612" s="18"/>
+      <c r="E612" s="16"/>
+    </row>
+    <row r="613" spans="1:5">
+      <c r="A613" s="19" t="s">
+        <v>633</v>
+      </c>
+      <c r="B613" s="20"/>
+      <c r="C613" s="21"/>
+      <c r="D613" s="22"/>
+      <c r="E613" s="20"/>
+    </row>
+    <row r="614" spans="1:5">
+      <c r="A614" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B611" s="24" t="s">
+      <c r="B614" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C611" s="25" t="s">
+      <c r="C614" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D611" s="26" t="s">
+      <c r="D614" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E611" s="24" t="s">
+      <c r="E614" s="24" t="s">
         <v>8</v>
       </c>
-    </row>
-[...43 lines deleted...]
-      <c r="E614" s="3"/>
     </row>
     <row r="615" spans="1:5">
       <c r="A615" s="2" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="B615" s="3" t="s">
         <v>634</v>
       </c>
       <c r="C615" s="6" t="s">
-        <v>631</v>
+        <v>189</v>
       </c>
       <c r="D615" s="9">
-        <v>40000.0</v>
+        <v>66000.0</v>
       </c>
       <c r="E615" s="3"/>
     </row>
     <row r="616" spans="1:5">
       <c r="A616" s="2" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="B616" s="3" t="s">
         <v>635</v>
       </c>
       <c r="C616" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D616" s="9">
-        <v>110000.0</v>
+        <v>66000.0</v>
       </c>
       <c r="E616" s="3"/>
     </row>
     <row r="617" spans="1:5">
       <c r="A617" s="2" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="B617" s="3" t="s">
         <v>636</v>
       </c>
       <c r="C617" s="6" t="s">
-        <v>631</v>
+        <v>189</v>
       </c>
       <c r="D617" s="9">
-        <v>110000.0</v>
+        <v>88000.0</v>
       </c>
       <c r="E617" s="3"/>
     </row>
     <row r="618" spans="1:5">
       <c r="A618" s="2" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="B618" s="3" t="s">
         <v>637</v>
       </c>
       <c r="C618" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D618" s="9">
-        <v>110000.0</v>
+        <v>88000.0</v>
       </c>
       <c r="E618" s="3"/>
     </row>
     <row r="619" spans="1:5">
       <c r="A619" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="B619" s="3" t="s">
         <v>638</v>
       </c>
       <c r="C619" s="6" t="s">
-        <v>631</v>
+        <v>189</v>
       </c>
       <c r="D619" s="9">
-        <v>110000.0</v>
+        <v>88000.0</v>
       </c>
       <c r="E619" s="3"/>
     </row>
     <row r="620" spans="1:5">
-      <c r="A620" s="19" t="s">
+      <c r="A620" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B620" s="3" t="s">
         <v>639</v>
       </c>
-      <c r="B620" s="20"/>
-[...2 lines deleted...]
-      <c r="E620" s="20"/>
+      <c r="C620" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D620" s="9">
+        <v>88000.0</v>
+      </c>
+      <c r="E620" s="3"/>
     </row>
     <row r="621" spans="1:5">
-      <c r="A621" s="23" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="A621" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B621" s="3" t="s">
+        <v>640</v>
+      </c>
+      <c r="C621" s="6" t="s">
+        <v>641</v>
+      </c>
+      <c r="D621" s="9">
+        <v>42000.0</v>
+      </c>
+      <c r="E621" s="3"/>
     </row>
     <row r="622" spans="1:5">
       <c r="A622" s="2" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="B622" s="3" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="C622" s="6" t="s">
-        <v>194</v>
+        <v>641</v>
       </c>
       <c r="D622" s="9">
-        <v>66000.0</v>
+        <v>42000.0</v>
       </c>
       <c r="E622" s="3"/>
     </row>
     <row r="623" spans="1:5">
       <c r="A623" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="B623" s="3" t="s">
+        <v>643</v>
+      </c>
+      <c r="C623" s="6" t="s">
+        <v>641</v>
+      </c>
+      <c r="D623" s="9">
+        <v>42000.0</v>
+      </c>
+      <c r="E623" s="3"/>
+    </row>
+    <row r="624" spans="1:5">
+      <c r="A624" s="2">
+        <v>10</v>
+      </c>
+      <c r="B624" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="C624" s="6" t="s">
+        <v>641</v>
+      </c>
+      <c r="D624" s="9">
+        <v>42000.0</v>
+      </c>
+      <c r="E624" s="3"/>
+    </row>
+    <row r="625" spans="1:5">
+      <c r="A625" s="2">
+        <v>11</v>
+      </c>
+      <c r="B625" s="3" t="s">
+        <v>645</v>
+      </c>
+      <c r="C625" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D625" s="9">
+        <v>60000.0</v>
+      </c>
+      <c r="E625" s="3"/>
+    </row>
+    <row r="626" spans="1:5">
+      <c r="A626" s="2">
         <v>12</v>
       </c>
-      <c r="B623" s="3" t="s">
+      <c r="B626" s="3" t="s">
+        <v>646</v>
+      </c>
+      <c r="C626" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D626" s="9">
+        <v>60000.0</v>
+      </c>
+      <c r="E626" s="3"/>
+    </row>
+    <row r="627" spans="1:5">
+      <c r="A627" s="2">
+        <v>13</v>
+      </c>
+      <c r="B627" s="3" t="s">
+        <v>647</v>
+      </c>
+      <c r="C627" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D627" s="9">
+        <v>60000.0</v>
+      </c>
+      <c r="E627" s="3"/>
+    </row>
+    <row r="628" spans="1:5">
+      <c r="A628" s="2">
+        <v>14</v>
+      </c>
+      <c r="B628" s="3" t="s">
+        <v>648</v>
+      </c>
+      <c r="C628" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D628" s="9">
+        <v>60000.0</v>
+      </c>
+      <c r="E628" s="3"/>
+    </row>
+    <row r="629" spans="1:5">
+      <c r="A629" s="2">
+        <v>15</v>
+      </c>
+      <c r="B629" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="C629" s="6" t="s">
         <v>641</v>
-      </c>
-[...91 lines deleted...]
-        <v>631</v>
       </c>
       <c r="D629" s="9">
         <v>50000.0</v>
       </c>
       <c r="E629" s="3"/>
     </row>
     <row r="630" spans="1:5">
-      <c r="A630" s="2" t="s">
-        <v>27</v>
+      <c r="A630" s="2">
+        <v>16</v>
       </c>
       <c r="B630" s="3" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="C630" s="6" t="s">
-        <v>631</v>
+        <v>641</v>
       </c>
       <c r="D630" s="9">
-        <v>15000.0</v>
+        <v>50000.0</v>
       </c>
       <c r="E630" s="3"/>
     </row>
     <row r="631" spans="1:5">
       <c r="A631" s="2">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="B631" s="3" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="C631" s="6" t="s">
-        <v>631</v>
+        <v>641</v>
       </c>
       <c r="D631" s="9">
-        <v>15000.0</v>
+        <v>50000.0</v>
       </c>
       <c r="E631" s="3"/>
     </row>
     <row r="632" spans="1:5">
       <c r="A632" s="2">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="B632" s="3" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="C632" s="6" t="s">
-        <v>194</v>
+        <v>641</v>
       </c>
       <c r="D632" s="9">
-        <v>40000.0</v>
+        <v>50000.0</v>
       </c>
       <c r="E632" s="3"/>
     </row>
     <row r="633" spans="1:5">
       <c r="A633" s="2">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="B633" s="3" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="C633" s="6" t="s">
-        <v>631</v>
+        <v>641</v>
       </c>
       <c r="D633" s="9">
-        <v>60000.0</v>
+        <v>15000.0</v>
       </c>
       <c r="E633" s="3"/>
     </row>
     <row r="634" spans="1:5">
       <c r="A634" s="2">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="B634" s="3" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="C634" s="6" t="s">
-        <v>631</v>
+        <v>641</v>
       </c>
       <c r="D634" s="9">
-        <v>60000.0</v>
+        <v>15000.0</v>
       </c>
       <c r="E634" s="3"/>
     </row>
     <row r="635" spans="1:5">
       <c r="A635" s="2">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="B635" s="3" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="C635" s="6" t="s">
-        <v>631</v>
+        <v>641</v>
       </c>
       <c r="D635" s="9">
-        <v>60000.0</v>
+        <v>15000.0</v>
       </c>
       <c r="E635" s="3"/>
     </row>
     <row r="636" spans="1:5">
       <c r="A636" s="2">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="B636" s="3" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="C636" s="6" t="s">
-        <v>631</v>
+        <v>641</v>
       </c>
       <c r="D636" s="9">
-        <v>60000.0</v>
+        <v>15000.0</v>
       </c>
       <c r="E636" s="3"/>
     </row>
     <row r="637" spans="1:5">
       <c r="A637" s="2">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="B637" s="3" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="C637" s="6" t="s">
-        <v>194</v>
+        <v>641</v>
       </c>
       <c r="D637" s="9">
-        <v>10000.0</v>
+        <v>15000.0</v>
       </c>
       <c r="E637" s="3"/>
     </row>
     <row r="638" spans="1:5">
       <c r="A638" s="2">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="B638" s="3" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="C638" s="6" t="s">
-        <v>194</v>
+        <v>641</v>
       </c>
       <c r="D638" s="9">
-        <v>10000.0</v>
+        <v>15000.0</v>
       </c>
       <c r="E638" s="3"/>
     </row>
     <row r="639" spans="1:5">
       <c r="A639" s="2">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="B639" s="3" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="C639" s="6" t="s">
-        <v>631</v>
+        <v>189</v>
       </c>
       <c r="D639" s="9">
-        <v>10000.0</v>
+        <v>40000.0</v>
       </c>
       <c r="E639" s="3"/>
     </row>
     <row r="640" spans="1:5">
       <c r="A640" s="2">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="B640" s="3" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="C640" s="6" t="s">
-        <v>194</v>
+        <v>641</v>
       </c>
       <c r="D640" s="9">
-        <v>10000.0</v>
+        <v>39000.0</v>
       </c>
       <c r="E640" s="3"/>
     </row>
     <row r="641" spans="1:5">
       <c r="A641" s="2">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="B641" s="3" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="C641" s="6" t="s">
-        <v>631</v>
+        <v>641</v>
       </c>
       <c r="D641" s="9">
-        <v>10000.0</v>
+        <v>39000.0</v>
       </c>
       <c r="E641" s="3"/>
     </row>
     <row r="642" spans="1:5">
       <c r="A642" s="2">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="B642" s="3" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="C642" s="6" t="s">
-        <v>631</v>
+        <v>189</v>
       </c>
       <c r="D642" s="9">
         <v>10000.0</v>
       </c>
       <c r="E642" s="3"/>
     </row>
     <row r="643" spans="1:5">
       <c r="A643" s="2">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="B643" s="3" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="C643" s="6" t="s">
-        <v>631</v>
+        <v>189</v>
       </c>
       <c r="D643" s="9">
         <v>10000.0</v>
       </c>
       <c r="E643" s="3"/>
     </row>
     <row r="644" spans="1:5">
       <c r="A644" s="2">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="B644" s="3" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="C644" s="6" t="s">
-        <v>631</v>
+        <v>641</v>
       </c>
       <c r="D644" s="9">
         <v>10000.0</v>
       </c>
       <c r="E644" s="3"/>
     </row>
     <row r="645" spans="1:5">
       <c r="A645" s="2">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="B645" s="3" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="C645" s="6" t="s">
-        <v>631</v>
+        <v>189</v>
       </c>
       <c r="D645" s="9">
         <v>10000.0</v>
       </c>
       <c r="E645" s="3"/>
     </row>
     <row r="646" spans="1:5">
       <c r="A646" s="2">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="B646" s="3" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="C646" s="6" t="s">
-        <v>631</v>
+        <v>641</v>
       </c>
       <c r="D646" s="9">
-        <v>15000.0</v>
+        <v>10000.0</v>
       </c>
       <c r="E646" s="3"/>
     </row>
     <row r="647" spans="1:5">
       <c r="A647" s="2">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="B647" s="3" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="C647" s="6" t="s">
-        <v>631</v>
+        <v>641</v>
       </c>
       <c r="D647" s="9">
         <v>10000.0</v>
       </c>
       <c r="E647" s="3"/>
     </row>
     <row r="648" spans="1:5">
       <c r="A648" s="2">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="B648" s="3" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="C648" s="6" t="s">
-        <v>631</v>
+        <v>641</v>
       </c>
       <c r="D648" s="9">
         <v>10000.0</v>
       </c>
       <c r="E648" s="3"/>
     </row>
     <row r="649" spans="1:5">
       <c r="A649" s="2">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="B649" s="3" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="C649" s="6" t="s">
-        <v>631</v>
+        <v>641</v>
       </c>
       <c r="D649" s="9">
-        <v>15000.0</v>
+        <v>10000.0</v>
       </c>
       <c r="E649" s="3"/>
     </row>
     <row r="650" spans="1:5">
       <c r="A650" s="2">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="B650" s="3" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="C650" s="6" t="s">
-        <v>631</v>
+        <v>641</v>
       </c>
       <c r="D650" s="9">
-        <v>15000.0</v>
+        <v>10000.0</v>
       </c>
       <c r="E650" s="3"/>
     </row>
     <row r="651" spans="1:5">
       <c r="A651" s="2">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="B651" s="3" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="C651" s="6" t="s">
-        <v>631</v>
+        <v>641</v>
       </c>
       <c r="D651" s="9">
         <v>15000.0</v>
       </c>
       <c r="E651" s="3"/>
     </row>
     <row r="652" spans="1:5">
       <c r="A652" s="2">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="B652" s="3" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="C652" s="6" t="s">
-        <v>631</v>
+        <v>641</v>
       </c>
       <c r="D652" s="9">
-        <v>15000.0</v>
+        <v>10000.0</v>
       </c>
       <c r="E652" s="3"/>
     </row>
     <row r="653" spans="1:5">
       <c r="A653" s="2">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="B653" s="3" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="C653" s="6" t="s">
-        <v>631</v>
+        <v>641</v>
       </c>
       <c r="D653" s="9">
-        <v>15000.0</v>
+        <v>10000.0</v>
       </c>
       <c r="E653" s="3"/>
     </row>
     <row r="654" spans="1:5">
       <c r="A654" s="2">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="B654" s="3" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="C654" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D654" s="9">
         <v>20000.0</v>
       </c>
       <c r="E654" s="3"/>
     </row>
     <row r="655" spans="1:5">
       <c r="A655" s="2">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="B655" s="3" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="C655" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D655" s="9">
         <v>20000.0</v>
       </c>
       <c r="E655" s="3"/>
     </row>
     <row r="656" spans="1:5">
       <c r="A656" s="2">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="B656" s="3" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="C656" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D656" s="9">
         <v>15000.0</v>
       </c>
       <c r="E656" s="3"/>
     </row>
     <row r="657" spans="1:5">
       <c r="A657" s="2">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="B657" s="3" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="C657" s="6" t="s">
-        <v>631</v>
+        <v>641</v>
       </c>
       <c r="D657" s="9">
-        <v>70000.0</v>
+        <v>110000.0</v>
       </c>
       <c r="E657" s="3"/>
     </row>
     <row r="658" spans="1:5">
       <c r="A658" s="2">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="B658" s="3" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="C658" s="6" t="s">
-        <v>631</v>
+        <v>641</v>
       </c>
       <c r="D658" s="9">
-        <v>70000.0</v>
+        <v>110000.0</v>
       </c>
       <c r="E658" s="3"/>
     </row>
     <row r="659" spans="1:5">
       <c r="A659" s="2">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="B659" s="3" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="C659" s="6" t="s">
-        <v>631</v>
+        <v>189</v>
       </c>
       <c r="D659" s="9">
-        <v>70000.0</v>
+        <v>110000.0</v>
       </c>
       <c r="E659" s="3"/>
     </row>
     <row r="660" spans="1:5">
       <c r="A660" s="2">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="B660" s="3" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="C660" s="6" t="s">
-        <v>631</v>
+        <v>189</v>
       </c>
       <c r="D660" s="9">
-        <v>70000.0</v>
+        <v>110000.0</v>
       </c>
       <c r="E660" s="3"/>
     </row>
     <row r="661" spans="1:5">
       <c r="A661" s="2">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="B661" s="3" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="C661" s="6" t="s">
-        <v>631</v>
+        <v>641</v>
       </c>
       <c r="D661" s="9">
-        <v>50000.0</v>
+        <v>70000.0</v>
       </c>
       <c r="E661" s="3"/>
     </row>
     <row r="662" spans="1:5">
       <c r="A662" s="2">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="B662" s="3" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="C662" s="6" t="s">
-        <v>631</v>
+        <v>641</v>
       </c>
       <c r="D662" s="9">
-        <v>50000.0</v>
+        <v>70000.0</v>
       </c>
       <c r="E662" s="3"/>
     </row>
     <row r="663" spans="1:5">
       <c r="A663" s="2">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="B663" s="3" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="C663" s="6" t="s">
-        <v>631</v>
+        <v>641</v>
       </c>
       <c r="D663" s="9">
         <v>50000.0</v>
       </c>
       <c r="E663" s="3"/>
     </row>
     <row r="664" spans="1:5">
       <c r="A664" s="2">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="B664" s="3" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="C664" s="6" t="s">
-        <v>631</v>
+        <v>641</v>
       </c>
       <c r="D664" s="9">
         <v>50000.0</v>
       </c>
       <c r="E664" s="3"/>
     </row>
     <row r="665" spans="1:5">
       <c r="A665" s="2">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="B665" s="3" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="C665" s="6" t="s">
-        <v>194</v>
+        <v>641</v>
       </c>
       <c r="D665" s="9">
-        <v>120000.0</v>
+        <v>50000.0</v>
       </c>
       <c r="E665" s="3"/>
     </row>
     <row r="666" spans="1:5">
       <c r="A666" s="2">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="B666" s="3" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="C666" s="6" t="s">
-        <v>194</v>
+        <v>641</v>
       </c>
       <c r="D666" s="9">
-        <v>120000.0</v>
+        <v>50000.0</v>
       </c>
       <c r="E666" s="3"/>
     </row>
     <row r="667" spans="1:5">
       <c r="A667" s="2">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="B667" s="3" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="C667" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D667" s="9">
         <v>120000.0</v>
       </c>
       <c r="E667" s="3"/>
     </row>
     <row r="668" spans="1:5">
       <c r="A668" s="2">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="B668" s="3" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="C668" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D668" s="9">
         <v>120000.0</v>
       </c>
       <c r="E668" s="3"/>
     </row>
     <row r="669" spans="1:5">
       <c r="A669" s="2">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="B669" s="3" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="C669" s="6" t="s">
-        <v>631</v>
+        <v>641</v>
       </c>
       <c r="D669" s="9">
         <v>60000.0</v>
       </c>
       <c r="E669" s="3"/>
     </row>
     <row r="670" spans="1:5">
       <c r="A670" s="19" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="B670" s="20"/>
       <c r="C670" s="21"/>
       <c r="D670" s="22"/>
       <c r="E670" s="20"/>
     </row>
     <row r="671" spans="1:5">
       <c r="A671" s="23" t="s">
         <v>4</v>
       </c>
       <c r="B671" s="24" t="s">
         <v>5</v>
       </c>
       <c r="C671" s="25" t="s">
         <v>6</v>
       </c>
       <c r="D671" s="26" t="s">
         <v>7</v>
       </c>
       <c r="E671" s="24" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="672" spans="1:5">
       <c r="A672" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B672" s="3" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="C672" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D672" s="9">
-        <v>64000.0</v>
+        <v>66000.0</v>
       </c>
       <c r="E672" s="3"/>
     </row>
     <row r="673" spans="1:5">
       <c r="A673" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B673" s="3" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="C673" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D673" s="9">
-        <v>64000.0</v>
+        <v>66000.0</v>
       </c>
       <c r="E673" s="3"/>
     </row>
     <row r="674" spans="1:5">
       <c r="A674" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B674" s="3" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="C674" s="6" t="s">
-        <v>194</v>
+        <v>641</v>
       </c>
       <c r="D674" s="9">
-        <v>64000.0</v>
+        <v>39000.0</v>
       </c>
       <c r="E674" s="3"/>
     </row>
     <row r="675" spans="1:5">
       <c r="A675" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B675" s="3" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="C675" s="6" t="s">
-        <v>194</v>
+        <v>641</v>
       </c>
       <c r="D675" s="9">
-        <v>64000.0</v>
+        <v>39000.0</v>
       </c>
       <c r="E675" s="3"/>
     </row>
     <row r="676" spans="1:5">
       <c r="A676" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B676" s="3" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="C676" s="6" t="s">
-        <v>694</v>
+        <v>641</v>
       </c>
       <c r="D676" s="9">
-        <v>30000.0</v>
+        <v>70000.0</v>
       </c>
       <c r="E676" s="3"/>
     </row>
     <row r="677" spans="1:5">
       <c r="A677" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B677" s="3" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="C677" s="6" t="s">
-        <v>694</v>
+        <v>641</v>
       </c>
       <c r="D677" s="9">
-        <v>40000.0</v>
+        <v>70000.0</v>
       </c>
       <c r="E677" s="3"/>
     </row>
     <row r="678" spans="1:5">
-      <c r="A678" s="19" t="s">
-[...5 lines deleted...]
-      <c r="E678" s="20"/>
+      <c r="A678" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B678" s="3" t="s">
+        <v>697</v>
+      </c>
+      <c r="C678" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D678" s="9">
+        <v>120000.0</v>
+      </c>
+      <c r="E678" s="3"/>
     </row>
     <row r="679" spans="1:5">
-      <c r="A679" s="23" t="s">
+      <c r="A679" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B679" s="3" t="s">
+        <v>698</v>
+      </c>
+      <c r="C679" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D679" s="9">
+        <v>120000.0</v>
+      </c>
+      <c r="E679" s="3"/>
+    </row>
+    <row r="680" spans="1:5">
+      <c r="A680" s="19" t="s">
+        <v>699</v>
+      </c>
+      <c r="B680" s="20"/>
+      <c r="C680" s="21"/>
+      <c r="D680" s="22"/>
+      <c r="E680" s="20"/>
+    </row>
+    <row r="681" spans="1:5">
+      <c r="A681" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B679" s="24" t="s">
+      <c r="B681" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C679" s="25" t="s">
+      <c r="C681" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D679" s="26" t="s">
+      <c r="D681" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E679" s="24" t="s">
+      <c r="E681" s="24" t="s">
         <v>8</v>
       </c>
-    </row>
-[...28 lines deleted...]
-      <c r="E681" s="3"/>
     </row>
     <row r="682" spans="1:5">
       <c r="A682" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="B682" s="3" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="C682" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D682" s="9">
-        <v>90000.0</v>
+        <v>64000.0</v>
       </c>
       <c r="E682" s="3"/>
     </row>
     <row r="683" spans="1:5">
       <c r="A683" s="2" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="B683" s="3" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="C683" s="6" t="s">
-        <v>631</v>
+        <v>189</v>
       </c>
       <c r="D683" s="9">
-        <v>90000.0</v>
+        <v>64000.0</v>
       </c>
       <c r="E683" s="3"/>
     </row>
     <row r="684" spans="1:5">
       <c r="A684" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="B684" s="3" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="C684" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D684" s="9">
-        <v>10000.0</v>
+        <v>64000.0</v>
       </c>
       <c r="E684" s="3"/>
     </row>
     <row r="685" spans="1:5">
       <c r="A685" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="B685" s="3" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="C685" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D685" s="9">
-        <v>263200.0</v>
+        <v>64000.0</v>
       </c>
       <c r="E685" s="3"/>
     </row>
     <row r="686" spans="1:5">
       <c r="A686" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="B686" s="3" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="C686" s="6" t="s">
-        <v>194</v>
+        <v>705</v>
       </c>
       <c r="D686" s="9">
-        <v>400000.0</v>
+        <v>30000.0</v>
       </c>
       <c r="E686" s="3"/>
     </row>
     <row r="687" spans="1:5">
-      <c r="A687" s="19" t="s">
-[...5 lines deleted...]
-      <c r="E687" s="20"/>
+      <c r="A687" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B687" s="3" t="s">
+        <v>706</v>
+      </c>
+      <c r="C687" s="6" t="s">
+        <v>705</v>
+      </c>
+      <c r="D687" s="9">
+        <v>40000.0</v>
+      </c>
+      <c r="E687" s="3"/>
     </row>
     <row r="688" spans="1:5">
-      <c r="A688" s="23" t="s">
+      <c r="A688" s="19" t="s">
+        <v>707</v>
+      </c>
+      <c r="B688" s="20"/>
+      <c r="C688" s="21"/>
+      <c r="D688" s="22"/>
+      <c r="E688" s="20"/>
+    </row>
+    <row r="689" spans="1:5">
+      <c r="A689" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B688" s="24" t="s">
+      <c r="B689" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C688" s="25" t="s">
+      <c r="C689" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D688" s="26" t="s">
+      <c r="D689" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E688" s="24" t="s">
+      <c r="E689" s="24" t="s">
         <v>8</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E689" s="3"/>
     </row>
     <row r="690" spans="1:5">
       <c r="A690" s="2" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="B690" s="3" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="C690" s="6" t="s">
-        <v>194</v>
+        <v>235</v>
       </c>
       <c r="D690" s="9">
-        <v>50000.0</v>
+        <v>120000.0</v>
       </c>
       <c r="E690" s="3"/>
     </row>
     <row r="691" spans="1:5">
       <c r="A691" s="2" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B691" s="3" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="C691" s="6" t="s">
-        <v>631</v>
+        <v>641</v>
       </c>
       <c r="D691" s="9">
-        <v>50000.0</v>
+        <v>68000.0</v>
       </c>
       <c r="E691" s="3"/>
     </row>
     <row r="692" spans="1:5">
       <c r="A692" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="B692" s="3" t="s">
+        <v>710</v>
+      </c>
+      <c r="C692" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D692" s="9">
+        <v>90000.0</v>
+      </c>
+      <c r="E692" s="3"/>
+    </row>
+    <row r="693" spans="1:5">
+      <c r="A693" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="B692" s="3" t="s">
-[...17 lines deleted...]
-      <c r="E693" s="20"/>
+      <c r="B693" s="3" t="s">
+        <v>711</v>
+      </c>
+      <c r="C693" s="6" t="s">
+        <v>641</v>
+      </c>
+      <c r="D693" s="9">
+        <v>90000.0</v>
+      </c>
+      <c r="E693" s="3"/>
     </row>
     <row r="694" spans="1:5">
-      <c r="A694" s="23" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="A694" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B694" s="3" t="s">
+        <v>712</v>
+      </c>
+      <c r="C694" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D694" s="9">
+        <v>10000.0</v>
+      </c>
+      <c r="E694" s="3"/>
     </row>
     <row r="695" spans="1:5">
       <c r="A695" s="2" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="B695" s="3" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="C695" s="6" t="s">
-        <v>631</v>
+        <v>189</v>
       </c>
       <c r="D695" s="9">
-        <v>70000.0</v>
+        <v>263200.0</v>
       </c>
       <c r="E695" s="3"/>
     </row>
     <row r="696" spans="1:5">
       <c r="A696" s="2" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="B696" s="3" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="C696" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D696" s="9">
-        <v>30000.0</v>
+        <v>370000.0</v>
       </c>
       <c r="E696" s="3"/>
     </row>
     <row r="697" spans="1:5">
-      <c r="A697" s="2" t="s">
-[...11 lines deleted...]
-      <c r="E697" s="3"/>
+      <c r="A697" s="19" t="s">
+        <v>715</v>
+      </c>
+      <c r="B697" s="20"/>
+      <c r="C697" s="21"/>
+      <c r="D697" s="22"/>
+      <c r="E697" s="20"/>
     </row>
     <row r="698" spans="1:5">
-      <c r="A698" s="2" t="s">
-[...11 lines deleted...]
-      <c r="E698" s="3"/>
+      <c r="A698" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B698" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C698" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D698" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E698" s="24" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="699" spans="1:5">
       <c r="A699" s="2" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="B699" s="3" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="C699" s="6" t="s">
-        <v>631</v>
+        <v>189</v>
       </c>
       <c r="D699" s="9">
-        <v>30000.0</v>
+        <v>75000.0</v>
       </c>
       <c r="E699" s="3"/>
     </row>
     <row r="700" spans="1:5">
       <c r="A700" s="2" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="B700" s="3" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="C700" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D700" s="9">
-        <v>120000.0</v>
+        <v>50000.0</v>
       </c>
       <c r="E700" s="3"/>
     </row>
     <row r="701" spans="1:5">
-      <c r="A701" s="19" t="s">
-[...5 lines deleted...]
-      <c r="E701" s="20"/>
+      <c r="A701" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="B701" s="3" t="s">
+        <v>718</v>
+      </c>
+      <c r="C701" s="6" t="s">
+        <v>641</v>
+      </c>
+      <c r="D701" s="9">
+        <v>50000.0</v>
+      </c>
+      <c r="E701" s="3"/>
     </row>
     <row r="702" spans="1:5">
-      <c r="A702" s="23" t="s">
+      <c r="A702" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B702" s="3" t="s">
+        <v>719</v>
+      </c>
+      <c r="C702" s="6" t="s">
+        <v>641</v>
+      </c>
+      <c r="D702" s="9">
+        <v>50000.0</v>
+      </c>
+      <c r="E702" s="3"/>
+    </row>
+    <row r="703" spans="1:5">
+      <c r="A703" s="19" t="s">
+        <v>720</v>
+      </c>
+      <c r="B703" s="20"/>
+      <c r="C703" s="21"/>
+      <c r="D703" s="22"/>
+      <c r="E703" s="20"/>
+    </row>
+    <row r="704" spans="1:5">
+      <c r="A704" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B702" s="24" t="s">
+      <c r="B704" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C702" s="25" t="s">
+      <c r="C704" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D702" s="26" t="s">
+      <c r="D704" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E702" s="24" t="s">
+      <c r="E704" s="24" t="s">
         <v>8</v>
       </c>
-    </row>
-[...28 lines deleted...]
-      <c r="E704" s="3"/>
     </row>
     <row r="705" spans="1:5">
       <c r="A705" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="B705" s="3" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="C705" s="6" t="s">
-        <v>694</v>
+        <v>641</v>
       </c>
       <c r="D705" s="9">
-        <v>15000.0</v>
+        <v>70000.0</v>
       </c>
       <c r="E705" s="3"/>
     </row>
     <row r="706" spans="1:5">
       <c r="A706" s="2" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="B706" s="3" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="C706" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D706" s="9">
-        <v>54000.0</v>
+        <v>30000.0</v>
       </c>
       <c r="E706" s="3"/>
     </row>
     <row r="707" spans="1:5">
       <c r="A707" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="B707" s="3" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="C707" s="6" t="s">
-        <v>631</v>
+        <v>641</v>
       </c>
       <c r="D707" s="9">
-        <v>54000.0</v>
+        <v>35000.0</v>
       </c>
       <c r="E707" s="3"/>
     </row>
     <row r="708" spans="1:5">
       <c r="A708" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="B708" s="3" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="C708" s="6" t="s">
-        <v>694</v>
+        <v>641</v>
       </c>
       <c r="D708" s="9">
-        <v>15000.0</v>
+        <v>10000.0</v>
       </c>
       <c r="E708" s="3"/>
     </row>
     <row r="709" spans="1:5">
       <c r="A709" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="B709" s="3" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="C709" s="6" t="s">
-        <v>694</v>
+        <v>641</v>
       </c>
       <c r="D709" s="9">
-        <v>54000.0</v>
+        <v>30000.0</v>
       </c>
       <c r="E709" s="3"/>
     </row>
     <row r="710" spans="1:5">
       <c r="A710" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B710" s="3" t="s">
+        <v>726</v>
+      </c>
+      <c r="C710" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D710" s="9">
+        <v>120000.0</v>
+      </c>
+      <c r="E710" s="3"/>
+    </row>
+    <row r="711" spans="1:5">
+      <c r="A711" s="19" t="s">
+        <v>727</v>
+      </c>
+      <c r="B711" s="20"/>
+      <c r="C711" s="21"/>
+      <c r="D711" s="22"/>
+      <c r="E711" s="20"/>
+    </row>
+    <row r="712" spans="1:5">
+      <c r="A712" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B712" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C712" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D712" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E712" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="713" spans="1:5">
+      <c r="A713" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B713" s="3" t="s">
+        <v>728</v>
+      </c>
+      <c r="C713" s="6" t="s">
+        <v>641</v>
+      </c>
+      <c r="D713" s="9">
+        <v>54000.0</v>
+      </c>
+      <c r="E713" s="3"/>
+    </row>
+    <row r="714" spans="1:5">
+      <c r="A714" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B714" s="3" t="s">
+        <v>729</v>
+      </c>
+      <c r="C714" s="6" t="s">
+        <v>641</v>
+      </c>
+      <c r="D714" s="9">
+        <v>54000.0</v>
+      </c>
+      <c r="E714" s="3"/>
+    </row>
+    <row r="715" spans="1:5">
+      <c r="A715" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="B715" s="3" t="s">
+        <v>730</v>
+      </c>
+      <c r="C715" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D715" s="9">
+        <v>20000.0</v>
+      </c>
+      <c r="E715" s="3"/>
+    </row>
+    <row r="716" spans="1:5">
+      <c r="A716" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B716" s="3" t="s">
+        <v>731</v>
+      </c>
+      <c r="C716" s="6" t="s">
+        <v>705</v>
+      </c>
+      <c r="D716" s="9">
+        <v>15000.0</v>
+      </c>
+      <c r="E716" s="3"/>
+    </row>
+    <row r="717" spans="1:5">
+      <c r="A717" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B717" s="3" t="s">
+        <v>732</v>
+      </c>
+      <c r="C717" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D717" s="9">
+        <v>54000.0</v>
+      </c>
+      <c r="E717" s="3"/>
+    </row>
+    <row r="718" spans="1:5">
+      <c r="A718" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B718" s="3" t="s">
+        <v>733</v>
+      </c>
+      <c r="C718" s="6" t="s">
+        <v>641</v>
+      </c>
+      <c r="D718" s="9">
+        <v>54000.0</v>
+      </c>
+      <c r="E718" s="3"/>
+    </row>
+    <row r="719" spans="1:5">
+      <c r="A719" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B719" s="3" t="s">
+        <v>734</v>
+      </c>
+      <c r="C719" s="6" t="s">
+        <v>705</v>
+      </c>
+      <c r="D719" s="9">
+        <v>15000.0</v>
+      </c>
+      <c r="E719" s="3"/>
+    </row>
+    <row r="720" spans="1:5">
+      <c r="A720" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="B710" s="3" t="s">
-[...5 lines deleted...]
-      <c r="D710" s="9">
+      <c r="B720" s="3" t="s">
+        <v>735</v>
+      </c>
+      <c r="C720" s="6" t="s">
+        <v>705</v>
+      </c>
+      <c r="D720" s="9">
+        <v>54000.0</v>
+      </c>
+      <c r="E720" s="3"/>
+    </row>
+    <row r="721" spans="1:5">
+      <c r="A721" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="B721" s="3" t="s">
+        <v>736</v>
+      </c>
+      <c r="C721" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D721" s="9">
         <v>71000.0</v>
       </c>
-      <c r="E710" s="3"/>
-[...17 lines deleted...]
-      <c r="A712" s="2">
+      <c r="E721" s="3"/>
+    </row>
+    <row r="722" spans="1:5">
+      <c r="A722" s="2">
         <v>10</v>
       </c>
-      <c r="B712" s="3" t="s">
-[...11 lines deleted...]
-      <c r="A713" s="2">
+      <c r="B722" s="3" t="s">
+        <v>737</v>
+      </c>
+      <c r="C722" s="6" t="s">
+        <v>641</v>
+      </c>
+      <c r="D722" s="9">
+        <v>90000.0</v>
+      </c>
+      <c r="E722" s="3"/>
+    </row>
+    <row r="723" spans="1:5">
+      <c r="A723" s="2">
         <v>11</v>
       </c>
-      <c r="B713" s="3" t="s">
-[...5 lines deleted...]
-      <c r="D713" s="9">
+      <c r="B723" s="3" t="s">
+        <v>738</v>
+      </c>
+      <c r="C723" s="6" t="s">
+        <v>641</v>
+      </c>
+      <c r="D723" s="9">
+        <v>88000.0</v>
+      </c>
+      <c r="E723" s="3"/>
+    </row>
+    <row r="724" spans="1:5">
+      <c r="A724" s="2">
+        <v>12</v>
+      </c>
+      <c r="B724" s="3" t="s">
+        <v>739</v>
+      </c>
+      <c r="C724" s="6" t="s">
+        <v>641</v>
+      </c>
+      <c r="D724" s="9">
+        <v>44000.0</v>
+      </c>
+      <c r="E724" s="3"/>
+    </row>
+    <row r="725" spans="1:5">
+      <c r="A725" s="2">
+        <v>13</v>
+      </c>
+      <c r="B725" s="3" t="s">
+        <v>740</v>
+      </c>
+      <c r="C725" s="6" t="s">
+        <v>641</v>
+      </c>
+      <c r="D725" s="9">
         <v>35000.0</v>
       </c>
-      <c r="E713" s="3"/>
-[...11 lines deleted...]
-      <c r="D714" s="9">
+      <c r="E725" s="3"/>
+    </row>
+    <row r="726" spans="1:5">
+      <c r="A726" s="2">
+        <v>14</v>
+      </c>
+      <c r="B726" s="3" t="s">
+        <v>741</v>
+      </c>
+      <c r="C726" s="6" t="s">
+        <v>641</v>
+      </c>
+      <c r="D726" s="9">
         <v>68000.0</v>
       </c>
-      <c r="E714" s="3"/>
-[...11 lines deleted...]
-      <c r="D715" s="9">
+      <c r="E726" s="3"/>
+    </row>
+    <row r="727" spans="1:5">
+      <c r="A727" s="2">
+        <v>15</v>
+      </c>
+      <c r="B727" s="3" t="s">
+        <v>742</v>
+      </c>
+      <c r="C727" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D727" s="9">
         <v>25000.0</v>
       </c>
-      <c r="E715" s="3"/>
-[...32 lines deleted...]
-      <c r="A718" s="2">
+      <c r="E727" s="3"/>
+    </row>
+    <row r="728" spans="1:5">
+      <c r="A728" s="2">
         <v>16</v>
       </c>
-      <c r="B718" s="3" t="s">
-[...144 lines deleted...]
-      </c>
       <c r="B728" s="3" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="C728" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D728" s="9">
         <v>65000.0</v>
       </c>
       <c r="E728" s="3"/>
     </row>
     <row r="729" spans="1:5">
-      <c r="A729" s="19" t="s">
-[...5 lines deleted...]
-      <c r="E729" s="20"/>
+      <c r="A729" s="2">
+        <v>17</v>
+      </c>
+      <c r="B729" s="3" t="s">
+        <v>744</v>
+      </c>
+      <c r="C729" s="6" t="s">
+        <v>641</v>
+      </c>
+      <c r="D729" s="9">
+        <v>7000.0</v>
+      </c>
+      <c r="E729" s="3"/>
     </row>
     <row r="730" spans="1:5">
-      <c r="A730" s="23" t="s">
+      <c r="A730" s="2">
+        <v>18</v>
+      </c>
+      <c r="B730" s="3" t="s">
+        <v>745</v>
+      </c>
+      <c r="C730" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D730" s="9">
+        <v>120000.0</v>
+      </c>
+      <c r="E730" s="3"/>
+    </row>
+    <row r="731" spans="1:5">
+      <c r="A731" s="2">
+        <v>19</v>
+      </c>
+      <c r="B731" s="3" t="s">
+        <v>746</v>
+      </c>
+      <c r="C731" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D731" s="9">
+        <v>75000.0</v>
+      </c>
+      <c r="E731" s="3"/>
+    </row>
+    <row r="732" spans="1:5">
+      <c r="A732" s="2">
+        <v>20</v>
+      </c>
+      <c r="B732" s="3" t="s">
+        <v>747</v>
+      </c>
+      <c r="C732" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D732" s="9">
+        <v>50000.0</v>
+      </c>
+      <c r="E732" s="3"/>
+    </row>
+    <row r="733" spans="1:5">
+      <c r="A733" s="2">
+        <v>21</v>
+      </c>
+      <c r="B733" s="3" t="s">
+        <v>748</v>
+      </c>
+      <c r="C733" s="6" t="s">
+        <v>641</v>
+      </c>
+      <c r="D733" s="9">
+        <v>60000.0</v>
+      </c>
+      <c r="E733" s="3"/>
+    </row>
+    <row r="734" spans="1:5">
+      <c r="A734" s="2">
+        <v>22</v>
+      </c>
+      <c r="B734" s="3" t="s">
+        <v>749</v>
+      </c>
+      <c r="C734" s="6" t="s">
+        <v>641</v>
+      </c>
+      <c r="D734" s="9">
+        <v>30000.0</v>
+      </c>
+      <c r="E734" s="3"/>
+    </row>
+    <row r="735" spans="1:5">
+      <c r="A735" s="19" t="s">
+        <v>750</v>
+      </c>
+      <c r="B735" s="20"/>
+      <c r="C735" s="21"/>
+      <c r="D735" s="22"/>
+      <c r="E735" s="20"/>
+    </row>
+    <row r="736" spans="1:5">
+      <c r="A736" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B730" s="24" t="s">
+      <c r="B736" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C730" s="25" t="s">
+      <c r="C736" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D730" s="26" t="s">
+      <c r="D736" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E730" s="24" t="s">
+      <c r="E736" s="24" t="s">
         <v>8</v>
       </c>
-    </row>
-[...88 lines deleted...]
-      <c r="E736" s="3"/>
     </row>
     <row r="737" spans="1:5">
       <c r="A737" s="2" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="B737" s="3" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="C737" s="6" t="s">
-        <v>631</v>
+        <v>189</v>
       </c>
       <c r="D737" s="9">
-        <v>80000.0</v>
+        <v>30000.0</v>
       </c>
       <c r="E737" s="3"/>
     </row>
     <row r="738" spans="1:5">
-      <c r="A738" s="15" t="s">
-[...7 lines deleted...]
-      <c r="E738" s="16"/>
+      <c r="A738" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B738" s="3" t="s">
+        <v>752</v>
+      </c>
+      <c r="C738" s="6" t="s">
+        <v>705</v>
+      </c>
+      <c r="D738" s="9">
+        <v>86000.0</v>
+      </c>
+      <c r="E738" s="3"/>
     </row>
     <row r="739" spans="1:5">
-      <c r="A739" s="19" t="s">
-[...5 lines deleted...]
-      <c r="E739" s="20"/>
+      <c r="A739" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="B739" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="C739" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D739" s="9">
+        <v>150000.0</v>
+      </c>
+      <c r="E739" s="3"/>
     </row>
     <row r="740" spans="1:5">
-      <c r="A740" s="23" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="A740" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B740" s="3" t="s">
+        <v>754</v>
+      </c>
+      <c r="C740" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D740" s="9">
+        <v>130000.0</v>
+      </c>
+      <c r="E740" s="3"/>
     </row>
     <row r="741" spans="1:5">
       <c r="A741" s="2" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="B741" s="3" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="C741" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D741" s="9">
-        <v>350000.0</v>
+        <v>65000.0</v>
       </c>
       <c r="E741" s="3"/>
     </row>
     <row r="742" spans="1:5">
-      <c r="A742" s="2" t="s">
-[...11 lines deleted...]
-      <c r="E742" s="3"/>
+      <c r="A742" s="19" t="s">
+        <v>756</v>
+      </c>
+      <c r="B742" s="20"/>
+      <c r="C742" s="21"/>
+      <c r="D742" s="22"/>
+      <c r="E742" s="20"/>
     </row>
     <row r="743" spans="1:5">
-      <c r="A743" s="2" t="s">
-[...11 lines deleted...]
-      <c r="E743" s="3"/>
+      <c r="A743" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B743" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C743" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D743" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E743" s="24" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="744" spans="1:5">
       <c r="A744" s="2" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="B744" s="3" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="C744" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D744" s="9">
-        <v>250000.0</v>
+        <v>93000.0</v>
       </c>
       <c r="E744" s="3"/>
     </row>
     <row r="745" spans="1:5">
       <c r="A745" s="2" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="B745" s="3" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="C745" s="6" t="s">
-        <v>194</v>
+        <v>641</v>
       </c>
       <c r="D745" s="9">
         <v>100000.0</v>
       </c>
       <c r="E745" s="3"/>
     </row>
     <row r="746" spans="1:5">
       <c r="A746" s="2" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="B746" s="3" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="C746" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D746" s="9">
-        <v>400000.0</v>
+        <v>65000.0</v>
       </c>
       <c r="E746" s="3"/>
     </row>
     <row r="747" spans="1:5">
       <c r="A747" s="2" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="B747" s="3" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="C747" s="6" t="s">
-        <v>194</v>
+        <v>705</v>
       </c>
       <c r="D747" s="9">
-        <v>650000.0</v>
+        <v>50000.0</v>
       </c>
       <c r="E747" s="3"/>
     </row>
     <row r="748" spans="1:5">
       <c r="A748" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="B748" s="3" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="C748" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D748" s="9">
-        <v>150000.0</v>
+        <v>200000.0</v>
       </c>
       <c r="E748" s="3"/>
     </row>
     <row r="749" spans="1:5">
-      <c r="A749" s="19" t="s">
-[...5 lines deleted...]
-      <c r="E749" s="20"/>
+      <c r="A749" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B749" s="3" t="s">
+        <v>762</v>
+      </c>
+      <c r="C749" s="6" t="s">
+        <v>641</v>
+      </c>
+      <c r="D749" s="9">
+        <v>180000.0</v>
+      </c>
+      <c r="E749" s="3"/>
     </row>
     <row r="750" spans="1:5">
-      <c r="A750" s="23" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="A750" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B750" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="C750" s="6" t="s">
+        <v>641</v>
+      </c>
+      <c r="D750" s="9">
+        <v>80000.0</v>
+      </c>
+      <c r="E750" s="3"/>
     </row>
     <row r="751" spans="1:5">
       <c r="A751" s="2" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="B751" s="3" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="C751" s="6" t="s">
-        <v>194</v>
+        <v>641</v>
       </c>
       <c r="D751" s="9">
-        <v>375000.0</v>
+        <v>62500.0</v>
       </c>
       <c r="E751" s="3"/>
     </row>
     <row r="752" spans="1:5">
-      <c r="A752" s="2" t="s">
-[...11 lines deleted...]
-      <c r="E752" s="3"/>
+      <c r="A752" s="15" t="s">
+        <v>765</v>
+      </c>
+      <c r="B752" s="16" t="s">
+        <v>766</v>
+      </c>
+      <c r="C752" s="17"/>
+      <c r="D752" s="18"/>
+      <c r="E752" s="16"/>
     </row>
     <row r="753" spans="1:5">
-      <c r="A753" s="2" t="s">
-[...11 lines deleted...]
-      <c r="E753" s="3"/>
+      <c r="A753" s="19" t="s">
+        <v>767</v>
+      </c>
+      <c r="B753" s="20"/>
+      <c r="C753" s="21"/>
+      <c r="D753" s="22"/>
+      <c r="E753" s="20"/>
     </row>
     <row r="754" spans="1:5">
-      <c r="A754" s="2" t="s">
-[...11 lines deleted...]
-      <c r="E754" s="3"/>
+      <c r="A754" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B754" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C754" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D754" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E754" s="24" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="755" spans="1:5">
       <c r="A755" s="2" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="B755" s="3" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="C755" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D755" s="9">
-        <v>290000.0</v>
+        <v>350000.0</v>
       </c>
       <c r="E755" s="3"/>
     </row>
     <row r="756" spans="1:5">
       <c r="A756" s="2" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="B756" s="3" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="C756" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D756" s="9">
-        <v>600000.0</v>
+        <v>150000.0</v>
       </c>
       <c r="E756" s="3"/>
     </row>
     <row r="757" spans="1:5">
       <c r="A757" s="2" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="B757" s="3" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="C757" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D757" s="9">
-        <v>390000.0</v>
+        <v>350000.0</v>
       </c>
       <c r="E757" s="3"/>
     </row>
     <row r="758" spans="1:5">
       <c r="A758" s="2" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="B758" s="3" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="C758" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D758" s="9">
-        <v>390000.0</v>
+        <v>250000.0</v>
       </c>
       <c r="E758" s="3"/>
     </row>
     <row r="759" spans="1:5">
       <c r="A759" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B759" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="C759" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D759" s="9">
+        <v>100000.0</v>
+      </c>
+      <c r="E759" s="3"/>
+    </row>
+    <row r="760" spans="1:5">
+      <c r="A760" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B760" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="C760" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D760" s="9">
+        <v>400000.0</v>
+      </c>
+      <c r="E760" s="3"/>
+    </row>
+    <row r="761" spans="1:5">
+      <c r="A761" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B761" s="3" t="s">
+        <v>774</v>
+      </c>
+      <c r="C761" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D761" s="9">
+        <v>650000.0</v>
+      </c>
+      <c r="E761" s="3"/>
+    </row>
+    <row r="762" spans="1:5">
+      <c r="A762" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B762" s="3" t="s">
+        <v>775</v>
+      </c>
+      <c r="C762" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D762" s="9">
+        <v>150000.0</v>
+      </c>
+      <c r="E762" s="3"/>
+    </row>
+    <row r="763" spans="1:5">
+      <c r="A763" s="19" t="s">
+        <v>776</v>
+      </c>
+      <c r="B763" s="20"/>
+      <c r="C763" s="21"/>
+      <c r="D763" s="22"/>
+      <c r="E763" s="20"/>
+    </row>
+    <row r="764" spans="1:5">
+      <c r="A764" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B764" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C764" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D764" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E764" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="765" spans="1:5">
+      <c r="A765" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B765" s="3" t="s">
+        <v>777</v>
+      </c>
+      <c r="C765" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D765" s="9">
+        <v>375000.0</v>
+      </c>
+      <c r="E765" s="3"/>
+    </row>
+    <row r="766" spans="1:5">
+      <c r="A766" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B766" s="3" t="s">
+        <v>778</v>
+      </c>
+      <c r="C766" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D766" s="9">
+        <v>100000.0</v>
+      </c>
+      <c r="E766" s="3"/>
+    </row>
+    <row r="767" spans="1:5">
+      <c r="A767" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="B767" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="C767" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D767" s="9">
+        <v>1300000.0</v>
+      </c>
+      <c r="E767" s="3"/>
+    </row>
+    <row r="768" spans="1:5">
+      <c r="A768" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B768" s="3" t="s">
+        <v>780</v>
+      </c>
+      <c r="C768" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D768" s="9">
+        <v>1500000.0</v>
+      </c>
+      <c r="E768" s="3"/>
+    </row>
+    <row r="769" spans="1:5">
+      <c r="A769" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B769" s="3" t="s">
+        <v>781</v>
+      </c>
+      <c r="C769" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D769" s="9">
+        <v>290000.0</v>
+      </c>
+      <c r="E769" s="3"/>
+    </row>
+    <row r="770" spans="1:5">
+      <c r="A770" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B770" s="3" t="s">
+        <v>782</v>
+      </c>
+      <c r="C770" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D770" s="9">
+        <v>600000.0</v>
+      </c>
+      <c r="E770" s="3"/>
+    </row>
+    <row r="771" spans="1:5">
+      <c r="A771" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B771" s="3" t="s">
+        <v>783</v>
+      </c>
+      <c r="C771" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D771" s="9">
+        <v>390000.0</v>
+      </c>
+      <c r="E771" s="3"/>
+    </row>
+    <row r="772" spans="1:5">
+      <c r="A772" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B772" s="3" t="s">
+        <v>784</v>
+      </c>
+      <c r="C772" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D772" s="9">
+        <v>390000.0</v>
+      </c>
+      <c r="E772" s="3"/>
+    </row>
+    <row r="773" spans="1:5">
+      <c r="A773" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="B759" s="3" t="s">
-[...5 lines deleted...]
-      <c r="D759" s="9">
+      <c r="B773" s="3" t="s">
+        <v>785</v>
+      </c>
+      <c r="C773" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D773" s="9">
         <v>320000.0</v>
-      </c>
-[...208 lines deleted...]
-        <v>350000.0</v>
       </c>
       <c r="E773" s="3"/>
     </row>
     <row r="774" spans="1:5">
       <c r="A774" s="2">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="B774" s="3" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="C774" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D774" s="9">
-        <v>800000.0</v>
+        <v>1400000.0</v>
       </c>
       <c r="E774" s="3"/>
     </row>
     <row r="775" spans="1:5">
       <c r="A775" s="2">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="B775" s="3" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="C775" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D775" s="9">
-        <v>490000.0</v>
+        <v>870000.0</v>
       </c>
       <c r="E775" s="3"/>
     </row>
     <row r="776" spans="1:5">
       <c r="A776" s="2">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="B776" s="3" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="C776" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D776" s="9">
-        <v>200000.0</v>
+        <v>700000.0</v>
       </c>
       <c r="E776" s="3"/>
     </row>
     <row r="777" spans="1:5">
       <c r="A777" s="2">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="B777" s="3" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="C777" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D777" s="9">
-        <v>350000.0</v>
+        <v>850000.0</v>
       </c>
       <c r="E777" s="3"/>
     </row>
     <row r="778" spans="1:5">
       <c r="A778" s="2">
-        <v>28</v>
+        <v>14</v>
       </c>
       <c r="B778" s="3" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="C778" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D778" s="9">
-        <v>500000.0</v>
+        <v>930000.0</v>
       </c>
       <c r="E778" s="3"/>
     </row>
     <row r="779" spans="1:5">
       <c r="A779" s="2">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="B779" s="3" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="C779" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D779" s="9">
-        <v>600000.0</v>
+        <v>400000.0</v>
       </c>
       <c r="E779" s="3"/>
     </row>
     <row r="780" spans="1:5">
       <c r="A780" s="2">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="B780" s="3" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="C780" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D780" s="9">
-        <v>300000.0</v>
+        <v>350000.0</v>
       </c>
       <c r="E780" s="3"/>
     </row>
     <row r="781" spans="1:5">
       <c r="A781" s="2">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="B781" s="3" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="C781" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D781" s="9">
-        <v>350000.0</v>
+        <v>405000.0</v>
       </c>
       <c r="E781" s="3"/>
     </row>
     <row r="782" spans="1:5">
       <c r="A782" s="2">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="B782" s="3" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="C782" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D782" s="9">
-        <v>350000.0</v>
+        <v>150000.0</v>
       </c>
       <c r="E782" s="3"/>
     </row>
     <row r="783" spans="1:5">
       <c r="A783" s="2">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="B783" s="3" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="C783" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D783" s="9">
-        <v>800000.0</v>
+        <v>150000.0</v>
       </c>
       <c r="E783" s="3"/>
     </row>
     <row r="784" spans="1:5">
       <c r="A784" s="2">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="B784" s="3" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="C784" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D784" s="9">
-        <v>1500000.0</v>
+        <v>650000.0</v>
       </c>
       <c r="E784" s="3"/>
     </row>
     <row r="785" spans="1:5">
       <c r="A785" s="2">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="B785" s="3" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="C785" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D785" s="9">
-        <v>600000.0</v>
+        <v>650000.0</v>
       </c>
       <c r="E785" s="3"/>
     </row>
     <row r="786" spans="1:5">
       <c r="A786" s="2">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="B786" s="3" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="C786" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D786" s="9">
-        <v>900000.0</v>
+        <v>1500000.0</v>
       </c>
       <c r="E786" s="3"/>
     </row>
     <row r="787" spans="1:5">
       <c r="A787" s="2">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="B787" s="3" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="C787" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D787" s="9">
-        <v>1000000.0</v>
+        <v>350000.0</v>
       </c>
       <c r="E787" s="3"/>
     </row>
     <row r="788" spans="1:5">
       <c r="A788" s="2">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="B788" s="3" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="C788" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D788" s="9">
-        <v>820000.0</v>
+        <v>800000.0</v>
       </c>
       <c r="E788" s="3"/>
     </row>
     <row r="789" spans="1:5">
       <c r="A789" s="2">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="B789" s="3" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="C789" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D789" s="9">
-        <v>800000.0</v>
+        <v>490000.0</v>
       </c>
       <c r="E789" s="3"/>
     </row>
     <row r="790" spans="1:5">
       <c r="A790" s="2">
-        <v>40</v>
+        <v>26</v>
       </c>
       <c r="B790" s="3" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="C790" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D790" s="9">
-        <v>1000000.0</v>
+        <v>200000.0</v>
       </c>
       <c r="E790" s="3"/>
     </row>
     <row r="791" spans="1:5">
       <c r="A791" s="2">
-        <v>41</v>
+        <v>27</v>
       </c>
       <c r="B791" s="3" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="C791" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D791" s="9">
-        <v>150000.0</v>
+        <v>350000.0</v>
       </c>
       <c r="E791" s="3"/>
     </row>
     <row r="792" spans="1:5">
       <c r="A792" s="2">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="B792" s="3" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="C792" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D792" s="9">
-        <v>580000.0</v>
+        <v>500000.0</v>
       </c>
       <c r="E792" s="3"/>
     </row>
     <row r="793" spans="1:5">
       <c r="A793" s="2">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="B793" s="3" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="C793" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D793" s="9">
-        <v>500000.0</v>
+        <v>600000.0</v>
       </c>
       <c r="E793" s="3"/>
     </row>
     <row r="794" spans="1:5">
       <c r="A794" s="2">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="B794" s="3" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="C794" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D794" s="9">
-        <v>800000.0</v>
+        <v>300000.0</v>
       </c>
       <c r="E794" s="3"/>
     </row>
     <row r="795" spans="1:5">
       <c r="A795" s="2">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="B795" s="3" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="C795" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D795" s="9">
-        <v>400000.0</v>
+        <v>350000.0</v>
       </c>
       <c r="E795" s="3"/>
     </row>
     <row r="796" spans="1:5">
       <c r="A796" s="2">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="B796" s="3" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="C796" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D796" s="9">
-        <v>200000.0</v>
+        <v>350000.0</v>
       </c>
       <c r="E796" s="3"/>
     </row>
     <row r="797" spans="1:5">
       <c r="A797" s="2">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="B797" s="3" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="C797" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D797" s="9">
-        <v>100000.0</v>
+        <v>800000.0</v>
       </c>
       <c r="E797" s="3"/>
     </row>
     <row r="798" spans="1:5">
       <c r="A798" s="2">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="B798" s="3" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="C798" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D798" s="9">
-        <v>50000.0</v>
+        <v>1500000.0</v>
       </c>
       <c r="E798" s="3"/>
     </row>
     <row r="799" spans="1:5">
       <c r="A799" s="2">
-        <v>49</v>
+        <v>35</v>
       </c>
       <c r="B799" s="3" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="C799" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D799" s="9">
-        <v>100000.0</v>
+        <v>600000.0</v>
       </c>
       <c r="E799" s="3"/>
     </row>
     <row r="800" spans="1:5">
       <c r="A800" s="2">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="B800" s="3" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="C800" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D800" s="9">
-        <v>90000.0</v>
+        <v>900000.0</v>
       </c>
       <c r="E800" s="3"/>
     </row>
     <row r="801" spans="1:5">
-      <c r="A801" s="19" t="s">
-[...5 lines deleted...]
-      <c r="E801" s="20"/>
+      <c r="A801" s="2">
+        <v>37</v>
+      </c>
+      <c r="B801" s="3" t="s">
+        <v>813</v>
+      </c>
+      <c r="C801" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D801" s="9">
+        <v>1000000.0</v>
+      </c>
+      <c r="E801" s="3"/>
     </row>
     <row r="802" spans="1:5">
-      <c r="A802" s="23" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="A802" s="2">
+        <v>38</v>
+      </c>
+      <c r="B802" s="3" t="s">
+        <v>814</v>
+      </c>
+      <c r="C802" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D802" s="9">
+        <v>820000.0</v>
+      </c>
+      <c r="E802" s="3"/>
     </row>
     <row r="803" spans="1:5">
-      <c r="A803" s="2" t="s">
-        <v>9</v>
+      <c r="A803" s="2">
+        <v>39</v>
       </c>
       <c r="B803" s="3" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="C803" s="6" t="s">
-        <v>313</v>
+        <v>189</v>
       </c>
       <c r="D803" s="9">
+        <v>800000.0</v>
+      </c>
+      <c r="E803" s="3"/>
+    </row>
+    <row r="804" spans="1:5">
+      <c r="A804" s="2">
+        <v>40</v>
+      </c>
+      <c r="B804" s="3" t="s">
+        <v>816</v>
+      </c>
+      <c r="C804" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D804" s="9">
+        <v>1000000.0</v>
+      </c>
+      <c r="E804" s="3"/>
+    </row>
+    <row r="805" spans="1:5">
+      <c r="A805" s="2">
+        <v>41</v>
+      </c>
+      <c r="B805" s="3" t="s">
+        <v>817</v>
+      </c>
+      <c r="C805" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D805" s="9">
+        <v>150000.0</v>
+      </c>
+      <c r="E805" s="3"/>
+    </row>
+    <row r="806" spans="1:5">
+      <c r="A806" s="2">
+        <v>42</v>
+      </c>
+      <c r="B806" s="3" t="s">
+        <v>818</v>
+      </c>
+      <c r="C806" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D806" s="9">
+        <v>580000.0</v>
+      </c>
+      <c r="E806" s="3"/>
+    </row>
+    <row r="807" spans="1:5">
+      <c r="A807" s="2">
+        <v>43</v>
+      </c>
+      <c r="B807" s="3" t="s">
+        <v>819</v>
+      </c>
+      <c r="C807" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D807" s="9">
+        <v>500000.0</v>
+      </c>
+      <c r="E807" s="3"/>
+    </row>
+    <row r="808" spans="1:5">
+      <c r="A808" s="2">
+        <v>44</v>
+      </c>
+      <c r="B808" s="3" t="s">
+        <v>820</v>
+      </c>
+      <c r="C808" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D808" s="9">
+        <v>800000.0</v>
+      </c>
+      <c r="E808" s="3"/>
+    </row>
+    <row r="809" spans="1:5">
+      <c r="A809" s="2">
+        <v>45</v>
+      </c>
+      <c r="B809" s="3" t="s">
+        <v>821</v>
+      </c>
+      <c r="C809" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D809" s="9">
+        <v>400000.0</v>
+      </c>
+      <c r="E809" s="3"/>
+    </row>
+    <row r="810" spans="1:5">
+      <c r="A810" s="2">
+        <v>46</v>
+      </c>
+      <c r="B810" s="3" t="s">
+        <v>822</v>
+      </c>
+      <c r="C810" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D810" s="9">
         <v>200000.0</v>
       </c>
-      <c r="E803" s="3"/>
-[...103 lines deleted...]
-      </c>
       <c r="E810" s="3"/>
     </row>
     <row r="811" spans="1:5">
-      <c r="A811" s="2" t="s">
-        <v>27</v>
+      <c r="A811" s="2">
+        <v>47</v>
       </c>
       <c r="B811" s="3" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="C811" s="6" t="s">
-        <v>239</v>
+        <v>189</v>
       </c>
       <c r="D811" s="9">
-        <v>220000.0</v>
+        <v>300000.0</v>
       </c>
       <c r="E811" s="3"/>
     </row>
     <row r="812" spans="1:5">
       <c r="A812" s="2">
-        <v>10</v>
+        <v>48</v>
       </c>
       <c r="B812" s="3" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="C812" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D812" s="9">
-        <v>250000.0</v>
+        <v>100000.0</v>
       </c>
       <c r="E812" s="3"/>
     </row>
     <row r="813" spans="1:5">
       <c r="A813" s="2">
-        <v>11</v>
+        <v>49</v>
       </c>
       <c r="B813" s="3" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="C813" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D813" s="9">
         <v>100000.0</v>
       </c>
       <c r="E813" s="3"/>
     </row>
     <row r="814" spans="1:5">
       <c r="A814" s="2">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="B814" s="3" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="C814" s="6" t="s">
-        <v>825</v>
+        <v>189</v>
       </c>
       <c r="D814" s="9">
-        <v>105000.0</v>
+        <v>90000.0</v>
       </c>
       <c r="E814" s="3"/>
     </row>
     <row r="815" spans="1:5">
-      <c r="A815" s="2">
-[...11 lines deleted...]
-      <c r="E815" s="3"/>
+      <c r="A815" s="19" t="s">
+        <v>827</v>
+      </c>
+      <c r="B815" s="20"/>
+      <c r="C815" s="21"/>
+      <c r="D815" s="22"/>
+      <c r="E815" s="20"/>
     </row>
     <row r="816" spans="1:5">
-      <c r="A816" s="2">
-[...11 lines deleted...]
-      <c r="E816" s="3"/>
+      <c r="A816" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B816" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C816" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D816" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E816" s="24" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="817" spans="1:5">
-      <c r="A817" s="2">
-        <v>15</v>
+      <c r="A817" s="2" t="s">
+        <v>9</v>
       </c>
       <c r="B817" s="3" t="s">
         <v>828</v>
       </c>
       <c r="C817" s="6" t="s">
-        <v>194</v>
+        <v>312</v>
       </c>
       <c r="D817" s="9">
-        <v>0.0</v>
+        <v>200000.0</v>
       </c>
       <c r="E817" s="3"/>
     </row>
     <row r="818" spans="1:5">
-      <c r="A818" s="2">
-        <v>16</v>
+      <c r="A818" s="2" t="s">
+        <v>12</v>
       </c>
       <c r="B818" s="3" t="s">
         <v>829</v>
       </c>
       <c r="C818" s="6" t="s">
-        <v>194</v>
+        <v>312</v>
       </c>
       <c r="D818" s="9">
-        <v>190000.0</v>
+        <v>200000.0</v>
       </c>
       <c r="E818" s="3"/>
     </row>
     <row r="819" spans="1:5">
-      <c r="A819" s="2">
-        <v>17</v>
+      <c r="A819" s="2" t="s">
+        <v>14</v>
       </c>
       <c r="B819" s="3" t="s">
         <v>830</v>
       </c>
       <c r="C819" s="6" t="s">
-        <v>313</v>
+        <v>189</v>
       </c>
       <c r="D819" s="9">
-        <v>210000.0</v>
+        <v>350000.0</v>
       </c>
       <c r="E819" s="3"/>
     </row>
     <row r="820" spans="1:5">
-      <c r="A820" s="2">
-        <v>18</v>
+      <c r="A820" s="2" t="s">
+        <v>16</v>
       </c>
       <c r="B820" s="3" t="s">
         <v>831</v>
       </c>
       <c r="C820" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D820" s="9">
-        <v>390000.0</v>
+        <v>160000.0</v>
       </c>
       <c r="E820" s="3"/>
     </row>
     <row r="821" spans="1:5">
-      <c r="A821" s="2">
-        <v>19</v>
+      <c r="A821" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="B821" s="3" t="s">
         <v>832</v>
       </c>
       <c r="C821" s="6" t="s">
-        <v>313</v>
+        <v>189</v>
       </c>
       <c r="D821" s="9">
-        <v>380000.0</v>
+        <v>190000.0</v>
       </c>
       <c r="E821" s="3"/>
     </row>
     <row r="822" spans="1:5">
-      <c r="A822" s="2">
-        <v>20</v>
+      <c r="A822" s="2" t="s">
+        <v>21</v>
       </c>
       <c r="B822" s="3" t="s">
         <v>833</v>
       </c>
       <c r="C822" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D822" s="9">
-        <v>300000.0</v>
+        <v>100000.0</v>
       </c>
       <c r="E822" s="3"/>
     </row>
     <row r="823" spans="1:5">
-      <c r="A823" s="2">
-        <v>21</v>
+      <c r="A823" s="2" t="s">
+        <v>23</v>
       </c>
       <c r="B823" s="3" t="s">
         <v>834</v>
       </c>
       <c r="C823" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D823" s="9">
-        <v>200000.0</v>
+        <v>400000.0</v>
       </c>
       <c r="E823" s="3"/>
     </row>
     <row r="824" spans="1:5">
-      <c r="A824" s="2">
-        <v>22</v>
+      <c r="A824" s="2" t="s">
+        <v>25</v>
       </c>
       <c r="B824" s="3" t="s">
         <v>835</v>
       </c>
       <c r="C824" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D824" s="9">
-        <v>1600000.0</v>
+        <v>255000.0</v>
       </c>
       <c r="E824" s="3"/>
     </row>
     <row r="825" spans="1:5">
-      <c r="A825" s="2">
-        <v>23</v>
+      <c r="A825" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="B825" s="3" t="s">
         <v>836</v>
       </c>
       <c r="C825" s="6" t="s">
-        <v>194</v>
+        <v>235</v>
       </c>
       <c r="D825" s="9">
-        <v>200000.0</v>
+        <v>220000.0</v>
       </c>
       <c r="E825" s="3"/>
     </row>
     <row r="826" spans="1:5">
       <c r="A826" s="2">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="B826" s="3" t="s">
         <v>837</v>
       </c>
       <c r="C826" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D826" s="9">
-        <v>600000.0</v>
+        <v>250000.0</v>
       </c>
       <c r="E826" s="3"/>
     </row>
     <row r="827" spans="1:5">
       <c r="A827" s="2">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="B827" s="3" t="s">
         <v>838</v>
       </c>
       <c r="C827" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D827" s="9">
-        <v>1300000.0</v>
+        <v>100000.0</v>
       </c>
       <c r="E827" s="3"/>
     </row>
     <row r="828" spans="1:5">
       <c r="A828" s="2">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="B828" s="3" t="s">
         <v>839</v>
       </c>
       <c r="C828" s="6" t="s">
-        <v>194</v>
+        <v>840</v>
       </c>
       <c r="D828" s="9">
-        <v>1200000.0</v>
+        <v>105000.0</v>
       </c>
       <c r="E828" s="3"/>
     </row>
     <row r="829" spans="1:5">
       <c r="A829" s="2">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="B829" s="3" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="C829" s="6" t="s">
-        <v>194</v>
+        <v>256</v>
       </c>
       <c r="D829" s="9">
-        <v>2400000.0</v>
+        <v>500000.0</v>
       </c>
       <c r="E829" s="3"/>
     </row>
     <row r="830" spans="1:5">
-      <c r="A830" s="19" t="s">
-[...5 lines deleted...]
-      <c r="E830" s="20"/>
+      <c r="A830" s="2">
+        <v>14</v>
+      </c>
+      <c r="B830" s="3" t="s">
+        <v>842</v>
+      </c>
+      <c r="C830" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="D830" s="9">
+        <v>100000.0</v>
+      </c>
+      <c r="E830" s="3"/>
     </row>
     <row r="831" spans="1:5">
-      <c r="A831" s="23" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="A831" s="2">
+        <v>15</v>
+      </c>
+      <c r="B831" s="3" t="s">
+        <v>843</v>
+      </c>
+      <c r="C831" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D831" s="9">
+        <v>100000.0</v>
+      </c>
+      <c r="E831" s="3"/>
     </row>
     <row r="832" spans="1:5">
-      <c r="A832" s="2" t="s">
-        <v>9</v>
+      <c r="A832" s="2">
+        <v>16</v>
       </c>
       <c r="B832" s="3" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="C832" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D832" s="9">
-        <v>378000.0</v>
+        <v>190000.0</v>
       </c>
       <c r="E832" s="3"/>
     </row>
     <row r="833" spans="1:5">
-      <c r="A833" s="2" t="s">
-        <v>12</v>
+      <c r="A833" s="2">
+        <v>17</v>
       </c>
       <c r="B833" s="3" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="C833" s="6" t="s">
-        <v>194</v>
+        <v>312</v>
       </c>
       <c r="D833" s="9">
-        <v>350000.0</v>
+        <v>210000.0</v>
       </c>
       <c r="E833" s="3"/>
     </row>
     <row r="834" spans="1:5">
-      <c r="A834" s="2" t="s">
-        <v>14</v>
+      <c r="A834" s="2">
+        <v>18</v>
       </c>
       <c r="B834" s="3" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="C834" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D834" s="9">
-        <v>950000.0</v>
+        <v>390000.0</v>
       </c>
       <c r="E834" s="3"/>
     </row>
     <row r="835" spans="1:5">
-      <c r="A835" s="2" t="s">
-        <v>16</v>
+      <c r="A835" s="2">
+        <v>19</v>
       </c>
       <c r="B835" s="3" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="C835" s="6" t="s">
-        <v>194</v>
+        <v>312</v>
       </c>
       <c r="D835" s="9">
-        <v>400000.0</v>
+        <v>380000.0</v>
       </c>
       <c r="E835" s="3"/>
     </row>
     <row r="836" spans="1:5">
-      <c r="A836" s="2" t="s">
-        <v>18</v>
+      <c r="A836" s="2">
+        <v>20</v>
       </c>
       <c r="B836" s="3" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="C836" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D836" s="9">
-        <v>500000.0</v>
+        <v>300000.0</v>
       </c>
       <c r="E836" s="3"/>
     </row>
     <row r="837" spans="1:5">
-      <c r="A837" s="2" t="s">
+      <c r="A837" s="2">
         <v>21</v>
       </c>
       <c r="B837" s="3" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="C837" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D837" s="9">
-        <v>490000.0</v>
+        <v>200000.0</v>
       </c>
       <c r="E837" s="3"/>
     </row>
     <row r="838" spans="1:5">
-      <c r="A838" s="2" t="s">
+      <c r="A838" s="2">
+        <v>22</v>
+      </c>
+      <c r="B838" s="3" t="s">
+        <v>850</v>
+      </c>
+      <c r="C838" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D838" s="9">
+        <v>1600000.0</v>
+      </c>
+      <c r="E838" s="3"/>
+    </row>
+    <row r="839" spans="1:5">
+      <c r="A839" s="2">
         <v>23</v>
       </c>
-      <c r="B838" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="B839" s="3" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="C839" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D839" s="9">
-        <v>900000.0</v>
+        <v>200000.0</v>
       </c>
       <c r="E839" s="3"/>
     </row>
     <row r="840" spans="1:5">
-      <c r="A840" s="2" t="s">
-        <v>27</v>
+      <c r="A840" s="2">
+        <v>24</v>
       </c>
       <c r="B840" s="3" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="C840" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D840" s="9">
-        <v>400000.0</v>
+        <v>600000.0</v>
       </c>
       <c r="E840" s="3"/>
     </row>
     <row r="841" spans="1:5">
       <c r="A841" s="2">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="B841" s="3" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="C841" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D841" s="9">
-        <v>600000.0</v>
+        <v>1300000.0</v>
       </c>
       <c r="E841" s="3"/>
     </row>
     <row r="842" spans="1:5">
       <c r="A842" s="2">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="B842" s="3" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="C842" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D842" s="9">
-        <v>250000.0</v>
+        <v>1200000.0</v>
       </c>
       <c r="E842" s="3"/>
     </row>
     <row r="843" spans="1:5">
       <c r="A843" s="2">
+        <v>27</v>
+      </c>
+      <c r="B843" s="3" t="s">
+        <v>855</v>
+      </c>
+      <c r="C843" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D843" s="9">
+        <v>2400000.0</v>
+      </c>
+      <c r="E843" s="3"/>
+    </row>
+    <row r="844" spans="1:5">
+      <c r="A844" s="19" t="s">
+        <v>856</v>
+      </c>
+      <c r="B844" s="20"/>
+      <c r="C844" s="21"/>
+      <c r="D844" s="22"/>
+      <c r="E844" s="20"/>
+    </row>
+    <row r="845" spans="1:5">
+      <c r="A845" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B845" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C845" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D845" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E845" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="846" spans="1:5">
+      <c r="A846" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B846" s="3" t="s">
+        <v>857</v>
+      </c>
+      <c r="C846" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D846" s="9">
+        <v>459000.0</v>
+      </c>
+      <c r="E846" s="3"/>
+    </row>
+    <row r="847" spans="1:5">
+      <c r="A847" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="B843" s="3" t="s">
-[...26 lines deleted...]
-      <c r="A845" s="2">
+      <c r="B847" s="3" t="s">
+        <v>858</v>
+      </c>
+      <c r="C847" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D847" s="9">
+        <v>350000.0</v>
+      </c>
+      <c r="E847" s="3"/>
+    </row>
+    <row r="848" spans="1:5">
+      <c r="A848" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="B845" s="3" t="s">
-[...5 lines deleted...]
-      <c r="D845" s="9">
+      <c r="B848" s="3" t="s">
+        <v>859</v>
+      </c>
+      <c r="C848" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D848" s="9">
+        <v>950000.0</v>
+      </c>
+      <c r="E848" s="3"/>
+    </row>
+    <row r="849" spans="1:5">
+      <c r="A849" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B849" s="3" t="s">
+        <v>860</v>
+      </c>
+      <c r="C849" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D849" s="9">
+        <v>400000.0</v>
+      </c>
+      <c r="E849" s="3"/>
+    </row>
+    <row r="850" spans="1:5">
+      <c r="A850" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B850" s="3" t="s">
+        <v>861</v>
+      </c>
+      <c r="C850" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D850" s="9">
         <v>500000.0</v>
       </c>
-      <c r="E845" s="3"/>
-[...26 lines deleted...]
-      <c r="D847" s="9">
+      <c r="E850" s="3"/>
+    </row>
+    <row r="851" spans="1:5">
+      <c r="A851" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B851" s="3" t="s">
+        <v>862</v>
+      </c>
+      <c r="C851" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D851" s="9">
+        <v>500000.0</v>
+      </c>
+      <c r="E851" s="3"/>
+    </row>
+    <row r="852" spans="1:5">
+      <c r="A852" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B852" s="3" t="s">
+        <v>863</v>
+      </c>
+      <c r="C852" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D852" s="9">
+        <v>690000.0</v>
+      </c>
+      <c r="E852" s="3"/>
+    </row>
+    <row r="853" spans="1:5">
+      <c r="A853" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B853" s="3" t="s">
+        <v>864</v>
+      </c>
+      <c r="C853" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D853" s="9">
         <v>900000.0</v>
       </c>
-      <c r="E847" s="3"/>
-[...56 lines deleted...]
-      <c r="D851" s="9">
+      <c r="E853" s="3"/>
+    </row>
+    <row r="854" spans="1:5">
+      <c r="A854" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="B854" s="3" t="s">
+        <v>865</v>
+      </c>
+      <c r="C854" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D854" s="9">
         <v>400000.0</v>
-      </c>
-[...43 lines deleted...]
-        <v>300000.0</v>
       </c>
       <c r="E854" s="3"/>
     </row>
     <row r="855" spans="1:5">
       <c r="A855" s="2">
+        <v>10</v>
+      </c>
+      <c r="B855" s="3" t="s">
+        <v>866</v>
+      </c>
+      <c r="C855" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D855" s="9">
+        <v>650000.0</v>
+      </c>
+      <c r="E855" s="3"/>
+    </row>
+    <row r="856" spans="1:5">
+      <c r="A856" s="2">
+        <v>11</v>
+      </c>
+      <c r="B856" s="3" t="s">
+        <v>867</v>
+      </c>
+      <c r="C856" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D856" s="9">
+        <v>250000.0</v>
+      </c>
+      <c r="E856" s="3"/>
+    </row>
+    <row r="857" spans="1:5">
+      <c r="A857" s="2">
+        <v>12</v>
+      </c>
+      <c r="B857" s="3" t="s">
+        <v>868</v>
+      </c>
+      <c r="C857" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D857" s="9">
+        <v>180000.0</v>
+      </c>
+      <c r="E857" s="3"/>
+    </row>
+    <row r="858" spans="1:5">
+      <c r="A858" s="2">
+        <v>13</v>
+      </c>
+      <c r="B858" s="3" t="s">
+        <v>869</v>
+      </c>
+      <c r="C858" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D858" s="9">
+        <v>600000.0</v>
+      </c>
+      <c r="E858" s="3"/>
+    </row>
+    <row r="859" spans="1:5">
+      <c r="A859" s="2">
+        <v>14</v>
+      </c>
+      <c r="B859" s="3" t="s">
+        <v>870</v>
+      </c>
+      <c r="C859" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D859" s="9">
+        <v>500000.0</v>
+      </c>
+      <c r="E859" s="3"/>
+    </row>
+    <row r="860" spans="1:5">
+      <c r="A860" s="2">
+        <v>15</v>
+      </c>
+      <c r="B860" s="3" t="s">
+        <v>871</v>
+      </c>
+      <c r="C860" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D860" s="9">
+        <v>370000.0</v>
+      </c>
+      <c r="E860" s="3"/>
+    </row>
+    <row r="861" spans="1:5">
+      <c r="A861" s="2">
+        <v>16</v>
+      </c>
+      <c r="B861" s="3" t="s">
+        <v>872</v>
+      </c>
+      <c r="C861" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D861" s="9">
+        <v>900000.0</v>
+      </c>
+      <c r="E861" s="3"/>
+    </row>
+    <row r="862" spans="1:5">
+      <c r="A862" s="2">
+        <v>17</v>
+      </c>
+      <c r="B862" s="3" t="s">
+        <v>873</v>
+      </c>
+      <c r="C862" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D862" s="9">
+        <v>250000.0</v>
+      </c>
+      <c r="E862" s="3"/>
+    </row>
+    <row r="863" spans="1:5">
+      <c r="A863" s="2">
+        <v>18</v>
+      </c>
+      <c r="B863" s="3" t="s">
+        <v>874</v>
+      </c>
+      <c r="C863" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D863" s="9">
+        <v>450000.0</v>
+      </c>
+      <c r="E863" s="3"/>
+    </row>
+    <row r="864" spans="1:5">
+      <c r="A864" s="2">
+        <v>19</v>
+      </c>
+      <c r="B864" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="C864" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D864" s="9">
+        <v>300000.0</v>
+      </c>
+      <c r="E864" s="3"/>
+    </row>
+    <row r="865" spans="1:5">
+      <c r="A865" s="2">
+        <v>20</v>
+      </c>
+      <c r="B865" s="3" t="s">
+        <v>876</v>
+      </c>
+      <c r="C865" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D865" s="9">
+        <v>400000.0</v>
+      </c>
+      <c r="E865" s="3"/>
+    </row>
+    <row r="866" spans="1:5">
+      <c r="A866" s="2">
+        <v>21</v>
+      </c>
+      <c r="B866" s="3" t="s">
+        <v>877</v>
+      </c>
+      <c r="C866" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D866" s="9">
+        <v>100000.0</v>
+      </c>
+      <c r="E866" s="3"/>
+    </row>
+    <row r="867" spans="1:5">
+      <c r="A867" s="2">
+        <v>22</v>
+      </c>
+      <c r="B867" s="3" t="s">
+        <v>878</v>
+      </c>
+      <c r="C867" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="D867" s="9">
+        <v>100000.0</v>
+      </c>
+      <c r="E867" s="3"/>
+    </row>
+    <row r="868" spans="1:5">
+      <c r="A868" s="2">
+        <v>23</v>
+      </c>
+      <c r="B868" s="3" t="s">
+        <v>879</v>
+      </c>
+      <c r="C868" s="6" t="s">
+        <v>235</v>
+      </c>
+      <c r="D868" s="9">
+        <v>300000.0</v>
+      </c>
+      <c r="E868" s="3"/>
+    </row>
+    <row r="869" spans="1:5">
+      <c r="A869" s="2">
         <v>24</v>
       </c>
-      <c r="B855" s="3" t="s">
-[...5 lines deleted...]
-      <c r="D855" s="9">
+      <c r="B869" s="3" t="s">
+        <v>880</v>
+      </c>
+      <c r="C869" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D869" s="9">
         <v>300000.0</v>
       </c>
-      <c r="E855" s="3"/>
-[...11 lines deleted...]
-      <c r="A857" s="23" t="s">
+      <c r="E869" s="3"/>
+    </row>
+    <row r="870" spans="1:5">
+      <c r="A870" s="19" t="s">
+        <v>881</v>
+      </c>
+      <c r="B870" s="20"/>
+      <c r="C870" s="21"/>
+      <c r="D870" s="22"/>
+      <c r="E870" s="20"/>
+    </row>
+    <row r="871" spans="1:5">
+      <c r="A871" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B857" s="24" t="s">
+      <c r="B871" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C857" s="25" t="s">
+      <c r="C871" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D857" s="26" t="s">
+      <c r="D871" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E857" s="24" t="s">
+      <c r="E871" s="24" t="s">
         <v>8</v>
       </c>
-    </row>
-[...200 lines deleted...]
-      <c r="E871" s="3"/>
     </row>
     <row r="872" spans="1:5">
       <c r="A872" s="2" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="B872" s="3" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="C872" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D872" s="9">
-        <v>120000.0</v>
+        <v>150000.0</v>
       </c>
       <c r="E872" s="3"/>
     </row>
     <row r="873" spans="1:5">
       <c r="A873" s="2" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="B873" s="3" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="C873" s="6" t="s">
-        <v>194</v>
+        <v>256</v>
       </c>
       <c r="D873" s="9">
-        <v>100000.0</v>
+        <v>150000.0</v>
       </c>
       <c r="E873" s="3"/>
     </row>
     <row r="874" spans="1:5">
       <c r="A874" s="2" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="B874" s="3" t="s">
-        <v>881</v>
+        <v>884</v>
       </c>
       <c r="C874" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D874" s="9">
+        <v>350000.0</v>
+      </c>
+      <c r="E874" s="3"/>
+    </row>
+    <row r="875" spans="1:5">
+      <c r="A875" s="19" t="s">
+        <v>885</v>
+      </c>
+      <c r="B875" s="20"/>
+      <c r="C875" s="21"/>
+      <c r="D875" s="22"/>
+      <c r="E875" s="20"/>
+    </row>
+    <row r="876" spans="1:5">
+      <c r="A876" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B876" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C876" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D876" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E876" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="877" spans="1:5">
+      <c r="A877" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B877" s="3" t="s">
+        <v>886</v>
+      </c>
+      <c r="C877" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D877" s="9">
+        <v>90000.0</v>
+      </c>
+      <c r="E877" s="3"/>
+    </row>
+    <row r="878" spans="1:5">
+      <c r="A878" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B878" s="3" t="s">
+        <v>887</v>
+      </c>
+      <c r="C878" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D878" s="9">
+        <v>2000.0</v>
+      </c>
+      <c r="E878" s="3"/>
+    </row>
+    <row r="879" spans="1:5">
+      <c r="A879" s="19" t="s">
+        <v>888</v>
+      </c>
+      <c r="B879" s="20"/>
+      <c r="C879" s="21"/>
+      <c r="D879" s="22"/>
+      <c r="E879" s="20"/>
+    </row>
+    <row r="880" spans="1:5">
+      <c r="A880" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B880" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C880" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D880" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E880" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="881" spans="1:5">
+      <c r="A881" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B881" s="3" t="s">
+        <v>889</v>
+      </c>
+      <c r="C881" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="D881" s="9">
         <v>180000.0</v>
       </c>
-      <c r="E874" s="3"/>
-[...32 lines deleted...]
-      <c r="A877" s="2">
+      <c r="E881" s="3"/>
+    </row>
+    <row r="882" spans="1:5">
+      <c r="A882" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="B877" s="3" t="s">
-[...26 lines deleted...]
-      <c r="A879" s="2">
+      <c r="B882" s="3" t="s">
+        <v>890</v>
+      </c>
+      <c r="C882" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="D882" s="9">
+        <v>180000.0</v>
+      </c>
+      <c r="E882" s="3"/>
+    </row>
+    <row r="883" spans="1:5">
+      <c r="A883" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="B879" s="3" t="s">
-[...58 lines deleted...]
-      </c>
       <c r="B883" s="3" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="C883" s="6" t="s">
-        <v>825</v>
+        <v>189</v>
       </c>
       <c r="D883" s="9">
         <v>250000.0</v>
       </c>
       <c r="E883" s="3"/>
     </row>
     <row r="884" spans="1:5">
-      <c r="A884" s="2">
-        <v>19</v>
+      <c r="A884" s="2" t="s">
+        <v>16</v>
       </c>
       <c r="B884" s="3" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="C884" s="6" t="s">
-        <v>825</v>
+        <v>189</v>
       </c>
       <c r="D884" s="9">
+        <v>200000.0</v>
+      </c>
+      <c r="E884" s="3"/>
+    </row>
+    <row r="885" spans="1:5">
+      <c r="A885" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B885" s="3" t="s">
+        <v>893</v>
+      </c>
+      <c r="C885" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D885" s="9">
         <v>50000.0</v>
       </c>
-      <c r="E884" s="3"/>
-[...11 lines deleted...]
-      <c r="D885" s="9">
+      <c r="E885" s="3"/>
+    </row>
+    <row r="886" spans="1:5">
+      <c r="A886" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B886" s="3" t="s">
+        <v>894</v>
+      </c>
+      <c r="C886" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D886" s="9">
+        <v>250000.0</v>
+      </c>
+      <c r="E886" s="3"/>
+    </row>
+    <row r="887" spans="1:5">
+      <c r="A887" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B887" s="3" t="s">
+        <v>895</v>
+      </c>
+      <c r="C887" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D887" s="9">
+        <v>120000.0</v>
+      </c>
+      <c r="E887" s="3"/>
+    </row>
+    <row r="888" spans="1:5">
+      <c r="A888" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B888" s="3" t="s">
+        <v>896</v>
+      </c>
+      <c r="C888" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D888" s="9">
         <v>100000.0</v>
       </c>
-      <c r="E885" s="3"/>
-[...43 lines deleted...]
-      </c>
       <c r="E888" s="3"/>
     </row>
     <row r="889" spans="1:5">
-      <c r="A889" s="2">
-        <v>24</v>
+      <c r="A889" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="B889" s="3" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="C889" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D889" s="9">
-        <v>250000.0</v>
+        <v>180000.0</v>
       </c>
       <c r="E889" s="3"/>
     </row>
     <row r="890" spans="1:5">
       <c r="A890" s="2">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="B890" s="3" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="C890" s="6" t="s">
-        <v>898</v>
+        <v>189</v>
       </c>
       <c r="D890" s="9">
-        <v>350000.0</v>
+        <v>80000.0</v>
       </c>
       <c r="E890" s="3"/>
     </row>
     <row r="891" spans="1:5">
       <c r="A891" s="2">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="B891" s="3" t="s">
         <v>899</v>
       </c>
       <c r="C891" s="6" t="s">
-        <v>194</v>
+        <v>840</v>
       </c>
       <c r="D891" s="9">
-        <v>350000.0</v>
+        <v>50000.0</v>
       </c>
       <c r="E891" s="3"/>
     </row>
     <row r="892" spans="1:5">
       <c r="A892" s="2">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="B892" s="3" t="s">
         <v>900</v>
       </c>
       <c r="C892" s="6" t="s">
-        <v>313</v>
+        <v>189</v>
       </c>
       <c r="D892" s="9">
-        <v>60000.0</v>
+        <v>200000.0</v>
       </c>
       <c r="E892" s="3"/>
     </row>
     <row r="893" spans="1:5">
       <c r="A893" s="2">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="B893" s="3" t="s">
         <v>901</v>
       </c>
       <c r="C893" s="6" t="s">
-        <v>36</v>
+        <v>256</v>
       </c>
       <c r="D893" s="9">
-        <v>1260000.0</v>
+        <v>1500000.0</v>
       </c>
       <c r="E893" s="3"/>
     </row>
     <row r="894" spans="1:5">
       <c r="A894" s="2">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="B894" s="3" t="s">
         <v>902</v>
       </c>
       <c r="C894" s="6" t="s">
-        <v>36</v>
+        <v>256</v>
       </c>
       <c r="D894" s="9">
-        <v>150000.0</v>
+        <v>400000.0</v>
       </c>
       <c r="E894" s="3"/>
     </row>
     <row r="895" spans="1:5">
       <c r="A895" s="2">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="B895" s="3" t="s">
         <v>903</v>
       </c>
       <c r="C895" s="6" t="s">
-        <v>36</v>
+        <v>312</v>
       </c>
       <c r="D895" s="9">
-        <v>630000.0</v>
+        <v>500000.0</v>
       </c>
       <c r="E895" s="3"/>
     </row>
     <row r="896" spans="1:5">
       <c r="A896" s="2">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="B896" s="3" t="s">
         <v>904</v>
       </c>
       <c r="C896" s="6" t="s">
-        <v>36</v>
+        <v>256</v>
       </c>
       <c r="D896" s="9">
-        <v>75000.0</v>
+        <v>800000.0</v>
       </c>
       <c r="E896" s="3"/>
     </row>
     <row r="897" spans="1:5">
       <c r="A897" s="2">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="B897" s="3" t="s">
         <v>905</v>
       </c>
       <c r="C897" s="6" t="s">
-        <v>194</v>
+        <v>256</v>
       </c>
       <c r="D897" s="9">
-        <v>2800000.0</v>
+        <v>1200000.0</v>
       </c>
       <c r="E897" s="3"/>
     </row>
     <row r="898" spans="1:5">
       <c r="A898" s="2">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="B898" s="3" t="s">
         <v>906</v>
       </c>
       <c r="C898" s="6" t="s">
-        <v>260</v>
+        <v>840</v>
       </c>
       <c r="D898" s="9">
-        <v>150000.0</v>
+        <v>250000.0</v>
       </c>
       <c r="E898" s="3"/>
     </row>
     <row r="899" spans="1:5">
       <c r="A899" s="2">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="B899" s="3" t="s">
         <v>907</v>
       </c>
       <c r="C899" s="6" t="s">
-        <v>194</v>
+        <v>840</v>
       </c>
       <c r="D899" s="9">
-        <v>1200000.0</v>
+        <v>50000.0</v>
       </c>
       <c r="E899" s="3"/>
     </row>
     <row r="900" spans="1:5">
       <c r="A900" s="2">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="B900" s="3" t="s">
         <v>908</v>
       </c>
       <c r="C900" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D900" s="9">
-        <v>540000.0</v>
+        <v>180000.0</v>
       </c>
       <c r="E900" s="3"/>
     </row>
     <row r="901" spans="1:5">
       <c r="A901" s="2">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="B901" s="3" t="s">
         <v>909</v>
       </c>
       <c r="C901" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D901" s="9">
-        <v>3700000.0</v>
+        <v>50000.0</v>
       </c>
       <c r="E901" s="3"/>
     </row>
     <row r="902" spans="1:5">
-      <c r="A902" s="19" t="s">
+      <c r="A902" s="2">
+        <v>22</v>
+      </c>
+      <c r="B902" s="3" t="s">
         <v>910</v>
       </c>
-      <c r="B902" s="20"/>
-[...2 lines deleted...]
-      <c r="E902" s="20"/>
+      <c r="C902" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D902" s="9">
+        <v>190000.0</v>
+      </c>
+      <c r="E902" s="3"/>
     </row>
     <row r="903" spans="1:5">
-      <c r="A903" s="23" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="A903" s="2">
+        <v>23</v>
+      </c>
+      <c r="B903" s="3" t="s">
+        <v>911</v>
+      </c>
+      <c r="C903" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D903" s="9">
+        <v>200000.0</v>
+      </c>
+      <c r="E903" s="3"/>
     </row>
     <row r="904" spans="1:5">
-      <c r="A904" s="2" t="s">
-        <v>9</v>
+      <c r="A904" s="2">
+        <v>24</v>
       </c>
       <c r="B904" s="3" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="C904" s="6" t="s">
-        <v>260</v>
+        <v>189</v>
       </c>
       <c r="D904" s="9">
-        <v>950000.0</v>
+        <v>250000.0</v>
       </c>
       <c r="E904" s="3"/>
     </row>
     <row r="905" spans="1:5">
-      <c r="A905" s="2" t="s">
-        <v>12</v>
+      <c r="A905" s="2">
+        <v>25</v>
       </c>
       <c r="B905" s="3" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="C905" s="6" t="s">
-        <v>194</v>
+        <v>914</v>
       </c>
       <c r="D905" s="9">
+        <v>350000.0</v>
+      </c>
+      <c r="E905" s="3"/>
+    </row>
+    <row r="906" spans="1:5">
+      <c r="A906" s="2">
+        <v>26</v>
+      </c>
+      <c r="B906" s="3" t="s">
+        <v>915</v>
+      </c>
+      <c r="C906" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D906" s="9">
+        <v>350000.0</v>
+      </c>
+      <c r="E906" s="3"/>
+    </row>
+    <row r="907" spans="1:5">
+      <c r="A907" s="2">
+        <v>27</v>
+      </c>
+      <c r="B907" s="3" t="s">
+        <v>916</v>
+      </c>
+      <c r="C907" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="D907" s="9">
+        <v>60000.0</v>
+      </c>
+      <c r="E907" s="3"/>
+    </row>
+    <row r="908" spans="1:5">
+      <c r="A908" s="2">
+        <v>28</v>
+      </c>
+      <c r="B908" s="3" t="s">
+        <v>917</v>
+      </c>
+      <c r="C908" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D908" s="9">
+        <v>1260000.0</v>
+      </c>
+      <c r="E908" s="3"/>
+    </row>
+    <row r="909" spans="1:5">
+      <c r="A909" s="2">
+        <v>29</v>
+      </c>
+      <c r="B909" s="3" t="s">
+        <v>918</v>
+      </c>
+      <c r="C909" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D909" s="9">
         <v>150000.0</v>
       </c>
-      <c r="E905" s="3"/>
-[...58 lines deleted...]
-      </c>
       <c r="E909" s="3"/>
     </row>
     <row r="910" spans="1:5">
-      <c r="A910" s="2" t="s">
-        <v>23</v>
+      <c r="A910" s="2">
+        <v>30</v>
       </c>
       <c r="B910" s="3" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="C910" s="6" t="s">
-        <v>194</v>
+        <v>36</v>
       </c>
       <c r="D910" s="9">
-        <v>250000.0</v>
+        <v>630000.0</v>
       </c>
       <c r="E910" s="3"/>
     </row>
     <row r="911" spans="1:5">
-      <c r="A911" s="2" t="s">
-        <v>25</v>
+      <c r="A911" s="2">
+        <v>31</v>
       </c>
       <c r="B911" s="3" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="C911" s="6" t="s">
-        <v>194</v>
+        <v>36</v>
       </c>
       <c r="D911" s="9">
-        <v>250000.0</v>
+        <v>75000.0</v>
       </c>
       <c r="E911" s="3"/>
     </row>
     <row r="912" spans="1:5">
-      <c r="A912" s="2" t="s">
-        <v>27</v>
+      <c r="A912" s="2">
+        <v>32</v>
       </c>
       <c r="B912" s="3" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
       <c r="C912" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D912" s="9">
-        <v>200000.0</v>
+        <v>2800000.0</v>
       </c>
       <c r="E912" s="3"/>
     </row>
     <row r="913" spans="1:5">
       <c r="A913" s="2">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="B913" s="3" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="C913" s="6" t="s">
-        <v>194</v>
+        <v>256</v>
       </c>
       <c r="D913" s="9">
         <v>300000.0</v>
       </c>
       <c r="E913" s="3"/>
     </row>
     <row r="914" spans="1:5">
       <c r="A914" s="2">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="B914" s="3" t="s">
-        <v>921</v>
+        <v>923</v>
       </c>
       <c r="C914" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D914" s="9">
-        <v>350000.0</v>
+        <v>150000.0</v>
       </c>
       <c r="E914" s="3"/>
     </row>
     <row r="915" spans="1:5">
-      <c r="A915" s="19" t="s">
-[...5 lines deleted...]
-      <c r="E915" s="20"/>
+      <c r="A915" s="2">
+        <v>35</v>
+      </c>
+      <c r="B915" s="3" t="s">
+        <v>924</v>
+      </c>
+      <c r="C915" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D915" s="9">
+        <v>1200000.0</v>
+      </c>
+      <c r="E915" s="3"/>
     </row>
     <row r="916" spans="1:5">
-      <c r="A916" s="23" t="s">
+      <c r="A916" s="2">
+        <v>36</v>
+      </c>
+      <c r="B916" s="3" t="s">
+        <v>925</v>
+      </c>
+      <c r="C916" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D916" s="9">
+        <v>540000.0</v>
+      </c>
+      <c r="E916" s="3"/>
+    </row>
+    <row r="917" spans="1:5">
+      <c r="A917" s="2">
+        <v>37</v>
+      </c>
+      <c r="B917" s="3" t="s">
+        <v>926</v>
+      </c>
+      <c r="C917" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D917" s="9">
+        <v>3600000.0</v>
+      </c>
+      <c r="E917" s="3"/>
+    </row>
+    <row r="918" spans="1:5">
+      <c r="A918" s="19" t="s">
+        <v>927</v>
+      </c>
+      <c r="B918" s="20"/>
+      <c r="C918" s="21"/>
+      <c r="D918" s="22"/>
+      <c r="E918" s="20"/>
+    </row>
+    <row r="919" spans="1:5">
+      <c r="A919" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B916" s="24" t="s">
+      <c r="B919" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C916" s="25" t="s">
+      <c r="C919" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D916" s="26" t="s">
+      <c r="D919" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E916" s="24" t="s">
+      <c r="E919" s="24" t="s">
         <v>8</v>
       </c>
-    </row>
-[...43 lines deleted...]
-      <c r="E919" s="3"/>
     </row>
     <row r="920" spans="1:5">
       <c r="A920" s="2" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="B920" s="3" t="s">
-        <v>926</v>
+        <v>928</v>
       </c>
       <c r="C920" s="6" t="s">
-        <v>313</v>
+        <v>256</v>
       </c>
       <c r="D920" s="9">
-        <v>550000.0</v>
+        <v>900000.0</v>
       </c>
       <c r="E920" s="3"/>
     </row>
     <row r="921" spans="1:5">
       <c r="A921" s="2" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="B921" s="3" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="C921" s="6" t="s">
-        <v>260</v>
+        <v>189</v>
       </c>
       <c r="D921" s="9">
-        <v>200000.0</v>
+        <v>150000.0</v>
       </c>
       <c r="E921" s="3"/>
     </row>
     <row r="922" spans="1:5">
       <c r="A922" s="2" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="B922" s="3" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="C922" s="6" t="s">
-        <v>313</v>
+        <v>189</v>
       </c>
       <c r="D922" s="9">
-        <v>140000.0</v>
+        <v>100000.0</v>
       </c>
       <c r="E922" s="3"/>
     </row>
     <row r="923" spans="1:5">
       <c r="A923" s="2" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="B923" s="3" t="s">
-        <v>929</v>
+        <v>931</v>
       </c>
       <c r="C923" s="6" t="s">
-        <v>313</v>
+        <v>189</v>
       </c>
       <c r="D923" s="9">
-        <v>140000.0</v>
+        <v>200000.0</v>
       </c>
       <c r="E923" s="3"/>
     </row>
     <row r="924" spans="1:5">
       <c r="A924" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="B924" s="3" t="s">
-        <v>930</v>
+        <v>932</v>
       </c>
       <c r="C924" s="6" t="s">
-        <v>313</v>
+        <v>189</v>
       </c>
       <c r="D924" s="9">
-        <v>150000.0</v>
+        <v>800000.0</v>
       </c>
       <c r="E924" s="3"/>
     </row>
     <row r="925" spans="1:5">
       <c r="A925" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B925" s="3" t="s">
+        <v>933</v>
+      </c>
+      <c r="C925" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D925" s="9">
+        <v>150000.0</v>
+      </c>
+      <c r="E925" s="3"/>
+    </row>
+    <row r="926" spans="1:5">
+      <c r="A926" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B926" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="C926" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D926" s="9">
+        <v>200000.0</v>
+      </c>
+      <c r="E926" s="3"/>
+    </row>
+    <row r="927" spans="1:5">
+      <c r="A927" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B927" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="C927" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D927" s="9">
+        <v>150000.0</v>
+      </c>
+      <c r="E927" s="3"/>
+    </row>
+    <row r="928" spans="1:5">
+      <c r="A928" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="B925" s="3" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="B928" s="3" t="s">
-        <v>934</v>
+        <v>936</v>
       </c>
       <c r="C928" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D928" s="9">
-        <v>120000.0</v>
+        <v>250000.0</v>
       </c>
       <c r="E928" s="3"/>
     </row>
     <row r="929" spans="1:5">
       <c r="A929" s="2">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B929" s="3" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="C929" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D929" s="9">
-        <v>160000.0</v>
+        <v>250000.0</v>
       </c>
       <c r="E929" s="3"/>
     </row>
     <row r="930" spans="1:5">
       <c r="A930" s="2">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="B930" s="3" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
       <c r="C930" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D930" s="9">
-        <v>0.0</v>
+        <v>200000.0</v>
       </c>
       <c r="E930" s="3"/>
     </row>
     <row r="931" spans="1:5">
       <c r="A931" s="2">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="B931" s="3" t="s">
-        <v>937</v>
+        <v>939</v>
       </c>
       <c r="C931" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D931" s="9">
-        <v>0.0</v>
+        <v>300000.0</v>
       </c>
       <c r="E931" s="3"/>
     </row>
     <row r="932" spans="1:5">
       <c r="A932" s="2">
+        <v>13</v>
+      </c>
+      <c r="B932" s="3" t="s">
+        <v>940</v>
+      </c>
+      <c r="C932" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D932" s="9">
+        <v>350000.0</v>
+      </c>
+      <c r="E932" s="3"/>
+    </row>
+    <row r="933" spans="1:5">
+      <c r="A933" s="19" t="s">
+        <v>941</v>
+      </c>
+      <c r="B933" s="20"/>
+      <c r="C933" s="21"/>
+      <c r="D933" s="22"/>
+      <c r="E933" s="20"/>
+    </row>
+    <row r="934" spans="1:5">
+      <c r="A934" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B934" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C934" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D934" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E934" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="935" spans="1:5">
+      <c r="A935" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B935" s="3" t="s">
+        <v>942</v>
+      </c>
+      <c r="C935" s="6" t="s">
+        <v>458</v>
+      </c>
+      <c r="D935" s="9">
+        <v>42500.0</v>
+      </c>
+      <c r="E935" s="3"/>
+    </row>
+    <row r="936" spans="1:5">
+      <c r="A936" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B936" s="3" t="s">
+        <v>943</v>
+      </c>
+      <c r="C936" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="D936" s="9">
+        <v>100000.0</v>
+      </c>
+      <c r="E936" s="3"/>
+    </row>
+    <row r="937" spans="1:5">
+      <c r="A937" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="B937" s="3" t="s">
+        <v>944</v>
+      </c>
+      <c r="C937" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="D937" s="9">
+        <v>120000.0</v>
+      </c>
+      <c r="E937" s="3"/>
+    </row>
+    <row r="938" spans="1:5">
+      <c r="A938" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="B932" s="3" t="s">
-[...5 lines deleted...]
-      <c r="D932" s="9">
+      <c r="B938" s="3" t="s">
+        <v>945</v>
+      </c>
+      <c r="C938" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D938" s="9">
         <v>50000.0</v>
       </c>
-      <c r="E932" s="3"/>
-[...2 lines deleted...]
-      <c r="A933" s="2">
+      <c r="E938" s="3"/>
+    </row>
+    <row r="939" spans="1:5">
+      <c r="A939" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B939" s="3" t="s">
+        <v>946</v>
+      </c>
+      <c r="C939" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="D939" s="9">
+        <v>550000.0</v>
+      </c>
+      <c r="E939" s="3"/>
+    </row>
+    <row r="940" spans="1:5">
+      <c r="A940" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B940" s="3" t="s">
+        <v>947</v>
+      </c>
+      <c r="C940" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="D940" s="9">
+        <v>250000.0</v>
+      </c>
+      <c r="E940" s="3"/>
+    </row>
+    <row r="941" spans="1:5">
+      <c r="A941" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B941" s="3" t="s">
+        <v>948</v>
+      </c>
+      <c r="C941" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="D941" s="9">
+        <v>140000.0</v>
+      </c>
+      <c r="E941" s="3"/>
+    </row>
+    <row r="942" spans="1:5">
+      <c r="A942" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B942" s="3" t="s">
+        <v>949</v>
+      </c>
+      <c r="C942" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="D942" s="9">
+        <v>140000.0</v>
+      </c>
+      <c r="E942" s="3"/>
+    </row>
+    <row r="943" spans="1:5">
+      <c r="A943" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="B943" s="3" t="s">
+        <v>950</v>
+      </c>
+      <c r="C943" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="D943" s="9">
+        <v>150000.0</v>
+      </c>
+      <c r="E943" s="3"/>
+    </row>
+    <row r="944" spans="1:5">
+      <c r="A944" s="2">
+        <v>10</v>
+      </c>
+      <c r="B944" s="3" t="s">
+        <v>951</v>
+      </c>
+      <c r="C944" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="D944" s="9">
+        <v>400000.0</v>
+      </c>
+      <c r="E944" s="3"/>
+    </row>
+    <row r="945" spans="1:5">
+      <c r="A945" s="2">
+        <v>11</v>
+      </c>
+      <c r="B945" s="3" t="s">
+        <v>952</v>
+      </c>
+      <c r="C945" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D945" s="9">
+        <v>200000.0</v>
+      </c>
+      <c r="E945" s="3"/>
+    </row>
+    <row r="946" spans="1:5">
+      <c r="A946" s="2">
+        <v>12</v>
+      </c>
+      <c r="B946" s="3" t="s">
+        <v>953</v>
+      </c>
+      <c r="C946" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D946" s="9">
+        <v>200000.0</v>
+      </c>
+      <c r="E946" s="3"/>
+    </row>
+    <row r="947" spans="1:5">
+      <c r="A947" s="2">
+        <v>13</v>
+      </c>
+      <c r="B947" s="3" t="s">
+        <v>954</v>
+      </c>
+      <c r="C947" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D947" s="9">
+        <v>200000.0</v>
+      </c>
+      <c r="E947" s="3"/>
+    </row>
+    <row r="948" spans="1:5">
+      <c r="A948" s="2">
+        <v>14</v>
+      </c>
+      <c r="B948" s="3" t="s">
+        <v>955</v>
+      </c>
+      <c r="C948" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D948" s="9">
+        <v>200000.0</v>
+      </c>
+      <c r="E948" s="3"/>
+    </row>
+    <row r="949" spans="1:5">
+      <c r="A949" s="2">
+        <v>15</v>
+      </c>
+      <c r="B949" s="3" t="s">
+        <v>956</v>
+      </c>
+      <c r="C949" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D949" s="9">
+        <v>30000.0</v>
+      </c>
+      <c r="E949" s="3"/>
+    </row>
+    <row r="950" spans="1:5">
+      <c r="A950" s="2">
+        <v>16</v>
+      </c>
+      <c r="B950" s="3" t="s">
+        <v>957</v>
+      </c>
+      <c r="C950" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D950" s="9">
+        <v>55200.0</v>
+      </c>
+      <c r="E950" s="3"/>
+    </row>
+    <row r="951" spans="1:5">
+      <c r="A951" s="2">
         <v>17</v>
       </c>
-      <c r="B933" s="3" t="s">
-[...11 lines deleted...]
-      <c r="A934" s="2">
+      <c r="B951" s="3" t="s">
+        <v>958</v>
+      </c>
+      <c r="C951" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D951" s="9">
+        <v>50000.0</v>
+      </c>
+      <c r="E951" s="3"/>
+    </row>
+    <row r="952" spans="1:5">
+      <c r="A952" s="2">
         <v>18</v>
       </c>
-      <c r="B934" s="3" t="s">
-[...11 lines deleted...]
-      <c r="A935" s="2">
+      <c r="B952" s="3" t="s">
+        <v>959</v>
+      </c>
+      <c r="C952" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D952" s="9">
+        <v>120000.0</v>
+      </c>
+      <c r="E952" s="3"/>
+    </row>
+    <row r="953" spans="1:5">
+      <c r="A953" s="2">
         <v>19</v>
       </c>
-      <c r="B935" s="3" t="s">
-[...260 lines deleted...]
-      </c>
       <c r="B953" s="3" t="s">
-        <v>957</v>
+        <v>960</v>
       </c>
       <c r="C953" s="6" t="s">
-        <v>219</v>
+        <v>312</v>
       </c>
       <c r="D953" s="9">
         <v>60000.0</v>
       </c>
       <c r="E953" s="3"/>
     </row>
     <row r="954" spans="1:5">
-      <c r="A954" s="2" t="s">
-        <v>23</v>
+      <c r="A954" s="2">
+        <v>20</v>
       </c>
       <c r="B954" s="3" t="s">
-        <v>958</v>
+        <v>961</v>
       </c>
       <c r="C954" s="6" t="s">
-        <v>194</v>
+        <v>312</v>
       </c>
       <c r="D954" s="9">
-        <v>50000.0</v>
+        <v>62500.0</v>
       </c>
       <c r="E954" s="3"/>
     </row>
     <row r="955" spans="1:5">
-      <c r="A955" s="2" t="s">
-        <v>25</v>
+      <c r="A955" s="2">
+        <v>21</v>
       </c>
       <c r="B955" s="3" t="s">
-        <v>959</v>
+        <v>962</v>
       </c>
       <c r="C955" s="6" t="s">
-        <v>260</v>
+        <v>312</v>
       </c>
       <c r="D955" s="9">
-        <v>200000.0</v>
+        <v>75000.0</v>
       </c>
       <c r="E955" s="3"/>
     </row>
     <row r="956" spans="1:5">
-      <c r="A956" s="2" t="s">
-        <v>27</v>
+      <c r="A956" s="2">
+        <v>22</v>
       </c>
       <c r="B956" s="3" t="s">
-        <v>960</v>
+        <v>963</v>
       </c>
       <c r="C956" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D956" s="9">
-        <v>200000.0</v>
+        <v>60000.0</v>
       </c>
       <c r="E956" s="3"/>
     </row>
     <row r="957" spans="1:5">
       <c r="A957" s="2">
-        <v>10</v>
+        <v>23</v>
       </c>
       <c r="B957" s="3" t="s">
-        <v>961</v>
+        <v>964</v>
       </c>
       <c r="C957" s="6" t="s">
-        <v>260</v>
+        <v>312</v>
       </c>
       <c r="D957" s="9">
-        <v>210000.0</v>
+        <v>150000.0</v>
       </c>
       <c r="E957" s="3"/>
     </row>
     <row r="958" spans="1:5">
       <c r="A958" s="2">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="B958" s="3" t="s">
-        <v>962</v>
+        <v>965</v>
       </c>
       <c r="C958" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D958" s="9">
-        <v>95000.0</v>
+        <v>300000.0</v>
       </c>
       <c r="E958" s="3"/>
     </row>
     <row r="959" spans="1:5">
       <c r="A959" s="2">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="B959" s="3" t="s">
-        <v>963</v>
+        <v>966</v>
       </c>
       <c r="C959" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D959" s="9">
-        <v>180000.0</v>
+        <v>800000.0</v>
       </c>
       <c r="E959" s="3"/>
     </row>
     <row r="960" spans="1:5">
       <c r="A960" s="2">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="B960" s="3" t="s">
-        <v>964</v>
+        <v>967</v>
       </c>
       <c r="C960" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D960" s="9">
-        <v>375000.0</v>
+        <v>1200000.0</v>
       </c>
       <c r="E960" s="3"/>
     </row>
     <row r="961" spans="1:5">
       <c r="A961" s="2">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="B961" s="3" t="s">
-        <v>965</v>
+        <v>968</v>
       </c>
       <c r="C961" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D961" s="9">
-        <v>100000.0</v>
+        <v>1587600.0</v>
       </c>
       <c r="E961" s="3"/>
     </row>
     <row r="962" spans="1:5">
       <c r="A962" s="2">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="B962" s="3" t="s">
-        <v>966</v>
+        <v>969</v>
       </c>
       <c r="C962" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D962" s="9">
-        <v>500000.0</v>
+        <v>1860600.0</v>
       </c>
       <c r="E962" s="3"/>
     </row>
     <row r="963" spans="1:5">
       <c r="A963" s="2">
+        <v>29</v>
+      </c>
+      <c r="B963" s="3" t="s">
+        <v>970</v>
+      </c>
+      <c r="C963" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D963" s="9">
+        <v>700000.0</v>
+      </c>
+      <c r="E963" s="3"/>
+    </row>
+    <row r="964" spans="1:5">
+      <c r="A964" s="19" t="s">
+        <v>971</v>
+      </c>
+      <c r="B964" s="20"/>
+      <c r="C964" s="21"/>
+      <c r="D964" s="22"/>
+      <c r="E964" s="20"/>
+    </row>
+    <row r="965" spans="1:5">
+      <c r="A965" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B965" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C965" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D965" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E965" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="966" spans="1:5">
+      <c r="A966" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B966" s="3" t="s">
+        <v>972</v>
+      </c>
+      <c r="C966" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="D966" s="9">
+        <v>653400.0</v>
+      </c>
+      <c r="E966" s="3"/>
+    </row>
+    <row r="967" spans="1:5">
+      <c r="A967" s="19" t="s">
+        <v>973</v>
+      </c>
+      <c r="B967" s="20"/>
+      <c r="C967" s="21"/>
+      <c r="D967" s="22"/>
+      <c r="E967" s="20"/>
+    </row>
+    <row r="968" spans="1:5">
+      <c r="A968" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B968" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C968" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D968" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E968" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="969" spans="1:5">
+      <c r="A969" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B969" s="3" t="s">
+        <v>974</v>
+      </c>
+      <c r="C969" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D969" s="9">
+        <v>126000.0</v>
+      </c>
+      <c r="E969" s="3"/>
+    </row>
+    <row r="970" spans="1:5">
+      <c r="A970" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B970" s="3" t="s">
+        <v>975</v>
+      </c>
+      <c r="C970" s="6" t="s">
+        <v>458</v>
+      </c>
+      <c r="D970" s="9">
+        <v>140000.0</v>
+      </c>
+      <c r="E970" s="3"/>
+    </row>
+    <row r="971" spans="1:5">
+      <c r="A971" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="B971" s="3" t="s">
+        <v>976</v>
+      </c>
+      <c r="C971" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="D971" s="9">
+        <v>117000.0</v>
+      </c>
+      <c r="E971" s="3"/>
+    </row>
+    <row r="972" spans="1:5">
+      <c r="A972" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="B963" s="3" t="s">
-[...26 lines deleted...]
-      <c r="A965" s="2">
+      <c r="B972" s="3" t="s">
+        <v>977</v>
+      </c>
+      <c r="C972" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="D972" s="9">
+        <v>90000.0</v>
+      </c>
+      <c r="E972" s="3"/>
+    </row>
+    <row r="973" spans="1:5">
+      <c r="A973" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="B965" s="3" t="s">
-[...41 lines deleted...]
-      <c r="A968" s="2">
+      <c r="B973" s="3" t="s">
+        <v>978</v>
+      </c>
+      <c r="C973" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D973" s="9">
+        <v>250000.0</v>
+      </c>
+      <c r="E973" s="3"/>
+    </row>
+    <row r="974" spans="1:5">
+      <c r="A974" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="B968" s="3" t="s">
-[...26 lines deleted...]
-      <c r="A970" s="2">
+      <c r="B974" s="3" t="s">
+        <v>979</v>
+      </c>
+      <c r="C974" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D974" s="9">
+        <v>250000.0</v>
+      </c>
+      <c r="E974" s="3"/>
+    </row>
+    <row r="975" spans="1:5">
+      <c r="A975" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="B970" s="3" t="s">
-[...26 lines deleted...]
-      <c r="A972" s="2">
+      <c r="B975" s="3" t="s">
+        <v>980</v>
+      </c>
+      <c r="C975" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D975" s="9">
+        <v>90000.0</v>
+      </c>
+      <c r="E975" s="3"/>
+    </row>
+    <row r="976" spans="1:5">
+      <c r="A976" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="B972" s="3" t="s">
-[...26 lines deleted...]
-      <c r="A974" s="2">
+      <c r="B976" s="3" t="s">
+        <v>981</v>
+      </c>
+      <c r="C976" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="D976" s="9">
+        <v>400000.0</v>
+      </c>
+      <c r="E976" s="3"/>
+    </row>
+    <row r="977" spans="1:5">
+      <c r="A977" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="B974" s="3" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="B977" s="3" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="C977" s="6" t="s">
-        <v>194</v>
+        <v>215</v>
       </c>
       <c r="D977" s="9">
-        <v>120000.0</v>
+        <v>60000.0</v>
       </c>
       <c r="E977" s="3"/>
     </row>
     <row r="978" spans="1:5">
       <c r="A978" s="2">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="B978" s="3" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="C978" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D978" s="9">
-        <v>90000.0</v>
+        <v>100000.0</v>
       </c>
       <c r="E978" s="3"/>
     </row>
     <row r="979" spans="1:5">
       <c r="A979" s="2">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="B979" s="3" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="C979" s="6" t="s">
-        <v>194</v>
+        <v>256</v>
       </c>
       <c r="D979" s="9">
-        <v>0.0</v>
+        <v>300000.0</v>
       </c>
       <c r="E979" s="3"/>
     </row>
     <row r="980" spans="1:5">
       <c r="A980" s="2">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="B980" s="3" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="C980" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D980" s="9">
-        <v>90000.0</v>
+        <v>200000.0</v>
       </c>
       <c r="E980" s="3"/>
     </row>
     <row r="981" spans="1:5">
       <c r="A981" s="2">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="B981" s="3" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="C981" s="6" t="s">
-        <v>313</v>
+        <v>256</v>
       </c>
       <c r="D981" s="9">
-        <v>70000.0</v>
+        <v>210000.0</v>
       </c>
       <c r="E981" s="3"/>
     </row>
     <row r="982" spans="1:5">
       <c r="A982" s="2">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="B982" s="3" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="C982" s="6" t="s">
-        <v>194</v>
+        <v>256</v>
       </c>
       <c r="D982" s="9">
-        <v>110000.0</v>
+        <v>250000.0</v>
       </c>
       <c r="E982" s="3"/>
     </row>
     <row r="983" spans="1:5">
       <c r="A983" s="2">
-        <v>36</v>
+        <v>15</v>
       </c>
       <c r="B983" s="3" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="C983" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D983" s="9">
-        <v>45000.0</v>
+        <v>95000.0</v>
       </c>
       <c r="E983" s="3"/>
     </row>
     <row r="984" spans="1:5">
       <c r="A984" s="2">
-        <v>37</v>
+        <v>16</v>
       </c>
       <c r="B984" s="3" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="C984" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D984" s="9">
-        <v>120000.0</v>
+        <v>180000.0</v>
       </c>
       <c r="E984" s="3"/>
     </row>
     <row r="985" spans="1:5">
       <c r="A985" s="2">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="B985" s="3" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="C985" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D985" s="9">
-        <v>120000.0</v>
+        <v>375000.0</v>
       </c>
       <c r="E985" s="3"/>
     </row>
     <row r="986" spans="1:5">
       <c r="A986" s="2">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="B986" s="3" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="C986" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D986" s="9">
-        <v>190000.0</v>
+        <v>100000.0</v>
       </c>
       <c r="E986" s="3"/>
     </row>
     <row r="987" spans="1:5">
       <c r="A987" s="2">
-        <v>40</v>
+        <v>19</v>
       </c>
       <c r="B987" s="3" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="C987" s="6" t="s">
-        <v>313</v>
+        <v>189</v>
       </c>
       <c r="D987" s="9">
-        <v>550000.0</v>
+        <v>500000.0</v>
       </c>
       <c r="E987" s="3"/>
     </row>
     <row r="988" spans="1:5">
       <c r="A988" s="2">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="B988" s="3" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="C988" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D988" s="9">
-        <v>60000.0</v>
+        <v>100000.0</v>
       </c>
       <c r="E988" s="3"/>
     </row>
     <row r="989" spans="1:5">
       <c r="A989" s="2">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="B989" s="3" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="C989" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D989" s="9">
-        <v>30000.0</v>
+        <v>300000.0</v>
       </c>
       <c r="E989" s="3"/>
     </row>
     <row r="990" spans="1:5">
       <c r="A990" s="2">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="B990" s="3" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="C990" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D990" s="9">
-        <v>450000.0</v>
+        <v>390000.0</v>
       </c>
       <c r="E990" s="3"/>
     </row>
     <row r="991" spans="1:5">
       <c r="A991" s="2">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="B991" s="3" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="C991" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D991" s="9">
-        <v>100000.0</v>
+        <v>200000.0</v>
       </c>
       <c r="E991" s="3"/>
     </row>
     <row r="992" spans="1:5">
       <c r="A992" s="2">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="B992" s="3" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="C992" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D992" s="9">
-        <v>100000.0</v>
+        <v>56000.0</v>
       </c>
       <c r="E992" s="3"/>
     </row>
     <row r="993" spans="1:5">
       <c r="A993" s="2">
-        <v>46</v>
+        <v>25</v>
       </c>
       <c r="B993" s="3" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="C993" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D993" s="9">
-        <v>90000.0</v>
+        <v>130000.0</v>
       </c>
       <c r="E993" s="3"/>
     </row>
     <row r="994" spans="1:5">
       <c r="A994" s="2">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="B994" s="3" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="C994" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D994" s="9">
-        <v>50000.0</v>
+        <v>200000.0</v>
       </c>
       <c r="E994" s="3"/>
     </row>
     <row r="995" spans="1:5">
       <c r="A995" s="2">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="B995" s="3" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="C995" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D995" s="9">
-        <v>150000.0</v>
+        <v>200000.0</v>
       </c>
       <c r="E995" s="3"/>
     </row>
     <row r="996" spans="1:5">
       <c r="A996" s="2">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="B996" s="3" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="C996" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D996" s="9">
-        <v>82500.0</v>
+        <v>990000.0</v>
       </c>
       <c r="E996" s="3"/>
     </row>
     <row r="997" spans="1:5">
       <c r="A997" s="2">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="B997" s="3" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="C997" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D997" s="9">
-        <v>175000.0</v>
+        <v>160000.0</v>
       </c>
       <c r="E997" s="3"/>
     </row>
     <row r="998" spans="1:5">
       <c r="A998" s="2">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="B998" s="3" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="C998" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D998" s="9">
-        <v>100000.0</v>
+        <v>32000.0</v>
       </c>
       <c r="E998" s="3"/>
     </row>
     <row r="999" spans="1:5">
       <c r="A999" s="2">
-        <v>52</v>
+        <v>31</v>
       </c>
       <c r="B999" s="3" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="C999" s="6" t="s">
-        <v>313</v>
+        <v>189</v>
       </c>
       <c r="D999" s="9">
-        <v>400000.0</v>
+        <v>32000.0</v>
       </c>
       <c r="E999" s="3"/>
     </row>
     <row r="1000" spans="1:5">
       <c r="A1000" s="2">
-        <v>53</v>
+        <v>32</v>
       </c>
       <c r="B1000" s="3" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="C1000" s="6" t="s">
-        <v>313</v>
+        <v>189</v>
       </c>
       <c r="D1000" s="9">
-        <v>500000.0</v>
+        <v>80000.0</v>
       </c>
       <c r="E1000" s="3"/>
     </row>
     <row r="1001" spans="1:5">
       <c r="A1001" s="2">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="B1001" s="3" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="C1001" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D1001" s="9">
-        <v>150000.0</v>
+        <v>80000.0</v>
       </c>
       <c r="E1001" s="3"/>
     </row>
     <row r="1002" spans="1:5">
       <c r="A1002" s="2">
-        <v>55</v>
+        <v>34</v>
       </c>
       <c r="B1002" s="3" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="C1002" s="6" t="s">
-        <v>194</v>
+        <v>235</v>
       </c>
       <c r="D1002" s="9">
-        <v>100000.0</v>
+        <v>120000.0</v>
       </c>
       <c r="E1002" s="3"/>
     </row>
     <row r="1003" spans="1:5">
       <c r="A1003" s="2">
-        <v>56</v>
+        <v>35</v>
       </c>
       <c r="B1003" s="3" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="C1003" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D1003" s="9">
-        <v>208000.0</v>
+        <v>190000.0</v>
       </c>
       <c r="E1003" s="3"/>
     </row>
     <row r="1004" spans="1:5">
       <c r="A1004" s="2">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="B1004" s="3" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="C1004" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D1004" s="9">
-        <v>30000.0</v>
+        <v>120000.0</v>
       </c>
       <c r="E1004" s="3"/>
     </row>
     <row r="1005" spans="1:5">
       <c r="A1005" s="2">
-        <v>58</v>
+        <v>37</v>
       </c>
       <c r="B1005" s="3" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="C1005" s="6" t="s">
-        <v>260</v>
+        <v>189</v>
       </c>
       <c r="D1005" s="9">
-        <v>200000.0</v>
+        <v>90000.0</v>
       </c>
       <c r="E1005" s="3"/>
     </row>
     <row r="1006" spans="1:5">
       <c r="A1006" s="2">
-        <v>59</v>
+        <v>38</v>
       </c>
       <c r="B1006" s="3" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="C1006" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D1006" s="9">
         <v>100000.0</v>
       </c>
       <c r="E1006" s="3"/>
     </row>
     <row r="1007" spans="1:5">
       <c r="A1007" s="2">
-        <v>60</v>
+        <v>39</v>
       </c>
       <c r="B1007" s="3" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="C1007" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D1007" s="9">
-        <v>120000.0</v>
+        <v>90000.0</v>
       </c>
       <c r="E1007" s="3"/>
     </row>
     <row r="1008" spans="1:5">
       <c r="A1008" s="2">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="B1008" s="3" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="C1008" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D1008" s="9">
-        <v>52500.0</v>
+        <v>45000.0</v>
       </c>
       <c r="E1008" s="3"/>
     </row>
     <row r="1009" spans="1:5">
       <c r="A1009" s="2">
-        <v>62</v>
+        <v>41</v>
       </c>
       <c r="B1009" s="3" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="C1009" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D1009" s="9">
-        <v>90000.0</v>
+        <v>120000.0</v>
       </c>
       <c r="E1009" s="3"/>
     </row>
     <row r="1010" spans="1:5">
       <c r="A1010" s="2">
-        <v>63</v>
+        <v>42</v>
       </c>
       <c r="B1010" s="3" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="C1010" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D1010" s="9">
-        <v>90000.0</v>
+        <v>120000.0</v>
       </c>
       <c r="E1010" s="3"/>
     </row>
     <row r="1011" spans="1:5">
       <c r="A1011" s="2">
-        <v>64</v>
+        <v>43</v>
       </c>
       <c r="B1011" s="3" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="C1011" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D1011" s="9">
-        <v>100000.0</v>
+        <v>210000.0</v>
       </c>
       <c r="E1011" s="3"/>
     </row>
     <row r="1012" spans="1:5">
       <c r="A1012" s="2">
-        <v>65</v>
+        <v>44</v>
       </c>
       <c r="B1012" s="3" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="C1012" s="6" t="s">
-        <v>194</v>
+        <v>312</v>
       </c>
       <c r="D1012" s="9">
-        <v>100000.0</v>
+        <v>550000.0</v>
       </c>
       <c r="E1012" s="3"/>
     </row>
     <row r="1013" spans="1:5">
       <c r="A1013" s="2">
-        <v>66</v>
+        <v>45</v>
       </c>
       <c r="B1013" s="3" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="C1013" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D1013" s="9">
-        <v>40000.0</v>
+        <v>60000.0</v>
       </c>
       <c r="E1013" s="3"/>
     </row>
     <row r="1014" spans="1:5">
       <c r="A1014" s="2">
-        <v>67</v>
+        <v>46</v>
       </c>
       <c r="B1014" s="3" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="C1014" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D1014" s="9">
-        <v>0.0</v>
+        <v>30000.0</v>
       </c>
       <c r="E1014" s="3"/>
     </row>
     <row r="1015" spans="1:5">
       <c r="A1015" s="2">
-        <v>68</v>
+        <v>47</v>
       </c>
       <c r="B1015" s="3" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="C1015" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D1015" s="9">
-        <v>200000.0</v>
+        <v>450000.0</v>
       </c>
       <c r="E1015" s="3"/>
     </row>
     <row r="1016" spans="1:5">
       <c r="A1016" s="2">
-        <v>69</v>
+        <v>48</v>
       </c>
       <c r="B1016" s="3" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="C1016" s="6" t="s">
-        <v>459</v>
+        <v>189</v>
       </c>
       <c r="D1016" s="9">
-        <v>120000.0</v>
+        <v>100000.0</v>
       </c>
       <c r="E1016" s="3"/>
     </row>
     <row r="1017" spans="1:5">
       <c r="A1017" s="2">
-        <v>70</v>
+        <v>49</v>
       </c>
       <c r="B1017" s="3" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="C1017" s="6" t="s">
-        <v>1022</v>
+        <v>189</v>
       </c>
       <c r="D1017" s="9">
-        <v>190000.0</v>
+        <v>100000.0</v>
       </c>
       <c r="E1017" s="3"/>
     </row>
     <row r="1018" spans="1:5">
       <c r="A1018" s="2">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="B1018" s="3" t="s">
         <v>1023</v>
       </c>
       <c r="C1018" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D1018" s="9">
-        <v>84000.0</v>
+        <v>90000.0</v>
       </c>
       <c r="E1018" s="3"/>
     </row>
     <row r="1019" spans="1:5">
       <c r="A1019" s="2">
-        <v>72</v>
+        <v>51</v>
       </c>
       <c r="B1019" s="3" t="s">
         <v>1024</v>
       </c>
       <c r="C1019" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D1019" s="9">
-        <v>84000.0</v>
+        <v>50000.0</v>
       </c>
       <c r="E1019" s="3"/>
     </row>
     <row r="1020" spans="1:5">
       <c r="A1020" s="2">
-        <v>73</v>
+        <v>52</v>
       </c>
       <c r="B1020" s="3" t="s">
         <v>1025</v>
       </c>
       <c r="C1020" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D1020" s="9">
-        <v>100000.0</v>
+        <v>150000.0</v>
       </c>
       <c r="E1020" s="3"/>
     </row>
     <row r="1021" spans="1:5">
       <c r="A1021" s="2">
-        <v>74</v>
+        <v>53</v>
       </c>
       <c r="B1021" s="3" t="s">
         <v>1026</v>
       </c>
       <c r="C1021" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D1021" s="9">
-        <v>100000.0</v>
+        <v>82500.0</v>
       </c>
       <c r="E1021" s="3"/>
     </row>
     <row r="1022" spans="1:5">
       <c r="A1022" s="2">
-        <v>75</v>
+        <v>54</v>
       </c>
       <c r="B1022" s="3" t="s">
         <v>1027</v>
       </c>
       <c r="C1022" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D1022" s="9">
-        <v>90000.0</v>
+        <v>175000.0</v>
       </c>
       <c r="E1022" s="3"/>
     </row>
     <row r="1023" spans="1:5">
       <c r="A1023" s="2">
-        <v>76</v>
+        <v>55</v>
       </c>
       <c r="B1023" s="3" t="s">
         <v>1028</v>
       </c>
       <c r="C1023" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D1023" s="9">
         <v>100000.0</v>
       </c>
       <c r="E1023" s="3"/>
     </row>
     <row r="1024" spans="1:5">
       <c r="A1024" s="2">
-        <v>77</v>
+        <v>56</v>
       </c>
       <c r="B1024" s="3" t="s">
         <v>1029</v>
       </c>
       <c r="C1024" s="6" t="s">
-        <v>194</v>
+        <v>312</v>
       </c>
       <c r="D1024" s="9">
-        <v>130000.0</v>
+        <v>400000.0</v>
       </c>
       <c r="E1024" s="3"/>
     </row>
     <row r="1025" spans="1:5">
       <c r="A1025" s="2">
-        <v>78</v>
+        <v>57</v>
       </c>
       <c r="B1025" s="3" t="s">
         <v>1030</v>
       </c>
       <c r="C1025" s="6" t="s">
-        <v>194</v>
+        <v>312</v>
       </c>
       <c r="D1025" s="9">
-        <v>120000.0</v>
+        <v>500000.0</v>
       </c>
       <c r="E1025" s="3"/>
     </row>
     <row r="1026" spans="1:5">
       <c r="A1026" s="2">
-        <v>79</v>
+        <v>58</v>
       </c>
       <c r="B1026" s="3" t="s">
         <v>1031</v>
       </c>
       <c r="C1026" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D1026" s="9">
-        <v>0.0</v>
+        <v>150000.0</v>
       </c>
       <c r="E1026" s="3"/>
     </row>
     <row r="1027" spans="1:5">
       <c r="A1027" s="2">
-        <v>80</v>
+        <v>59</v>
       </c>
       <c r="B1027" s="3" t="s">
         <v>1032</v>
       </c>
       <c r="C1027" s="6" t="s">
-        <v>313</v>
+        <v>189</v>
       </c>
       <c r="D1027" s="9">
-        <v>120000.0</v>
+        <v>100000.0</v>
       </c>
       <c r="E1027" s="3"/>
     </row>
     <row r="1028" spans="1:5">
       <c r="A1028" s="2">
-        <v>81</v>
+        <v>60</v>
       </c>
       <c r="B1028" s="3" t="s">
         <v>1033</v>
       </c>
       <c r="C1028" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D1028" s="9">
-        <v>0.0</v>
+        <v>180000.0</v>
       </c>
       <c r="E1028" s="3"/>
     </row>
     <row r="1029" spans="1:5">
       <c r="A1029" s="2">
-        <v>82</v>
+        <v>61</v>
       </c>
       <c r="B1029" s="3" t="s">
         <v>1034</v>
       </c>
       <c r="C1029" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D1029" s="9">
-        <v>120000.0</v>
+        <v>324000.0</v>
       </c>
       <c r="E1029" s="3"/>
     </row>
     <row r="1030" spans="1:5">
       <c r="A1030" s="2">
-        <v>83</v>
+        <v>62</v>
       </c>
       <c r="B1030" s="3" t="s">
         <v>1035</v>
       </c>
       <c r="C1030" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D1030" s="9">
-        <v>200000.0</v>
+        <v>120000.0</v>
       </c>
       <c r="E1030" s="3"/>
     </row>
     <row r="1031" spans="1:5">
       <c r="A1031" s="2">
-        <v>84</v>
+        <v>63</v>
       </c>
       <c r="B1031" s="3" t="s">
         <v>1036</v>
       </c>
       <c r="C1031" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D1031" s="9">
-        <v>180000.0</v>
+        <v>100000.0</v>
       </c>
       <c r="E1031" s="3"/>
     </row>
     <row r="1032" spans="1:5">
       <c r="A1032" s="2">
-        <v>85</v>
+        <v>64</v>
       </c>
       <c r="B1032" s="3" t="s">
         <v>1037</v>
       </c>
       <c r="C1032" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D1032" s="9">
-        <v>120000.0</v>
+        <v>150000.0</v>
       </c>
       <c r="E1032" s="3"/>
     </row>
     <row r="1033" spans="1:5">
       <c r="A1033" s="2">
-        <v>86</v>
+        <v>65</v>
       </c>
       <c r="B1033" s="3" t="s">
         <v>1038</v>
       </c>
       <c r="C1033" s="6" t="s">
-        <v>194</v>
+        <v>256</v>
       </c>
       <c r="D1033" s="9">
-        <v>0.0</v>
+        <v>130000.0</v>
       </c>
       <c r="E1033" s="3"/>
     </row>
     <row r="1034" spans="1:5">
       <c r="A1034" s="2">
-        <v>87</v>
+        <v>66</v>
       </c>
       <c r="B1034" s="3" t="s">
         <v>1039</v>
       </c>
       <c r="C1034" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D1034" s="9">
-        <v>49000.0</v>
+        <v>100000.0</v>
       </c>
       <c r="E1034" s="3"/>
     </row>
     <row r="1035" spans="1:5">
       <c r="A1035" s="2">
-        <v>88</v>
+        <v>67</v>
       </c>
       <c r="B1035" s="3" t="s">
         <v>1040</v>
       </c>
       <c r="C1035" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D1035" s="9">
-        <v>100000.0</v>
+        <v>120000.0</v>
       </c>
       <c r="E1035" s="3"/>
     </row>
     <row r="1036" spans="1:5">
       <c r="A1036" s="2">
-        <v>89</v>
+        <v>68</v>
       </c>
       <c r="B1036" s="3" t="s">
         <v>1041</v>
       </c>
       <c r="C1036" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D1036" s="9">
-        <v>0.0</v>
+        <v>52500.0</v>
       </c>
       <c r="E1036" s="3"/>
     </row>
     <row r="1037" spans="1:5">
       <c r="A1037" s="2">
-        <v>90</v>
+        <v>69</v>
       </c>
       <c r="B1037" s="3" t="s">
         <v>1042</v>
       </c>
       <c r="C1037" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D1037" s="9">
-        <v>120000.0</v>
+        <v>100000.0</v>
       </c>
       <c r="E1037" s="3"/>
     </row>
     <row r="1038" spans="1:5">
       <c r="A1038" s="2">
-        <v>91</v>
+        <v>70</v>
       </c>
       <c r="B1038" s="3" t="s">
         <v>1043</v>
       </c>
       <c r="C1038" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D1038" s="9">
-        <v>200000.0</v>
+        <v>100000.0</v>
       </c>
       <c r="E1038" s="3"/>
     </row>
     <row r="1039" spans="1:5">
       <c r="A1039" s="2">
-        <v>92</v>
+        <v>71</v>
       </c>
       <c r="B1039" s="3" t="s">
         <v>1044</v>
       </c>
       <c r="C1039" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D1039" s="9">
         <v>100000.0</v>
       </c>
       <c r="E1039" s="3"/>
     </row>
     <row r="1040" spans="1:5">
       <c r="A1040" s="2">
-        <v>93</v>
+        <v>72</v>
       </c>
       <c r="B1040" s="3" t="s">
         <v>1045</v>
       </c>
       <c r="C1040" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D1040" s="9">
+        <v>100000.0</v>
+      </c>
+      <c r="E1040" s="3"/>
+    </row>
+    <row r="1041" spans="1:5">
+      <c r="A1041" s="2">
+        <v>73</v>
+      </c>
+      <c r="B1041" s="3" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C1041" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D1041" s="9">
+        <v>150000.0</v>
+      </c>
+      <c r="E1041" s="3"/>
+    </row>
+    <row r="1042" spans="1:5">
+      <c r="A1042" s="2">
+        <v>74</v>
+      </c>
+      <c r="B1042" s="3" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C1042" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D1042" s="9">
+        <v>150000.0</v>
+      </c>
+      <c r="E1042" s="3"/>
+    </row>
+    <row r="1043" spans="1:5">
+      <c r="A1043" s="2">
+        <v>75</v>
+      </c>
+      <c r="B1043" s="3" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C1043" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D1043" s="9">
+        <v>100000.0</v>
+      </c>
+      <c r="E1043" s="3"/>
+    </row>
+    <row r="1044" spans="1:5">
+      <c r="A1044" s="2">
+        <v>76</v>
+      </c>
+      <c r="B1044" s="3" t="s">
+        <v>1049</v>
+      </c>
+      <c r="C1044" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D1044" s="9">
+        <v>100000.0</v>
+      </c>
+      <c r="E1044" s="3"/>
+    </row>
+    <row r="1045" spans="1:5">
+      <c r="A1045" s="2">
+        <v>77</v>
+      </c>
+      <c r="B1045" s="3" t="s">
+        <v>1050</v>
+      </c>
+      <c r="C1045" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D1045" s="9">
+        <v>200000.0</v>
+      </c>
+      <c r="E1045" s="3"/>
+    </row>
+    <row r="1046" spans="1:5">
+      <c r="A1046" s="2">
+        <v>78</v>
+      </c>
+      <c r="B1046" s="3" t="s">
+        <v>1051</v>
+      </c>
+      <c r="C1046" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D1046" s="9">
+        <v>110000.0</v>
+      </c>
+      <c r="E1046" s="3"/>
+    </row>
+    <row r="1047" spans="1:5">
+      <c r="A1047" s="2">
+        <v>79</v>
+      </c>
+      <c r="B1047" s="3" t="s">
+        <v>1052</v>
+      </c>
+      <c r="C1047" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="D1047" s="9">
+        <v>110000.0</v>
+      </c>
+      <c r="E1047" s="3"/>
+    </row>
+    <row r="1048" spans="1:5">
+      <c r="A1048" s="2">
+        <v>80</v>
+      </c>
+      <c r="B1048" s="3" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C1048" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="D1048" s="9">
+        <v>70000.0</v>
+      </c>
+      <c r="E1048" s="3"/>
+    </row>
+    <row r="1049" spans="1:5">
+      <c r="A1049" s="2">
+        <v>81</v>
+      </c>
+      <c r="B1049" s="3" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C1049" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="D1049" s="9">
+        <v>110000.0</v>
+      </c>
+      <c r="E1049" s="3"/>
+    </row>
+    <row r="1050" spans="1:5">
+      <c r="A1050" s="2">
+        <v>82</v>
+      </c>
+      <c r="B1050" s="3" t="s">
+        <v>1055</v>
+      </c>
+      <c r="C1050" s="6" t="s">
+        <v>458</v>
+      </c>
+      <c r="D1050" s="9">
+        <v>100000.0</v>
+      </c>
+      <c r="E1050" s="3"/>
+    </row>
+    <row r="1051" spans="1:5">
+      <c r="A1051" s="2">
+        <v>83</v>
+      </c>
+      <c r="B1051" s="3" t="s">
+        <v>1056</v>
+      </c>
+      <c r="C1051" s="6" t="s">
+        <v>1057</v>
+      </c>
+      <c r="D1051" s="9">
+        <v>190000.0</v>
+      </c>
+      <c r="E1051" s="3"/>
+    </row>
+    <row r="1052" spans="1:5">
+      <c r="A1052" s="2">
+        <v>84</v>
+      </c>
+      <c r="B1052" s="3" t="s">
+        <v>1058</v>
+      </c>
+      <c r="C1052" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D1052" s="9">
+        <v>150000.0</v>
+      </c>
+      <c r="E1052" s="3"/>
+    </row>
+    <row r="1053" spans="1:5">
+      <c r="A1053" s="2">
+        <v>85</v>
+      </c>
+      <c r="B1053" s="3" t="s">
+        <v>1059</v>
+      </c>
+      <c r="C1053" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D1053" s="9">
+        <v>150000.0</v>
+      </c>
+      <c r="E1053" s="3"/>
+    </row>
+    <row r="1054" spans="1:5">
+      <c r="A1054" s="2">
+        <v>86</v>
+      </c>
+      <c r="B1054" s="3" t="s">
+        <v>1060</v>
+      </c>
+      <c r="C1054" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D1054" s="9">
+        <v>100000.0</v>
+      </c>
+      <c r="E1054" s="3"/>
+    </row>
+    <row r="1055" spans="1:5">
+      <c r="A1055" s="2">
+        <v>87</v>
+      </c>
+      <c r="B1055" s="3" t="s">
+        <v>1061</v>
+      </c>
+      <c r="C1055" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D1055" s="9">
+        <v>100000.0</v>
+      </c>
+      <c r="E1055" s="3"/>
+    </row>
+    <row r="1056" spans="1:5">
+      <c r="A1056" s="2">
+        <v>88</v>
+      </c>
+      <c r="B1056" s="3" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C1056" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D1056" s="9">
+        <v>90000.0</v>
+      </c>
+      <c r="E1056" s="3"/>
+    </row>
+    <row r="1057" spans="1:5">
+      <c r="A1057" s="2">
+        <v>89</v>
+      </c>
+      <c r="B1057" s="3" t="s">
+        <v>1063</v>
+      </c>
+      <c r="C1057" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D1057" s="9">
+        <v>350000.0</v>
+      </c>
+      <c r="E1057" s="3"/>
+    </row>
+    <row r="1058" spans="1:5">
+      <c r="A1058" s="2">
+        <v>90</v>
+      </c>
+      <c r="B1058" s="3" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C1058" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D1058" s="9">
+        <v>180000.0</v>
+      </c>
+      <c r="E1058" s="3"/>
+    </row>
+    <row r="1059" spans="1:5">
+      <c r="A1059" s="2">
+        <v>91</v>
+      </c>
+      <c r="B1059" s="3" t="s">
+        <v>1065</v>
+      </c>
+      <c r="C1059" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D1059" s="9">
+        <v>130000.0</v>
+      </c>
+      <c r="E1059" s="3"/>
+    </row>
+    <row r="1060" spans="1:5">
+      <c r="A1060" s="2">
+        <v>92</v>
+      </c>
+      <c r="B1060" s="3" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C1060" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D1060" s="9">
+        <v>150000.0</v>
+      </c>
+      <c r="E1060" s="3"/>
+    </row>
+    <row r="1061" spans="1:5">
+      <c r="A1061" s="2">
+        <v>93</v>
+      </c>
+      <c r="B1061" s="3" t="s">
+        <v>1067</v>
+      </c>
+      <c r="C1061" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D1061" s="9">
+        <v>120000.0</v>
+      </c>
+      <c r="E1061" s="3"/>
+    </row>
+    <row r="1062" spans="1:5">
+      <c r="A1062" s="2">
+        <v>94</v>
+      </c>
+      <c r="B1062" s="3" t="s">
+        <v>1068</v>
+      </c>
+      <c r="C1062" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D1062" s="9">
+        <v>150000.0</v>
+      </c>
+      <c r="E1062" s="3"/>
+    </row>
+    <row r="1063" spans="1:5">
+      <c r="A1063" s="2">
+        <v>95</v>
+      </c>
+      <c r="B1063" s="3" t="s">
+        <v>1069</v>
+      </c>
+      <c r="C1063" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D1063" s="9">
+        <v>100000.0</v>
+      </c>
+      <c r="E1063" s="3"/>
+    </row>
+    <row r="1064" spans="1:5">
+      <c r="A1064" s="2">
+        <v>96</v>
+      </c>
+      <c r="B1064" s="3" t="s">
+        <v>1070</v>
+      </c>
+      <c r="C1064" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="D1064" s="9">
+        <v>120000.0</v>
+      </c>
+      <c r="E1064" s="3"/>
+    </row>
+    <row r="1065" spans="1:5">
+      <c r="A1065" s="2">
+        <v>97</v>
+      </c>
+      <c r="B1065" s="3" t="s">
+        <v>1071</v>
+      </c>
+      <c r="C1065" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D1065" s="9">
+        <v>150000.0</v>
+      </c>
+      <c r="E1065" s="3"/>
+    </row>
+    <row r="1066" spans="1:5">
+      <c r="A1066" s="2">
+        <v>98</v>
+      </c>
+      <c r="B1066" s="3" t="s">
+        <v>1072</v>
+      </c>
+      <c r="C1066" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D1066" s="9">
+        <v>150000.0</v>
+      </c>
+      <c r="E1066" s="3"/>
+    </row>
+    <row r="1067" spans="1:5">
+      <c r="A1067" s="2">
+        <v>99</v>
+      </c>
+      <c r="B1067" s="3" t="s">
+        <v>1073</v>
+      </c>
+      <c r="C1067" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D1067" s="9">
+        <v>100000.0</v>
+      </c>
+      <c r="E1067" s="3"/>
+    </row>
+    <row r="1068" spans="1:5">
+      <c r="A1068" s="2">
+        <v>100</v>
+      </c>
+      <c r="B1068" s="3" t="s">
+        <v>1074</v>
+      </c>
+      <c r="C1068" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D1068" s="9">
+        <v>120000.0</v>
+      </c>
+      <c r="E1068" s="3"/>
+    </row>
+    <row r="1069" spans="1:5">
+      <c r="A1069" s="2">
+        <v>101</v>
+      </c>
+      <c r="B1069" s="3" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C1069" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D1069" s="9">
+        <v>250000.0</v>
+      </c>
+      <c r="E1069" s="3"/>
+    </row>
+    <row r="1070" spans="1:5">
+      <c r="A1070" s="2">
+        <v>102</v>
+      </c>
+      <c r="B1070" s="3" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C1070" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D1070" s="9">
+        <v>200000.0</v>
+      </c>
+      <c r="E1070" s="3"/>
+    </row>
+    <row r="1071" spans="1:5">
+      <c r="A1071" s="2">
+        <v>103</v>
+      </c>
+      <c r="B1071" s="3" t="s">
+        <v>1077</v>
+      </c>
+      <c r="C1071" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D1071" s="9">
+        <v>180000.0</v>
+      </c>
+      <c r="E1071" s="3"/>
+    </row>
+    <row r="1072" spans="1:5">
+      <c r="A1072" s="2">
+        <v>104</v>
+      </c>
+      <c r="B1072" s="3" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C1072" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D1072" s="9">
+        <v>180000.0</v>
+      </c>
+      <c r="E1072" s="3"/>
+    </row>
+    <row r="1073" spans="1:5">
+      <c r="A1073" s="2">
+        <v>105</v>
+      </c>
+      <c r="B1073" s="3" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C1073" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D1073" s="9">
+        <v>180000.0</v>
+      </c>
+      <c r="E1073" s="3"/>
+    </row>
+    <row r="1074" spans="1:5">
+      <c r="A1074" s="2">
+        <v>106</v>
+      </c>
+      <c r="B1074" s="3" t="s">
+        <v>1080</v>
+      </c>
+      <c r="C1074" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D1074" s="9">
+        <v>100000.0</v>
+      </c>
+      <c r="E1074" s="3"/>
+    </row>
+    <row r="1075" spans="1:5">
+      <c r="A1075" s="2">
+        <v>107</v>
+      </c>
+      <c r="B1075" s="3" t="s">
+        <v>1081</v>
+      </c>
+      <c r="C1075" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D1075" s="9">
+        <v>100000.0</v>
+      </c>
+      <c r="E1075" s="3"/>
+    </row>
+    <row r="1076" spans="1:5">
+      <c r="A1076" s="2">
+        <v>108</v>
+      </c>
+      <c r="B1076" s="3" t="s">
+        <v>1082</v>
+      </c>
+      <c r="C1076" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D1076" s="9">
+        <v>200000.0</v>
+      </c>
+      <c r="E1076" s="3"/>
+    </row>
+    <row r="1077" spans="1:5">
+      <c r="A1077" s="2">
+        <v>109</v>
+      </c>
+      <c r="B1077" s="3" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C1077" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D1077" s="9">
+        <v>150000.0</v>
+      </c>
+      <c r="E1077" s="3"/>
+    </row>
+    <row r="1078" spans="1:5">
+      <c r="A1078" s="2">
+        <v>110</v>
+      </c>
+      <c r="B1078" s="3" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C1078" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D1078" s="9">
+        <v>250000.0</v>
+      </c>
+      <c r="E1078" s="3"/>
+    </row>
+    <row r="1079" spans="1:5">
+      <c r="A1079" s="2">
+        <v>111</v>
+      </c>
+      <c r="B1079" s="3" t="s">
+        <v>1085</v>
+      </c>
+      <c r="C1079" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D1079" s="9">
+        <v>49000.0</v>
+      </c>
+      <c r="E1079" s="3"/>
+    </row>
+    <row r="1080" spans="1:5">
+      <c r="A1080" s="2">
+        <v>112</v>
+      </c>
+      <c r="B1080" s="3" t="s">
+        <v>1086</v>
+      </c>
+      <c r="C1080" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D1080" s="9">
+        <v>180000.0</v>
+      </c>
+      <c r="E1080" s="3"/>
+    </row>
+    <row r="1081" spans="1:5">
+      <c r="A1081" s="2">
+        <v>113</v>
+      </c>
+      <c r="B1081" s="3" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C1081" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D1081" s="9">
+        <v>130000.0</v>
+      </c>
+      <c r="E1081" s="3"/>
+    </row>
+    <row r="1082" spans="1:5">
+      <c r="A1082" s="2">
+        <v>114</v>
+      </c>
+      <c r="B1082" s="3" t="s">
+        <v>1088</v>
+      </c>
+      <c r="C1082" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D1082" s="9">
+        <v>100000.0</v>
+      </c>
+      <c r="E1082" s="3"/>
+    </row>
+    <row r="1083" spans="1:5">
+      <c r="A1083" s="2">
+        <v>115</v>
+      </c>
+      <c r="B1083" s="3" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C1083" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D1083" s="9">
+        <v>120000.0</v>
+      </c>
+      <c r="E1083" s="3"/>
+    </row>
+    <row r="1084" spans="1:5">
+      <c r="A1084" s="2">
+        <v>116</v>
+      </c>
+      <c r="B1084" s="3" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C1084" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D1084" s="9">
+        <v>100000.0</v>
+      </c>
+      <c r="E1084" s="3"/>
+    </row>
+    <row r="1085" spans="1:5">
+      <c r="A1085" s="2">
+        <v>117</v>
+      </c>
+      <c r="B1085" s="3" t="s">
+        <v>1091</v>
+      </c>
+      <c r="C1085" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="D1085" s="9">
+        <v>300000.0</v>
+      </c>
+      <c r="E1085" s="3"/>
+    </row>
+    <row r="1086" spans="1:5">
+      <c r="A1086" s="2">
+        <v>118</v>
+      </c>
+      <c r="B1086" s="3" t="s">
+        <v>1092</v>
+      </c>
+      <c r="C1086" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D1086" s="9">
+        <v>180000.0</v>
+      </c>
+      <c r="E1086" s="3"/>
+    </row>
+    <row r="1087" spans="1:5">
+      <c r="A1087" s="2">
+        <v>119</v>
+      </c>
+      <c r="B1087" s="3" t="s">
+        <v>1093</v>
+      </c>
+      <c r="C1087" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D1087" s="9">
+        <v>100000.0</v>
+      </c>
+      <c r="E1087" s="3"/>
+    </row>
+    <row r="1088" spans="1:5">
+      <c r="A1088" s="2">
+        <v>120</v>
+      </c>
+      <c r="B1088" s="3" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C1088" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D1088" s="9">
         <v>225000.0</v>
       </c>
-      <c r="E1040" s="3"/>
-[...6 lines deleted...]
-      <c r="E1041" s="3"/>
+      <c r="E1088" s="3"/>
+    </row>
+    <row r="1089" spans="1:5">
+      <c r="A1089" s="2"/>
+      <c r="B1089" s="3"/>
+      <c r="C1089" s="6"/>
+      <c r="D1089" s="9"/>
+      <c r="E1089" s="3"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="B3:E3"/>
-    <mergeCell ref="B165:E165"/>
-    <mergeCell ref="B196:E196"/>
+    <mergeCell ref="B160:E160"/>
+    <mergeCell ref="B192:E192"/>
     <mergeCell ref="B334:E334"/>
-    <mergeCell ref="B430:E430"/>
-[...4 lines deleted...]
-    <mergeCell ref="B738:E738"/>
+    <mergeCell ref="B432:E432"/>
+    <mergeCell ref="B503:E503"/>
+    <mergeCell ref="B523:E523"/>
+    <mergeCell ref="B563:E563"/>
+    <mergeCell ref="B612:E612"/>
+    <mergeCell ref="B752:E752"/>
     <mergeCell ref="A4:E4"/>
-    <mergeCell ref="A55:E55"/>
-[...7 lines deleted...]
-    <mergeCell ref="A289:E289"/>
+    <mergeCell ref="A54:E54"/>
+    <mergeCell ref="A161:E161"/>
+    <mergeCell ref="A165:E165"/>
+    <mergeCell ref="A173:E173"/>
+    <mergeCell ref="A177:E177"/>
+    <mergeCell ref="A193:E193"/>
+    <mergeCell ref="A231:E231"/>
+    <mergeCell ref="A252:E252"/>
+    <mergeCell ref="A288:E288"/>
     <mergeCell ref="A335:E335"/>
-    <mergeCell ref="A356:E356"/>
-[...9 lines deleted...]
-    <mergeCell ref="A517:E517"/>
+    <mergeCell ref="A357:E357"/>
+    <mergeCell ref="A406:E406"/>
+    <mergeCell ref="A411:E411"/>
+    <mergeCell ref="A418:E418"/>
+    <mergeCell ref="A428:E428"/>
+    <mergeCell ref="A433:E433"/>
+    <mergeCell ref="A475:E475"/>
+    <mergeCell ref="A492:E492"/>
+    <mergeCell ref="A504:E504"/>
+    <mergeCell ref="A520:E520"/>
     <mergeCell ref="A524:E524"/>
-    <mergeCell ref="A528:E528"/>
+    <mergeCell ref="A531:E531"/>
     <mergeCell ref="A535:E535"/>
-    <mergeCell ref="A557:E557"/>
-[...2 lines deleted...]
-    <mergeCell ref="A620:E620"/>
+    <mergeCell ref="A542:E542"/>
+    <mergeCell ref="A564:E564"/>
+    <mergeCell ref="A592:E592"/>
+    <mergeCell ref="A613:E613"/>
     <mergeCell ref="A670:E670"/>
-    <mergeCell ref="A678:E678"/>
-[...15 lines deleted...]
-    <mergeCell ref="A946:E946"/>
+    <mergeCell ref="A680:E680"/>
+    <mergeCell ref="A688:E688"/>
+    <mergeCell ref="A697:E697"/>
+    <mergeCell ref="A703:E703"/>
+    <mergeCell ref="A711:E711"/>
+    <mergeCell ref="A735:E735"/>
+    <mergeCell ref="A742:E742"/>
+    <mergeCell ref="A753:E753"/>
+    <mergeCell ref="A763:E763"/>
+    <mergeCell ref="A815:E815"/>
+    <mergeCell ref="A844:E844"/>
+    <mergeCell ref="A870:E870"/>
+    <mergeCell ref="A875:E875"/>
+    <mergeCell ref="A879:E879"/>
+    <mergeCell ref="A918:E918"/>
+    <mergeCell ref="A933:E933"/>
+    <mergeCell ref="A964:E964"/>
+    <mergeCell ref="A967:E967"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>