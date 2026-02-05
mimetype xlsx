--- v0 (2025-10-31)
+++ v1 (2026-02-05)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="408">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="416">
   <si>
     <t>BẢNG GIÁ LẺ CÁP TÍN HIỆU VÀ ĐẦU CHUYỂN</t>
   </si>
   <si>
     <t>NO1</t>
   </si>
   <si>
     <t>Cáp Vga</t>
   </si>
   <si>
     <t>Cáp Chuyển Vga</t>
   </si>
   <si>
     <t>STT</t>
   </si>
   <si>
     <t>TÊN HÀNG HÓA</t>
   </si>
   <si>
     <t>ĐƠN VỊ</t>
   </si>
   <si>
     <t>GIÁ LẺ</t>
   </si>
   <si>
@@ -100,56 +100,56 @@
   <si>
     <t>Cáp chuyển VGA to HDMI + Audio M-Pard MD108</t>
   </si>
   <si>
     <t>06</t>
   </si>
   <si>
     <t>Cáp VGA + Audio + USB to HDMI 1.8m BX048</t>
   </si>
   <si>
     <t>07</t>
   </si>
   <si>
     <t>Cáp VGA Audio to HDMI 30cm BX032</t>
   </si>
   <si>
     <t>08</t>
   </si>
   <si>
     <t>Cáp VGA audio to HDMI V01 (VGA to HDMI)</t>
   </si>
   <si>
     <t>09</t>
   </si>
   <si>
-    <t>Cáp VGA to HDMI (audio + USB) MD008</t>
-[...1 lines deleted...]
-  <si>
     <t>Cáp VGA to HDMI + Audio + USB 1.8m M-Pard MH083</t>
   </si>
   <si>
+    <t>Cáp VGA to HDMI audio + USB M-Pard MD008</t>
+  </si>
+  <si>
     <t>Cáp VGA USB audio to HDMI Unitek V112A (VGA to HDMI)</t>
   </si>
   <si>
     <t>Cáp VGA USB audio to HDMI Unitek Y-8711 (VGA to HDMI)</t>
   </si>
   <si>
     <t>Cáp Tín Hiệu Vga</t>
   </si>
   <si>
     <t>Cáp VGA 1.5m JQB</t>
   </si>
   <si>
     <t>Cáp VGA 1.5m KV401</t>
   </si>
   <si>
     <t>Cáp VGA 1.5m M-Pard MH032</t>
   </si>
   <si>
     <t>Cáp VGA 1.5m Unitek Y-C503G</t>
   </si>
   <si>
     <t>Cáp VGA 1.5m Vellygood High Speed 3+4</t>
   </si>
   <si>
     <t>Cáp VGA 1.5m VMS1.5</t>
@@ -214,80 +214,83 @@
   <si>
     <t>NO2</t>
   </si>
   <si>
     <t>Cáp Hdmi</t>
   </si>
   <si>
     <t>Cáp Chuyển Hdmi</t>
   </si>
   <si>
     <t>Bộ kit thu phát HDMI không dây wireless KD 50m Unitek V1183A01 2.4G</t>
   </si>
   <si>
     <t>Bộ</t>
   </si>
   <si>
     <t>Cáp chuyển HDMI to VGA</t>
   </si>
   <si>
     <t>Cáp chuyển HDMI to VGA + Audio Kingmaster KY-H124B</t>
   </si>
   <si>
     <t>Cáp HDMI to DVI (DVI to HDMI) 1.5m Kingmaster KM051/501 2K (24+1) (2 chiều)</t>
   </si>
   <si>
-    <t>Cáp HDMI to DVI (DVI to HDMI) 1.5m M-Pard MH019 (2 chiều) (24-1)</t>
-[...1 lines deleted...]
-  <si>
     <t>Cáp HDMI to DVI (DVI to HDMI) 1.5m Unitek Y-C217A 2K (24+1) (2 chiều)</t>
   </si>
   <si>
     <t>Cáp HDMI to DVI (DVI to HDMI) 3m Kingmaster KM052 (2 chiều)</t>
   </si>
   <si>
+    <t>Cáp HDMI to DVI - DVI to HDMI 1.5m M-Pard MH019 2 chiều 24-1</t>
+  </si>
+  <si>
     <t>Cáp HDMI to VGA (MD01)</t>
   </si>
   <si>
     <t>Cáp HDMI to VGA + Audio Unitek Y-6333 (BOX)</t>
   </si>
   <si>
     <t>Cáp HDMI to VGA 1.8m BX005</t>
   </si>
   <si>
     <t>Cáp HDMI to VGA 3m BX006</t>
   </si>
   <si>
     <t>Cáp HDMI to VGA Kingmaster KM001</t>
   </si>
   <si>
     <t>Cáp mini HDMI to HDMI 1.5m MH046 M-pard</t>
   </si>
   <si>
     <t>Hộp nối dài HDMI to Lan 30m H-01 HDTV extender by cat5 cat6</t>
   </si>
   <si>
+    <t>Hộp nối dài HDMI to Lan 60m M-Pard MD052</t>
+  </si>
+  <si>
     <t>Hộp nối dài HDMI to Lan 60m Unitek V100A</t>
   </si>
   <si>
     <t>Đầu chuyển Micro HDMI + mini HDMI to HDMI</t>
   </si>
   <si>
     <t>Đầu chuyển Micro HDMI to HDMI Unitek Y-A011</t>
   </si>
   <si>
     <t>Đầu chuyển mini HDMI to HDMI Ugreen 20101</t>
   </si>
   <si>
     <t>Cáp Hdmi Khác</t>
   </si>
   <si>
     <t>Cáp HDMI nối dài Ugreen 5m HD107 - 10146 4Kx2K</t>
   </si>
   <si>
     <t>Cáp HDMI nối dài Unitek 1m Y-C164K</t>
   </si>
   <si>
     <t>Cáp HDMI nối dài Unitek 3m Y-C166K</t>
   </si>
   <si>
     <t>Đầu nối HDMI chính hãng Ugreen 20107</t>
@@ -355,51 +358,51 @@
   <si>
     <t>Cáp HDMI 15m Vellygood High Speed 307 1.4</t>
   </si>
   <si>
     <t>Cáp HDMI 15m YH-19</t>
   </si>
   <si>
     <t>CÁP HDMI 2.0 20M MH011 M-PARD</t>
   </si>
   <si>
     <t>Cáp HDMI 20m KM KH406</t>
   </si>
   <si>
     <t>Cáp HDMI 20M MH057 M-Pard</t>
   </si>
   <si>
     <t>Cáp HDMI 20m Premium HDTV 2.1V 8K</t>
   </si>
   <si>
     <t>Cáp HDMI 20m Unitek C11079BK 4K 2.0</t>
   </si>
   <si>
     <t>Cáp HDMI 20m Unitek Y-C110A 4K</t>
   </si>
   <si>
-    <t>Cáp HDMI 20m Unitek Y-C144M</t>
+    <t>Cáp HDMI 20m Unitek Y-C144M 4K ultra HD</t>
   </si>
   <si>
     <t>Cáp HDMI 25m Unitek Y-C170</t>
   </si>
   <si>
     <t>Cáp HDMI 30m Unitek Y-C171</t>
   </si>
   <si>
     <t>Cáp HDMI 3M MH053 M-Pard</t>
   </si>
   <si>
     <t>Cáp HDMI 3m Unitek Y-C139M 4K ultra</t>
   </si>
   <si>
     <t>Cáp HDMI 3m Unitek Y-C139U</t>
   </si>
   <si>
     <t>Cáp HDMI 3m YH-16</t>
   </si>
   <si>
     <t>Cáp HDMI 5m Kingmaster 05150</t>
   </si>
   <si>
     <t>Cáp HDMI 5m Kingmaster YH-17</t>
   </si>
@@ -445,51 +448,51 @@
   <si>
     <t>Cáp chuyển USB to Type C Ugreen 3m US288 3.0 - Ugreen 60408 bọc nhôm chống nhiễu</t>
   </si>
   <si>
     <t>Cáp chuyển USB to Type C Unitek 1m Y-C474BK 3.0</t>
   </si>
   <si>
     <t>Cáp USB 2.0 to LAN 100Mbps 516</t>
   </si>
   <si>
     <t>Cáp USB 2.0 to Type C 1.5m Unitek Y-C483BK</t>
   </si>
   <si>
     <t>Cáp USB 2.0 to Type C 1m Kingleen K39S</t>
   </si>
   <si>
     <t>Cáp USB 3.0 to lan 1000Mbps 10cm Ugreen 50922 (CM209)</t>
   </si>
   <si>
     <t>Cáp USB 3.0 to LAN 1000Mbps M-Pard MH088</t>
   </si>
   <si>
     <t>Cáp USB 3.0 to Micro B Unitek 1.5M Y-C462 GBK (cáp HDD di động)</t>
   </si>
   <si>
-    <t>Cáp USB 3.0 to Micro B Unitek 1m Y-C461 GBK (cáp HDD di động)</t>
+    <t>Cáp USB 3.0 to Micro B Unitek 1m Y-C461 GBK - cáp ổ cứng - cáp HDD box - cáp HDD Docking - cáp đầu xem phim HD</t>
   </si>
   <si>
     <t>Cáp USB 3.0 to VGA + HDMI BX-043 (USB to VGA + HDMI)</t>
   </si>
   <si>
     <t>Cáp USB 3.0 to VGA M-Pard MH003</t>
   </si>
   <si>
     <t>Cáp USB to Com 9 RS 232 M-Pard MD085 1.8m (RS232 L đực)</t>
   </si>
   <si>
     <t>Cáp Usb to Com 9 RS 232 Y-105 Unitek</t>
   </si>
   <si>
     <t>Cáp Usb to Com 9 RS 232 Y-105D Unitek 2m (RS232 L đực)</t>
   </si>
   <si>
     <t>Cáp Usb to Com 9 RS 232 Y1050 Unitek 1.5m</t>
   </si>
   <si>
     <t>Cáp Usb to Com 9 RS 232 ZTEK (ZE 533A)</t>
   </si>
   <si>
     <t>Cáp USB to Com 9 Unitek + đổi Com 25 (Y105A)</t>
   </si>
@@ -523,89 +526,95 @@
   <si>
     <t>Ugreen 20201 Cáp chuyển USB 2.0 to COM âm RS232 CR104 1.5m</t>
   </si>
   <si>
     <t>Ugreen 20222 Cáp chuyển USB 2.0 to Com RS232 CR104 2m (USB to Com 9)</t>
   </si>
   <si>
     <t>Ugreen 20255 Cáp chuyển USB 3.0 to Lan CR111 1.5m (1000Mbps)</t>
   </si>
   <si>
     <t>USB to Sound 8.1 PD-518</t>
   </si>
   <si>
     <t>USB to Sound Dtech 6006 (5.1)</t>
   </si>
   <si>
     <t>USB to Sound JP109</t>
   </si>
   <si>
     <t>USB to Sound Ugreen 30724 15cm (USB 2.0 sang Loa + MIC 3.5mm US205 20030724)</t>
   </si>
   <si>
     <t>Đầu chuyển Micro USB to USB Tecnix ADT-106</t>
   </si>
   <si>
+    <t>Đầu chuyển USB to type C Unitek A1034NI - USB-A to USB-C</t>
+  </si>
+  <si>
     <t>Cáp Usb In</t>
   </si>
   <si>
     <t>Cáp USB in 1.5m BM01502</t>
   </si>
   <si>
     <t>Cáp USB in 1.5m Kingmaster 31115111</t>
   </si>
   <si>
     <t>Cáp USB in 1.5m KM042</t>
   </si>
   <si>
     <t>Cáp USB in 1.5m Unitek Y-C4006GBK 3.0 5Gbps - cáp ổ cứng, cáp HDD box, cáp HDD Docking, cáp đầu xem phim HD</t>
   </si>
   <si>
     <t>Cáp USB in 1.5m ZIN bóc máy</t>
   </si>
   <si>
     <t>Cáp USB in 1.8m Unitek Y-C419</t>
   </si>
   <si>
     <t>Cáp USB in 10m Kingmaster BM10001 2.0</t>
   </si>
   <si>
     <t>Cáp USB in 10m KM045</t>
   </si>
   <si>
     <t>Cáp USB in 10m Ugreen 10374 có IC khuếch đại chính hãng</t>
   </si>
   <si>
     <t>Cáp USB in 10m Unitek YC431 2.0</t>
   </si>
   <si>
     <t>Cáp USB in 15m Unitek U205B 2.0</t>
   </si>
   <si>
     <t>Cáp USB in 3m BM03002</t>
   </si>
   <si>
+    <t>Cáp USB in 3m KM043 2.0</t>
+  </si>
+  <si>
     <t>Cáp USB in 3m Unitek Y-C420GBK</t>
   </si>
   <si>
     <t>Cáp USB in 5m BM05001</t>
   </si>
   <si>
     <t>Cáp USB in 5m KM044</t>
   </si>
   <si>
     <t>Cáp USB in 5m Unitek Y-C421GBK</t>
   </si>
   <si>
     <t>Cáp Usb Khác</t>
   </si>
   <si>
     <t>Bộ chia tín hiệu Data USB 2.0 2-1 1A2B FJGEAR</t>
   </si>
   <si>
     <t>Cáp USB hình thang 1394 1.5m</t>
   </si>
   <si>
     <t>Cáp USB Link 1.5m M-Pard MH309 3.0 - 2 đầu USB</t>
   </si>
   <si>
     <t>Cáp USB Link 1.5m Unitek Y-C442GBK 2.0 - 2 đầu USB</t>
@@ -775,60 +784,63 @@
   <si>
     <t>Cáp Ipad to HDMI</t>
   </si>
   <si>
     <t>sợi</t>
   </si>
   <si>
     <t>Card âm thanh Sound chuẩn PCI 4.1</t>
   </si>
   <si>
     <t>Card PCI to Com 9+Com 25 Unitek Y-7508</t>
   </si>
   <si>
     <t>Card PCI-E to Com 9 Unitek Y7504</t>
   </si>
   <si>
     <t>Đầu chuyển DVI 24+1 to HDMI M-Pard MD102</t>
   </si>
   <si>
     <t>Đầu chuyển DVI 24+5 to VGA</t>
   </si>
   <si>
     <t>Cáp Com</t>
   </si>
   <si>
-    <t>Cáp Com (2 đầu Com 9) 1.5m Unitek Y-C702ABK</t>
-[...2 lines deleted...]
-    <t>Cáp com nối dài 1m ZIN (com 9)</t>
+    <t>Cáp Com 2 đầu Com 9 1.5m Dtech DT-9005C đầu cái</t>
+  </si>
+  <si>
+    <t>Cáp Com 2 đầu Com 9 1.5m Unitek Y-C702ABK đầu đực</t>
+  </si>
+  <si>
+    <t>Cáp com nối dài 3m Dtech DT-9005B RS232 com 9</t>
   </si>
   <si>
     <t>Cáp com nối dài 3m Ugreen 20147</t>
   </si>
   <si>
-    <t>Cáp com nối dài 3m Unitek YC708ABK (com 9)</t>
+    <t>Cáp com nối dài 3m Unitek YC708ABK com 9</t>
   </si>
   <si>
     <t>Cáp máy in Com 25 1.5m 19302 (LPT-1 đầu đực-1 đầu cái)</t>
   </si>
   <si>
     <t>Cáp máy in Com 25 to Parallel 36A 3m P261 (DB25 to 36A)</t>
   </si>
   <si>
     <t>Ugreen 80110 đầu chuyển RS232 to RS485 CM261(Com 9 to RS485)</t>
   </si>
   <si>
     <t>Cáp Displayport</t>
   </si>
   <si>
     <t>Cáp chuyển Displayport to VGA M-Pard 1.8m MH090</t>
   </si>
   <si>
     <t>Cáp chuyển Displayport to VGA Unitek 0.15m Y-6339BK</t>
   </si>
   <si>
     <t>Cáp Displayport 1,5m ZIN</t>
   </si>
   <si>
     <t>Cáp Displayport to DVI M-Pard 1.8m MH301</t>
   </si>
@@ -856,50 +868,53 @@
   <si>
     <t>Cáp Displayport to hdmi VSP</t>
   </si>
   <si>
     <t>Cáp Displayport to HDMI ZTek 0.2m ZY331</t>
   </si>
   <si>
     <t>Cáp Displayport to VGA 0.2m BX028</t>
   </si>
   <si>
     <t>Cáp Displayport to VGA 1.8m BX030</t>
   </si>
   <si>
     <t>Cáp Displayport to VGA 1.8m Unitek Y-5118F</t>
   </si>
   <si>
     <t>Cáp Displayport to VGA Kingmaster KY-M361W</t>
   </si>
   <si>
     <t>Cáp Displayport to vga VSP</t>
   </si>
   <si>
     <t>Cáp Displayport Unitek YC-609BK 3m</t>
   </si>
   <si>
+    <t>Cáp minidisplayport to displayport Unitek Y-C611BK 2m</t>
+  </si>
+  <si>
     <t>Cáp MiniDisplayport to HDMI M-Pard MD003</t>
   </si>
   <si>
     <t>Cáp MiniDisplayport to HDMI Unitek Y-6325WH</t>
   </si>
   <si>
     <t>Cáp MiniDisplayport to VGA Unitek Y-6327WH</t>
   </si>
   <si>
     <t>Cáp Hdd - Ssd</t>
   </si>
   <si>
     <t>Cáp chia nguồn ATA to SATA</t>
   </si>
   <si>
     <t>Cáp Chia nguồn SATA 1-2 20cm YR-Stat-PW-6B</t>
   </si>
   <si>
     <t>Cáp Chia nguồn SATA 1-2 Ugreen 20cm US283 15 pin</t>
   </si>
   <si>
     <t>Cáp SAS/ Sata Server 70cm</t>
   </si>
   <si>
     <t>Cáp SATA 3.0 (tín hiệu)</t>
@@ -973,107 +988,110 @@
   <si>
     <t>USB Bluetooth Orico 4.0 BTA 408</t>
   </si>
   <si>
     <t>USB phát Bluetooth audio cho loa Ugreen 60300</t>
   </si>
   <si>
     <t>NO6</t>
   </si>
   <si>
     <t>Cáp Bẹ Ribbon Flat Ffc Fpc Scan</t>
   </si>
   <si>
     <t>Cáp Bẹ Ffc Fpc Scan</t>
   </si>
   <si>
     <t>Cáp bẹ cùng chiều 1 mét AWM-20624 80C 60V VW-1, Cáp FFC FPC</t>
   </si>
   <si>
     <t>8 Pin - 8mm</t>
   </si>
   <si>
     <t>30 Pin - 30mm</t>
   </si>
   <si>
-    <t>Cáp bẹ cùng chiều 24.9cm AWM-20624 80C 60V VW-1, Cáp FFC FPC</t>
-[...4 lines deleted...]
-  <si>
     <t>Cáp bẹ cùng chiều 25cm AWM-20624 80C 60V VW-1, Cáp FFC FPC cáp thuận</t>
   </si>
   <si>
     <t>30 Pin - 37mm</t>
   </si>
   <si>
+    <t>Cáp bẹ cùng chiều 25cm BƯỚC CÁP 1mm 16 Pin 16mm - AWM-20624 80C 60V VW-1 Cáp FFC FPC</t>
+  </si>
+  <si>
+    <t>Cáp bẹ cùng chiều 25cm BƯỚC CÁP 1mm 30 Pin 30mm - AWM-20624 80C 60V VW-1 Cáp FFC FPC</t>
+  </si>
+  <si>
     <t>Cáp bẹ cùng chiều 35cm AWM-20624 80C 60V VW-1, Cáp FFC FPC cáp thuận</t>
   </si>
   <si>
     <t>35 pin - 43mm</t>
   </si>
   <si>
     <t>Cáp bẹ cùng chiều 50cm AWM-20624 80C 60V VW-1, Cáp FFC FPC cáp thuận</t>
   </si>
   <si>
     <t>21 pin - 21mm</t>
   </si>
   <si>
     <t>Cáp bẹ cùng chiều 70cm AWM-20624 80C 60V VW-1, Cáp FFC FPC</t>
   </si>
   <si>
     <t>50 Pin - 49.5mm</t>
   </si>
   <si>
     <t>Cáp bẹ ngược chiều 50cm AWM-20624 80C 60V VW-1, Cáp FFC FPC cáp nghịch</t>
   </si>
   <si>
     <t xml:space="preserve">Cáp scan 83A/ 337 ( Canon MF211, 212, 215, 216, 217, 221, 224, 226, 227, 229, 231, 232, 235, 236, 237, 241, 242, 244, 245, 246, 247, 249 - Mới - Bảo hành Test ) </t>
   </si>
   <si>
     <t>Cáp scan máy in HP 1212, HP 1132</t>
   </si>
   <si>
     <t>Cáp Bẹ Flat Ribbon</t>
   </si>
   <si>
     <t>Cáp Bẹ Ribbon 20 Sợi</t>
   </si>
   <si>
     <t>NO7</t>
   </si>
   <si>
     <t>Cáp Chuyển Type C</t>
   </si>
   <si>
     <t>Cáp chuyển Type C 3.1 to VGA + USB + Type C TY03</t>
   </si>
   <si>
     <t>Cáp chuyển Type C to DVI 2K Kingmaster V006S</t>
   </si>
   <si>
+    <t>Cáp chuyển Type C to HDMI 1.8m BX051</t>
+  </si>
+  <si>
     <t>Cáp chuyển Type C to HDMI 2m Unitek V410A</t>
   </si>
   <si>
     <t>Cáp chuyển Type C to HDMI Unitek V1412A</t>
   </si>
   <si>
     <t>Cáp chuyển Type C to HDMI VSP</t>
   </si>
   <si>
     <t>Cáp chuyển Type C to HDMI+USB+ nguồn PD M-Pard MH346</t>
   </si>
   <si>
     <t>Cáp chuyển Type C to LAN 1Gbps RJ45 UGREEN CM199 50737- Hàng chính hãng</t>
   </si>
   <si>
     <t>Cáp chuyển Type C to Sound 7.1</t>
   </si>
   <si>
     <t>Cáp chuyển Type C to USB 3.0 1.5m M-Pard MH403</t>
   </si>
   <si>
     <t>Cáp chuyển Type C to USB IN M-Pard 1.5m MH400</t>
   </si>
   <si>
     <t>Cáp chuyển Type C to USB IN Unitek 1.5m C4088BK</t>
@@ -1114,117 +1132,123 @@
   <si>
     <t>Cáp Tín Hiệu Type C</t>
   </si>
   <si>
     <t>Cáp tín hiệu Type C 1m Unitek YC477BK</t>
   </si>
   <si>
     <t>Cáp Type C to type C Tecnix CBL-812</t>
   </si>
   <si>
     <t>Cáp Type C Khác</t>
   </si>
   <si>
     <t>Đốc sạc Type C Unitek PD-P109A - Dock củ sạc</t>
   </si>
   <si>
     <t>NO8</t>
   </si>
   <si>
     <t>Hub Tín Hiệu</t>
   </si>
   <si>
     <t>Hub Hdmi</t>
   </si>
   <si>
-    <t>Hub HDMI 1-2 Dtech DT-7142A (MS) 4Kx2K 340Mhz mini</t>
-[...29 lines deleted...]
-    <t>Hub HDMI 3-1 Ztek ZY448 4K + Remote</t>
+    <t>Hub HDMI 1-2 Dtech DT-7142A MS 4Kx2K 340Mhz mini - Switch Bộ chia cổng HDMI</t>
+  </si>
+  <si>
+    <t>Hub HDMI 1-2 FJGEAR 4K102-L - Switch Bộ chia cổng HDMI</t>
+  </si>
+  <si>
+    <t>Hub HDMI 1-2 FJGEAR SM4K102 4Kx2K mini - Switch Bộ chia cổng HDMI</t>
+  </si>
+  <si>
+    <t>Hub HDMI 1-2 M-Pard MD136 - Switch Bộ chia cổng HDMI</t>
+  </si>
+  <si>
+    <t>Hub HDMI 1-4 Dtech DT-7144A ms 4Kx2K 340MHz mini - Switch Bộ chia cổng HDMI</t>
+  </si>
+  <si>
+    <t>Hub HDMI 1-4 Dtech DT-7144A thường - Switch Bộ chia cổng HDMI</t>
+  </si>
+  <si>
+    <t>Hub HDMI 1-4 FJGEAR FJ-4K104 4K - Switch Bộ chia cổng HDMI</t>
+  </si>
+  <si>
+    <t>Hub HDMI 1-4 FJGEAR SM4K104 mini - Switch Bộ chia cổng HDMI</t>
+  </si>
+  <si>
+    <t>Hub HDMI 1-4 M-Pard MD137 - Switch Bộ chia cổng HDMI</t>
+  </si>
+  <si>
+    <t>Hub HDMI 2-1 Unitek V1127A 4K - Switch Bộ chia cổng HDMI 2 CPU ra 1 LCD</t>
+  </si>
+  <si>
+    <t>Hub HDMI 2-1 ZTek ZY447 4K - Switch Bộ chia cổng HDMI 2 CPU ra 1 LCD</t>
+  </si>
+  <si>
+    <t>Hub HDMI 3-1 Ztek ZY448 4K + Remote - Switch Bộ chia cổng HDMI</t>
   </si>
   <si>
     <t>Hub Type C</t>
   </si>
   <si>
     <t>HUB 4P Type C to 2 USB 3.0 + 2 Type C Unitek H311C</t>
   </si>
   <si>
     <t>HUB 4P Type C to 3 USB 2.0 + 1 USB 3.0 20cm Unitek H1208B</t>
   </si>
   <si>
     <t>HUB 4P Type C to 3 USB 2.0 + 1 USB 3.0 M-Pard MD076</t>
   </si>
   <si>
     <t>HUB 4P Type C to USB 2.0 M-Pard MH021</t>
   </si>
   <si>
     <t>HUB 4P Type C to USB 3.0 M-Pard MH031</t>
   </si>
   <si>
     <t>HUB 4P Type C to USB 3.0 Ztek ZY318</t>
   </si>
   <si>
     <t>Hub Usb</t>
   </si>
   <si>
     <t>HUB 4P USB to 2 USB 2.0 + 1 USB 3.0 + 1 Type C + 1 IN 5V 1.1m M-Pard MD074</t>
   </si>
   <si>
-    <t>Hub USB 2-1 DT-8321 Dtech - chia 2 máy tính dùng chung 1 máy in</t>
-[...5 lines deleted...]
-    <t>Hub USB 2-1 V157A Unitek - chia 2 máy tính dùng chung 1 máy in</t>
+    <t>Hub chia USB + Type C ra 7 cổng USB Unitek H1209AGY01 3.0 15cm</t>
+  </si>
+  <si>
+    <t>Hub USB 2-1 DT-8321 Dtech 1 nút cảm ứng - bộ chia máy in 2 máy tính dùng chung 1 máy in</t>
+  </si>
+  <si>
+    <t>Hub USB 2-1 FJGEAR FJ-2UA 2 nút bấm - bộ chia máy in 2 máy tính dùng chung 1 máy in</t>
+  </si>
+  <si>
+    <t>Hub USB 2-1 V157A Unitek 1 nút bấm - bộ chia máy in 2 máy tính dùng chung 1 máy in</t>
   </si>
   <si>
     <t>Hub USB 4-1 FJGEAR FJ-4UA auto - chia 4 máy tính dùng chung 1 máy in tự động</t>
   </si>
   <si>
     <t>Hub USB 4P Kingmaster KM004 (2.0)</t>
   </si>
   <si>
     <t>HUB USB 4P M-Pard MH118 3.0 1.2m</t>
   </si>
   <si>
     <t>HUB USB 4P SSK SHE012</t>
   </si>
   <si>
     <t>HUB USB 4P SSK SHU 200</t>
   </si>
   <si>
     <t>HUB USB 4P SSK SHU012</t>
   </si>
   <si>
     <t>HUB USB 4P SSK SHU017</t>
   </si>
   <si>
     <t>Hub USB 4P SSK SHU027 (2.0)</t>
   </si>
@@ -1756,54 +1780,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E406"/>
+  <dimension ref="A1:E415"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A399" sqref="A399:E399"/>
+      <selection activeCell="A408" sqref="A408:E408"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="7" customWidth="true" style="0"/>
     <col min="2" max="2" width="41" customWidth="true" style="4"/>
     <col min="3" max="3" width="12" customWidth="true" style="7"/>
     <col min="4" max="4" width="12" customWidth="true" style="10"/>
     <col min="5" max="5" width="15" customWidth="true" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" customHeight="1" ht="93.75">
       <c r="A1" s="1"/>
       <c r="B1" s="3"/>
       <c r="C1" s="5"/>
       <c r="D1" s="8"/>
       <c r="E1" s="3"/>
     </row>
     <row r="2" spans="1:5" customHeight="1" ht="40">
       <c r="A2" s="11" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="12"/>
       <c r="C2" s="13"/>
       <c r="D2" s="14"/>
@@ -1952,69 +1976,69 @@
       <c r="E12" s="3"/>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D13" s="9">
         <v>94000.0</v>
       </c>
       <c r="E13" s="3"/>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="6" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D14" s="9">
-        <v>260000.0</v>
+        <v>216000.0</v>
       </c>
       <c r="E14" s="3"/>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="2">
         <v>10</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D15" s="9">
-        <v>216000.0</v>
+        <v>313200.0</v>
       </c>
       <c r="E15" s="3"/>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="2">
         <v>11</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C16" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D16" s="9">
         <v>250000.0</v>
       </c>
       <c r="E16" s="3"/>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="2">
         <v>12</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>31</v>
       </c>
@@ -2509,126 +2533,126 @@
       <c r="A51" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C51" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D51" s="9">
         <v>49000.0</v>
       </c>
       <c r="E51" s="3"/>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C52" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D52" s="9">
-        <v>56000.0</v>
+        <v>100000.0</v>
       </c>
       <c r="E52" s="3"/>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C53" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D53" s="9">
-        <v>100000.0</v>
+        <v>90000.0</v>
       </c>
       <c r="E53" s="3"/>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C54" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D54" s="9">
-        <v>90000.0</v>
+        <v>58500.0</v>
       </c>
       <c r="E54" s="3"/>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C55" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D55" s="9">
         <v>124600.0</v>
       </c>
       <c r="E55" s="3"/>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C56" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D56" s="9">
         <v>205000.0</v>
       </c>
       <c r="E56" s="3"/>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" s="2">
         <v>10</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C57" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D57" s="9">
-        <v>65000.0</v>
+        <v>64500.0</v>
       </c>
       <c r="E57" s="3"/>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" s="2">
         <v>11</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C58" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D58" s="9">
         <v>100000.0</v>
       </c>
       <c r="E58" s="3"/>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" s="2">
         <v>12</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>73</v>
       </c>
@@ -2659,5123 +2683,5258 @@
       <c r="A61" s="2">
         <v>14</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C61" s="6" t="s">
         <v>62</v>
       </c>
       <c r="D61" s="9">
         <v>61200.0</v>
       </c>
       <c r="E61" s="3"/>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" s="2">
         <v>15</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C62" s="6" t="s">
         <v>62</v>
       </c>
       <c r="D62" s="9">
-        <v>1300000.0</v>
+        <v>600000.0</v>
       </c>
       <c r="E62" s="3"/>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" s="2">
         <v>16</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C63" s="6" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="D63" s="9">
-        <v>68000.0</v>
+        <v>1300000.0</v>
       </c>
       <c r="E63" s="3"/>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" s="2">
         <v>17</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C64" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D64" s="9">
-        <v>54000.0</v>
+        <v>73600.0</v>
       </c>
       <c r="E64" s="3"/>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" s="2">
         <v>18</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C65" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D65" s="9">
+        <v>54000.0</v>
+      </c>
+      <c r="E65" s="3"/>
+    </row>
+    <row r="66" spans="1:5">
+      <c r="A66" s="2">
+        <v>19</v>
+      </c>
+      <c r="B66" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="C66" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D66" s="9">
         <v>89000.0</v>
       </c>
-      <c r="E65" s="3"/>
-[...8 lines deleted...]
-      <c r="E66" s="20"/>
+      <c r="E66" s="3"/>
     </row>
     <row r="67" spans="1:5">
-      <c r="A67" s="23" t="s">
+      <c r="A67" s="19" t="s">
+        <v>81</v>
+      </c>
+      <c r="B67" s="20"/>
+      <c r="C67" s="21"/>
+      <c r="D67" s="22"/>
+      <c r="E67" s="20"/>
+    </row>
+    <row r="68" spans="1:5">
+      <c r="A68" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B67" s="24" t="s">
+      <c r="B68" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C67" s="25" t="s">
+      <c r="C68" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D67" s="26" t="s">
+      <c r="D68" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E67" s="24" t="s">
+      <c r="E68" s="24" t="s">
         <v>8</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E68" s="3"/>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" s="2" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C69" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D69" s="9">
-        <v>96000.0</v>
+        <v>400000.0</v>
       </c>
       <c r="E69" s="3"/>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" s="2" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C70" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D70" s="9">
-        <v>210000.0</v>
+        <v>96000.0</v>
       </c>
       <c r="E70" s="3"/>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" s="2" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C71" s="6" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D71" s="9">
-        <v>55000.0</v>
+        <v>210000.0</v>
       </c>
       <c r="E71" s="3"/>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" s="2" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C72" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D72" s="9">
-        <v>30000.0</v>
+        <v>55000.0</v>
       </c>
       <c r="E72" s="3"/>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" s="2" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C73" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D73" s="9">
+        <v>30000.0</v>
+      </c>
+      <c r="E73" s="3"/>
+    </row>
+    <row r="74" spans="1:5">
+      <c r="A74" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B74" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="C74" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D74" s="9">
         <v>40000.0</v>
       </c>
-      <c r="E73" s="3"/>
-[...8 lines deleted...]
-      <c r="E74" s="20"/>
+      <c r="E74" s="3"/>
     </row>
     <row r="75" spans="1:5">
-      <c r="A75" s="23" t="s">
+      <c r="A75" s="19" t="s">
+        <v>88</v>
+      </c>
+      <c r="B75" s="20"/>
+      <c r="C75" s="21"/>
+      <c r="D75" s="22"/>
+      <c r="E75" s="20"/>
+    </row>
+    <row r="76" spans="1:5">
+      <c r="A76" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B75" s="24" t="s">
+      <c r="B76" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C75" s="25" t="s">
+      <c r="C76" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D75" s="26" t="s">
+      <c r="D76" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E75" s="24" t="s">
+      <c r="E76" s="24" t="s">
         <v>8</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E76" s="3"/>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" s="2" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C77" s="6" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="D77" s="9">
-        <v>75000.0</v>
+        <v>23000.0</v>
       </c>
       <c r="E77" s="3"/>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" s="2" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C78" s="6" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="D78" s="9">
-        <v>45450.0</v>
+        <v>75000.0</v>
       </c>
       <c r="E78" s="3"/>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" s="2" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C79" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D79" s="9">
-        <v>64500.0</v>
+        <v>45450.0</v>
       </c>
       <c r="E79" s="3"/>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" s="2" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C80" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D80" s="9">
-        <v>24000.0</v>
+        <v>64500.0</v>
       </c>
       <c r="E80" s="3"/>
     </row>
     <row r="81" spans="1:5">
       <c r="A81" s="2" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C81" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D81" s="9">
-        <v>77000.0</v>
+        <v>24000.0</v>
       </c>
       <c r="E81" s="3"/>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" s="2" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C82" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D82" s="9">
-        <v>200000.0</v>
+        <v>77000.0</v>
       </c>
       <c r="E82" s="3"/>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" s="2" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C83" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D83" s="9">
-        <v>140000.0</v>
+        <v>200000.0</v>
       </c>
       <c r="E83" s="3"/>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" s="2" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C84" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D84" s="9">
-        <v>260000.0</v>
+        <v>140000.0</v>
       </c>
       <c r="E84" s="3"/>
     </row>
     <row r="85" spans="1:5">
-      <c r="A85" s="2">
-        <v>10</v>
+      <c r="A85" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C85" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D85" s="9">
-        <v>140000.0</v>
+        <v>260000.0</v>
       </c>
       <c r="E85" s="3"/>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" s="2">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C86" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D86" s="9">
-        <v>419000.0</v>
+        <v>140000.0</v>
       </c>
       <c r="E86" s="3"/>
     </row>
     <row r="87" spans="1:5">
       <c r="A87" s="2">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C87" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D87" s="9">
-        <v>557200.0</v>
+        <v>419000.0</v>
       </c>
       <c r="E87" s="3"/>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" s="2">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C88" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D88" s="9">
-        <v>333000.0</v>
+        <v>557200.0</v>
       </c>
       <c r="E88" s="3"/>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" s="2">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C89" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D89" s="9">
-        <v>76000.0</v>
+        <v>333000.0</v>
       </c>
       <c r="E89" s="3"/>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" s="2">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C90" s="6" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="D90" s="9">
-        <v>440000.0</v>
+        <v>76000.0</v>
       </c>
       <c r="E90" s="3"/>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" s="2">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C91" s="6" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="D91" s="9">
-        <v>270000.0</v>
+        <v>498000.0</v>
       </c>
       <c r="E91" s="3"/>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" s="2">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C92" s="6" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="D92" s="9">
-        <v>586000.0</v>
+        <v>270000.0</v>
       </c>
       <c r="E92" s="3"/>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" s="2">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C93" s="6" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="D93" s="9">
-        <v>140000.0</v>
+        <v>586000.0</v>
       </c>
       <c r="E93" s="3"/>
     </row>
     <row r="94" spans="1:5">
       <c r="A94" s="2">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C94" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D94" s="9">
-        <v>130000.0</v>
+        <v>140000.0</v>
       </c>
       <c r="E94" s="3"/>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" s="2">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C95" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D95" s="9">
-        <v>342000.0</v>
+        <v>130000.0</v>
       </c>
       <c r="E95" s="3"/>
     </row>
     <row r="96" spans="1:5">
       <c r="A96" s="2">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C96" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D96" s="9">
-        <v>375200.0</v>
+        <v>342000.0</v>
       </c>
       <c r="E96" s="3"/>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" s="2">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C97" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D97" s="9">
-        <v>332100.0</v>
+        <v>375200.0</v>
       </c>
       <c r="E97" s="3"/>
     </row>
     <row r="98" spans="1:5">
       <c r="A98" s="2">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C98" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D98" s="9">
-        <v>330000.0</v>
+        <v>332100.0</v>
       </c>
       <c r="E98" s="3"/>
     </row>
     <row r="99" spans="1:5">
       <c r="A99" s="2">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C99" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D99" s="9">
-        <v>0.0</v>
+        <v>330000.0</v>
       </c>
       <c r="E99" s="3"/>
     </row>
     <row r="100" spans="1:5">
       <c r="A100" s="2">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C100" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D100" s="9">
-        <v>1037400.0</v>
+        <v>678600.0</v>
       </c>
       <c r="E100" s="3"/>
     </row>
     <row r="101" spans="1:5">
       <c r="A101" s="2">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C101" s="6" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="D101" s="9">
-        <v>940000.0</v>
+        <v>1037400.0</v>
       </c>
       <c r="E101" s="3"/>
     </row>
     <row r="102" spans="1:5">
       <c r="A102" s="2">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C102" s="6" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="D102" s="9">
-        <v>1252000.0</v>
+        <v>925100.0</v>
       </c>
       <c r="E102" s="3"/>
     </row>
     <row r="103" spans="1:5">
       <c r="A103" s="2">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C103" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D103" s="9">
         <v>1500000.0</v>
       </c>
       <c r="E103" s="3"/>
     </row>
     <row r="104" spans="1:5">
       <c r="A104" s="2">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C104" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D104" s="9">
-        <v>55000.0</v>
+        <v>1500000.0</v>
       </c>
       <c r="E104" s="3"/>
     </row>
     <row r="105" spans="1:5">
       <c r="A105" s="2">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C105" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D105" s="9">
-        <v>79500.0</v>
+        <v>55000.0</v>
       </c>
       <c r="E105" s="3"/>
     </row>
     <row r="106" spans="1:5">
       <c r="A106" s="2">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C106" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D106" s="9">
-        <v>94000.0</v>
+        <v>79500.0</v>
       </c>
       <c r="E106" s="3"/>
     </row>
     <row r="107" spans="1:5">
       <c r="A107" s="2">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C107" s="6" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D107" s="9">
-        <v>32716.8398</v>
+        <v>94000.0</v>
       </c>
       <c r="E107" s="3"/>
     </row>
     <row r="108" spans="1:5">
       <c r="A108" s="2">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C108" s="6" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D108" s="9">
-        <v>89000.0</v>
+        <v>32716.8398</v>
       </c>
       <c r="E108" s="3"/>
     </row>
     <row r="109" spans="1:5">
       <c r="A109" s="2">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C109" s="6" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D109" s="9">
-        <v>41000.0</v>
+        <v>89000.0</v>
       </c>
       <c r="E109" s="3"/>
     </row>
     <row r="110" spans="1:5">
       <c r="A110" s="2">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C110" s="6" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D110" s="9">
-        <v>77000.0</v>
+        <v>41000.0</v>
       </c>
       <c r="E110" s="3"/>
     </row>
     <row r="111" spans="1:5">
       <c r="A111" s="2">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C111" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D111" s="9">
-        <v>102150.0</v>
+        <v>77000.0</v>
       </c>
       <c r="E111" s="3"/>
     </row>
     <row r="112" spans="1:5">
       <c r="A112" s="2">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C112" s="6" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="D112" s="9">
-        <v>161000.0</v>
+        <v>102150.0</v>
       </c>
       <c r="E112" s="3"/>
     </row>
     <row r="113" spans="1:5">
       <c r="A113" s="2">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C113" s="6" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="D113" s="9">
-        <v>144000.0</v>
+        <v>161000.0</v>
       </c>
       <c r="E113" s="3"/>
     </row>
     <row r="114" spans="1:5">
       <c r="A114" s="2">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C114" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D114" s="9">
-        <v>58000.0</v>
+        <v>144000.0</v>
       </c>
       <c r="E114" s="3"/>
     </row>
     <row r="115" spans="1:5">
       <c r="A115" s="2">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C115" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D115" s="9">
-        <v>742000.0</v>
+        <v>58000.0</v>
       </c>
       <c r="E115" s="3"/>
     </row>
     <row r="116" spans="1:5">
       <c r="A116" s="2">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C116" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D116" s="9">
-        <v>196000.0</v>
+        <v>742000.0</v>
       </c>
       <c r="E116" s="3"/>
     </row>
     <row r="117" spans="1:5">
       <c r="A117" s="2">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C117" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D117" s="9">
+        <v>196000.0</v>
+      </c>
+      <c r="E117" s="3"/>
+    </row>
+    <row r="118" spans="1:5">
+      <c r="A118" s="2">
+        <v>42</v>
+      </c>
+      <c r="B118" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="C118" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D118" s="9">
         <v>80000.0</v>
       </c>
-      <c r="E117" s="3"/>
-[...5 lines deleted...]
-      <c r="B118" s="16" t="s">
+      <c r="E118" s="3"/>
+    </row>
+    <row r="119" spans="1:5">
+      <c r="A119" s="15" t="s">
         <v>131</v>
       </c>
-      <c r="C118" s="17"/>
-[...4 lines deleted...]
-      <c r="A119" s="19" t="s">
+      <c r="B119" s="16" t="s">
         <v>132</v>
       </c>
-      <c r="B119" s="20"/>
-[...2 lines deleted...]
-      <c r="E119" s="20"/>
+      <c r="C119" s="17"/>
+      <c r="D119" s="18"/>
+      <c r="E119" s="16"/>
     </row>
     <row r="120" spans="1:5">
-      <c r="A120" s="23" t="s">
+      <c r="A120" s="19" t="s">
+        <v>133</v>
+      </c>
+      <c r="B120" s="20"/>
+      <c r="C120" s="21"/>
+      <c r="D120" s="22"/>
+      <c r="E120" s="20"/>
+    </row>
+    <row r="121" spans="1:5">
+      <c r="A121" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B120" s="24" t="s">
+      <c r="B121" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C120" s="25" t="s">
+      <c r="C121" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D120" s="26" t="s">
+      <c r="D121" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E120" s="24" t="s">
+      <c r="E121" s="24" t="s">
         <v>8</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E121" s="3"/>
     </row>
     <row r="122" spans="1:5">
       <c r="A122" s="2" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C122" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D122" s="9">
-        <v>106000.0</v>
+        <v>160500.0</v>
       </c>
       <c r="E122" s="3"/>
     </row>
     <row r="123" spans="1:5">
       <c r="A123" s="2" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C123" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D123" s="9">
-        <v>160000.0</v>
+        <v>106000.0</v>
       </c>
       <c r="E123" s="3"/>
     </row>
     <row r="124" spans="1:5">
       <c r="A124" s="2" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C124" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D124" s="9">
-        <v>110000.0</v>
+        <v>160000.0</v>
       </c>
       <c r="E124" s="3"/>
     </row>
     <row r="125" spans="1:5">
       <c r="A125" s="2" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C125" s="6" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D125" s="9">
-        <v>95000.0</v>
+        <v>110000.0</v>
       </c>
       <c r="E125" s="3"/>
     </row>
     <row r="126" spans="1:5">
       <c r="A126" s="2" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C126" s="6" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D126" s="9">
-        <v>71000.0</v>
+        <v>95000.0</v>
       </c>
       <c r="E126" s="3"/>
     </row>
     <row r="127" spans="1:5">
       <c r="A127" s="2" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C127" s="6" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="D127" s="9">
-        <v>35000.0</v>
+        <v>71000.0</v>
       </c>
       <c r="E127" s="3"/>
     </row>
     <row r="128" spans="1:5">
       <c r="A128" s="2" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C128" s="6" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="D128" s="9">
-        <v>420000.0</v>
+        <v>35000.0</v>
       </c>
       <c r="E128" s="3"/>
     </row>
     <row r="129" spans="1:5">
       <c r="A129" s="2" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C129" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D129" s="9">
-        <v>230000.0</v>
+        <v>420000.0</v>
       </c>
       <c r="E129" s="3"/>
     </row>
     <row r="130" spans="1:5">
-      <c r="A130" s="2">
-        <v>10</v>
+      <c r="A130" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C130" s="6" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D130" s="9">
-        <v>68000.0</v>
+        <v>230000.0</v>
       </c>
       <c r="E130" s="3"/>
     </row>
     <row r="131" spans="1:5">
       <c r="A131" s="2">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C131" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D131" s="9">
-        <v>80000.0</v>
+        <v>68000.0</v>
       </c>
       <c r="E131" s="3"/>
     </row>
     <row r="132" spans="1:5">
       <c r="A132" s="2">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C132" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D132" s="9">
-        <v>235000.0</v>
+        <v>80000.0</v>
       </c>
       <c r="E132" s="3"/>
     </row>
     <row r="133" spans="1:5">
       <c r="A133" s="2">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C133" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D133" s="9">
-        <v>305000.0</v>
+        <v>235000.0</v>
       </c>
       <c r="E133" s="3"/>
     </row>
     <row r="134" spans="1:5">
       <c r="A134" s="2">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C134" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D134" s="9">
-        <v>220000.0</v>
+        <v>305000.0</v>
       </c>
       <c r="E134" s="3"/>
     </row>
     <row r="135" spans="1:5">
       <c r="A135" s="2">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C135" s="6" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="D135" s="9">
-        <v>203000.0</v>
+        <v>220000.0</v>
       </c>
       <c r="E135" s="3"/>
     </row>
     <row r="136" spans="1:5">
       <c r="A136" s="2">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>148</v>
       </c>
       <c r="C136" s="6" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="D136" s="9">
-        <v>212000.0</v>
+        <v>203000.0</v>
       </c>
       <c r="E136" s="3"/>
     </row>
     <row r="137" spans="1:5">
       <c r="A137" s="2">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C137" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D137" s="9">
-        <v>173000.0</v>
+        <v>212000.0</v>
       </c>
       <c r="E137" s="3"/>
     </row>
     <row r="138" spans="1:5">
       <c r="A138" s="2">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C138" s="6" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="D138" s="9">
-        <v>330000.0</v>
+        <v>173000.0</v>
       </c>
       <c r="E138" s="3"/>
     </row>
     <row r="139" spans="1:5">
       <c r="A139" s="2">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C139" s="6" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="D139" s="9">
-        <v>301000.0</v>
+        <v>330000.0</v>
       </c>
       <c r="E139" s="3"/>
     </row>
     <row r="140" spans="1:5">
       <c r="A140" s="2">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C140" s="6" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D140" s="9">
-        <v>273000.0</v>
+        <v>301000.0</v>
       </c>
       <c r="E140" s="3"/>
     </row>
     <row r="141" spans="1:5">
       <c r="A141" s="2">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C141" s="6" t="s">
-        <v>154</v>
+        <v>18</v>
       </c>
       <c r="D141" s="9">
-        <v>371000.0</v>
+        <v>273000.0</v>
       </c>
       <c r="E141" s="3"/>
     </row>
     <row r="142" spans="1:5">
       <c r="A142" s="2">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B142" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="C142" s="6" t="s">
         <v>155</v>
       </c>
-      <c r="C142" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D142" s="9">
-        <v>300000.0</v>
+        <v>371000.0</v>
       </c>
       <c r="E142" s="3"/>
     </row>
     <row r="143" spans="1:5">
       <c r="A143" s="2">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C143" s="6" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D143" s="9">
-        <v>84000.0</v>
+        <v>300000.0</v>
       </c>
       <c r="E143" s="3"/>
     </row>
     <row r="144" spans="1:5">
       <c r="A144" s="2">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C144" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D144" s="9">
-        <v>70000.0</v>
+        <v>84000.0</v>
       </c>
       <c r="E144" s="3"/>
     </row>
     <row r="145" spans="1:5">
       <c r="A145" s="2">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C145" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D145" s="9">
-        <v>65000.0</v>
+        <v>50800.0</v>
       </c>
       <c r="E145" s="3"/>
     </row>
     <row r="146" spans="1:5">
       <c r="A146" s="2">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C146" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D146" s="9">
-        <v>226000.0</v>
+        <v>65000.0</v>
       </c>
       <c r="E146" s="3"/>
     </row>
     <row r="147" spans="1:5">
       <c r="A147" s="2">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C147" s="6" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D147" s="9">
-        <v>532000.0</v>
+        <v>226000.0</v>
       </c>
       <c r="E147" s="3"/>
     </row>
     <row r="148" spans="1:5">
       <c r="A148" s="2">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C148" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D148" s="9">
-        <v>188000.0</v>
+        <v>532000.0</v>
       </c>
       <c r="E148" s="3"/>
     </row>
     <row r="149" spans="1:5">
       <c r="A149" s="2">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C149" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D149" s="9">
-        <v>203000.0</v>
+        <v>188000.0</v>
       </c>
       <c r="E149" s="3"/>
     </row>
     <row r="150" spans="1:5">
       <c r="A150" s="2">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C150" s="6" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D150" s="9">
-        <v>347000.0</v>
+        <v>203000.0</v>
       </c>
       <c r="E150" s="3"/>
     </row>
     <row r="151" spans="1:5">
       <c r="A151" s="2">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C151" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D151" s="9">
-        <v>101000.0</v>
+        <v>347000.0</v>
       </c>
       <c r="E151" s="3"/>
     </row>
     <row r="152" spans="1:5">
       <c r="A152" s="2">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C152" s="6" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="D152" s="9">
-        <v>148000.0</v>
+        <v>101000.0</v>
       </c>
       <c r="E152" s="3"/>
     </row>
     <row r="153" spans="1:5">
       <c r="A153" s="2">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C153" s="6" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="D153" s="9">
-        <v>31000.0</v>
+        <v>148000.0</v>
       </c>
       <c r="E153" s="3"/>
     </row>
     <row r="154" spans="1:5">
       <c r="A154" s="2">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C154" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D154" s="9">
-        <v>196000.0</v>
+        <v>31000.0</v>
       </c>
       <c r="E154" s="3"/>
     </row>
     <row r="155" spans="1:5">
       <c r="A155" s="2">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C155" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D155" s="9">
+        <v>196000.0</v>
+      </c>
+      <c r="E155" s="3"/>
+    </row>
+    <row r="156" spans="1:5">
+      <c r="A156" s="2">
+        <v>35</v>
+      </c>
+      <c r="B156" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="C156" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D156" s="9">
         <v>20000.0</v>
       </c>
-      <c r="E155" s="3"/>
-[...8 lines deleted...]
-      <c r="E156" s="20"/>
+      <c r="E156" s="3"/>
     </row>
     <row r="157" spans="1:5">
-      <c r="A157" s="23" t="s">
+      <c r="A157" s="2">
+        <v>36</v>
+      </c>
+      <c r="B157" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="C157" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D157" s="9">
+        <v>90000.0</v>
+      </c>
+      <c r="E157" s="3"/>
+    </row>
+    <row r="158" spans="1:5">
+      <c r="A158" s="19" t="s">
+        <v>171</v>
+      </c>
+      <c r="B158" s="20"/>
+      <c r="C158" s="21"/>
+      <c r="D158" s="22"/>
+      <c r="E158" s="20"/>
+    </row>
+    <row r="159" spans="1:5">
+      <c r="A159" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B157" s="24" t="s">
+      <c r="B159" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C157" s="25" t="s">
+      <c r="C159" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D157" s="26" t="s">
+      <c r="D159" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E157" s="24" t="s">
+      <c r="E159" s="24" t="s">
         <v>8</v>
       </c>
-    </row>
-[...28 lines deleted...]
-      <c r="E159" s="3"/>
     </row>
     <row r="160" spans="1:5">
       <c r="A160" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>172</v>
       </c>
       <c r="C160" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D160" s="9">
-        <v>24000.0</v>
+        <v>37000.0</v>
       </c>
       <c r="E160" s="3"/>
     </row>
     <row r="161" spans="1:5">
       <c r="A161" s="2" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>173</v>
       </c>
       <c r="C161" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D161" s="9">
-        <v>136000.0</v>
+        <v>37500.0</v>
       </c>
       <c r="E161" s="3"/>
     </row>
     <row r="162" spans="1:5">
       <c r="A162" s="2" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>174</v>
       </c>
       <c r="C162" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D162" s="9">
-        <v>80000.0</v>
+        <v>24000.0</v>
       </c>
       <c r="E162" s="3"/>
     </row>
     <row r="163" spans="1:5">
       <c r="A163" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="B163" s="3" t="s">
         <v>175</v>
       </c>
       <c r="C163" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D163" s="9">
-        <v>47000.0</v>
+        <v>136000.0</v>
       </c>
       <c r="E163" s="3"/>
     </row>
     <row r="164" spans="1:5">
       <c r="A164" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>176</v>
       </c>
       <c r="C164" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D164" s="9">
-        <v>168600.0</v>
+        <v>80000.0</v>
       </c>
       <c r="E164" s="3"/>
     </row>
     <row r="165" spans="1:5">
       <c r="A165" s="2" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="B165" s="3" t="s">
         <v>177</v>
       </c>
       <c r="C165" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D165" s="9">
-        <v>98000.0</v>
+        <v>47000.0</v>
       </c>
       <c r="E165" s="3"/>
     </row>
     <row r="166" spans="1:5">
       <c r="A166" s="2" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="B166" s="3" t="s">
         <v>178</v>
       </c>
       <c r="C166" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D166" s="9">
-        <v>400000.0</v>
+        <v>168600.0</v>
       </c>
       <c r="E166" s="3"/>
     </row>
     <row r="167" spans="1:5">
-      <c r="A167" s="2">
-        <v>10</v>
+      <c r="A167" s="2" t="s">
+        <v>25</v>
       </c>
       <c r="B167" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C167" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D167" s="9">
-        <v>192000.0</v>
+        <v>98000.0</v>
       </c>
       <c r="E167" s="3"/>
     </row>
     <row r="168" spans="1:5">
-      <c r="A168" s="2">
-        <v>11</v>
+      <c r="A168" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>180</v>
       </c>
       <c r="C168" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D168" s="9">
-        <v>495900.0</v>
+        <v>400000.0</v>
       </c>
       <c r="E168" s="3"/>
     </row>
     <row r="169" spans="1:5">
       <c r="A169" s="2">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C169" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D169" s="9">
-        <v>56000.0</v>
+        <v>192000.0</v>
       </c>
       <c r="E169" s="3"/>
     </row>
     <row r="170" spans="1:5">
       <c r="A170" s="2">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C170" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D170" s="9">
-        <v>76000.0</v>
+        <v>495900.0</v>
       </c>
       <c r="E170" s="3"/>
     </row>
     <row r="171" spans="1:5">
       <c r="A171" s="2">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C171" s="6" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D171" s="9">
-        <v>85000.0</v>
+        <v>56000.0</v>
       </c>
       <c r="E171" s="3"/>
     </row>
     <row r="172" spans="1:5">
       <c r="A172" s="2">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>184</v>
       </c>
       <c r="C172" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D172" s="9">
-        <v>47000.0</v>
+        <v>46500.0</v>
       </c>
       <c r="E172" s="3"/>
     </row>
     <row r="173" spans="1:5">
       <c r="A173" s="2">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C173" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D173" s="9">
+        <v>76000.0</v>
+      </c>
+      <c r="E173" s="3"/>
+    </row>
+    <row r="174" spans="1:5">
+      <c r="A174" s="2">
+        <v>15</v>
+      </c>
+      <c r="B174" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="C174" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D174" s="9">
+        <v>85000.0</v>
+      </c>
+      <c r="E174" s="3"/>
+    </row>
+    <row r="175" spans="1:5">
+      <c r="A175" s="2">
+        <v>16</v>
+      </c>
+      <c r="B175" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="C175" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D175" s="9">
+        <v>47000.0</v>
+      </c>
+      <c r="E175" s="3"/>
+    </row>
+    <row r="176" spans="1:5">
+      <c r="A176" s="2">
+        <v>17</v>
+      </c>
+      <c r="B176" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="C176" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D176" s="9">
         <v>112000.0</v>
       </c>
-      <c r="E173" s="3"/>
-[...11 lines deleted...]
-      <c r="A175" s="23" t="s">
+      <c r="E176" s="3"/>
+    </row>
+    <row r="177" spans="1:5">
+      <c r="A177" s="19" t="s">
+        <v>189</v>
+      </c>
+      <c r="B177" s="20"/>
+      <c r="C177" s="21"/>
+      <c r="D177" s="22"/>
+      <c r="E177" s="20"/>
+    </row>
+    <row r="178" spans="1:5">
+      <c r="A178" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B175" s="24" t="s">
+      <c r="B178" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C175" s="25" t="s">
+      <c r="C178" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D175" s="26" t="s">
+      <c r="D178" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E175" s="24" t="s">
+      <c r="E178" s="24" t="s">
         <v>8</v>
       </c>
-    </row>
-[...43 lines deleted...]
-      <c r="E178" s="3"/>
     </row>
     <row r="179" spans="1:5">
       <c r="A179" s="2" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>190</v>
       </c>
       <c r="C179" s="6" t="s">
-        <v>18</v>
+        <v>62</v>
       </c>
       <c r="D179" s="9">
-        <v>51000.0</v>
+        <v>66000.0</v>
       </c>
       <c r="E179" s="3"/>
     </row>
     <row r="180" spans="1:5">
       <c r="A180" s="2" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>191</v>
       </c>
       <c r="C180" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D180" s="9">
-        <v>96000.0</v>
+        <v>16000.0</v>
       </c>
       <c r="E180" s="3"/>
     </row>
     <row r="181" spans="1:5">
-      <c r="A181" s="19" t="s">
+      <c r="A181" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="B181" s="3" t="s">
         <v>192</v>
       </c>
-      <c r="B181" s="20"/>
-[...2 lines deleted...]
-      <c r="E181" s="20"/>
+      <c r="C181" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D181" s="9">
+        <v>56000.0</v>
+      </c>
+      <c r="E181" s="3"/>
     </row>
     <row r="182" spans="1:5">
-      <c r="A182" s="23" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="A182" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B182" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="C182" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D182" s="9">
+        <v>51000.0</v>
+      </c>
+      <c r="E182" s="3"/>
     </row>
     <row r="183" spans="1:5">
       <c r="A183" s="2" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C183" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D183" s="9">
-        <v>40000.0</v>
+        <v>96000.0</v>
       </c>
       <c r="E183" s="3"/>
     </row>
     <row r="184" spans="1:5">
-      <c r="A184" s="2" t="s">
-[...11 lines deleted...]
-      <c r="E184" s="3"/>
+      <c r="A184" s="19" t="s">
+        <v>195</v>
+      </c>
+      <c r="B184" s="20"/>
+      <c r="C184" s="21"/>
+      <c r="D184" s="22"/>
+      <c r="E184" s="20"/>
     </row>
     <row r="185" spans="1:5">
-      <c r="A185" s="2" t="s">
-[...11 lines deleted...]
-      <c r="E185" s="3"/>
+      <c r="A185" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B185" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C185" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D185" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E185" s="24" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="186" spans="1:5">
       <c r="A186" s="2" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>196</v>
       </c>
       <c r="C186" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D186" s="9">
-        <v>160000.0</v>
+        <v>40000.0</v>
       </c>
       <c r="E186" s="3"/>
     </row>
     <row r="187" spans="1:5">
       <c r="A187" s="2" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="B187" s="3" t="s">
         <v>197</v>
       </c>
       <c r="C187" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D187" s="9">
-        <v>572800.0</v>
+        <v>27000.0</v>
       </c>
       <c r="E187" s="3"/>
     </row>
     <row r="188" spans="1:5">
       <c r="A188" s="2" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>198</v>
       </c>
       <c r="C188" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D188" s="9">
-        <v>54000.0</v>
+        <v>44000.0</v>
       </c>
       <c r="E188" s="3"/>
     </row>
     <row r="189" spans="1:5">
       <c r="A189" s="2" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="B189" s="3" t="s">
         <v>199</v>
       </c>
       <c r="C189" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D189" s="9">
-        <v>33000.0</v>
+        <v>160000.0</v>
       </c>
       <c r="E189" s="3"/>
     </row>
     <row r="190" spans="1:5">
       <c r="A190" s="2" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="B190" s="3" t="s">
         <v>200</v>
       </c>
       <c r="C190" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D190" s="9">
-        <v>73000.0</v>
+        <v>572800.0</v>
       </c>
       <c r="E190" s="3"/>
     </row>
     <row r="191" spans="1:5">
       <c r="A191" s="2" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="B191" s="3" t="s">
         <v>201</v>
       </c>
       <c r="C191" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D191" s="9">
+        <v>54000.0</v>
+      </c>
+      <c r="E191" s="3"/>
+    </row>
+    <row r="192" spans="1:5">
+      <c r="A192" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B192" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="C192" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D192" s="9">
+        <v>33000.0</v>
+      </c>
+      <c r="E192" s="3"/>
+    </row>
+    <row r="193" spans="1:5">
+      <c r="A193" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B193" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="C193" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D193" s="9">
+        <v>73000.0</v>
+      </c>
+      <c r="E193" s="3"/>
+    </row>
+    <row r="194" spans="1:5">
+      <c r="A194" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="B194" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="C194" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D194" s="9">
         <v>110000.0</v>
       </c>
-      <c r="E191" s="3"/>
-[...22 lines deleted...]
-      <c r="A194" s="23" t="s">
+      <c r="E194" s="3"/>
+    </row>
+    <row r="195" spans="1:5">
+      <c r="A195" s="15" t="s">
+        <v>205</v>
+      </c>
+      <c r="B195" s="16" t="s">
+        <v>206</v>
+      </c>
+      <c r="C195" s="17"/>
+      <c r="D195" s="18"/>
+      <c r="E195" s="16"/>
+    </row>
+    <row r="196" spans="1:5">
+      <c r="A196" s="19" t="s">
+        <v>207</v>
+      </c>
+      <c r="B196" s="20"/>
+      <c r="C196" s="21"/>
+      <c r="D196" s="22"/>
+      <c r="E196" s="20"/>
+    </row>
+    <row r="197" spans="1:5">
+      <c r="A197" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B194" s="24" t="s">
+      <c r="B197" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C194" s="25" t="s">
+      <c r="C197" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D194" s="26" t="s">
+      <c r="D197" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E194" s="24" t="s">
+      <c r="E197" s="24" t="s">
         <v>8</v>
       </c>
-    </row>
-[...43 lines deleted...]
-      <c r="E197" s="3"/>
     </row>
     <row r="198" spans="1:5">
       <c r="A198" s="2" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>208</v>
       </c>
       <c r="C198" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D198" s="9">
-        <v>40000.0</v>
+        <v>49000.0</v>
       </c>
       <c r="E198" s="3"/>
     </row>
     <row r="199" spans="1:5">
       <c r="A199" s="2" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="B199" s="3" t="s">
         <v>209</v>
       </c>
       <c r="C199" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D199" s="9">
-        <v>11200.0</v>
+        <v>90000.0</v>
       </c>
       <c r="E199" s="3"/>
     </row>
     <row r="200" spans="1:5">
       <c r="A200" s="2" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>210</v>
       </c>
       <c r="C200" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D200" s="9">
-        <v>32000.0</v>
+        <v>94000.0</v>
       </c>
       <c r="E200" s="3"/>
     </row>
     <row r="201" spans="1:5">
       <c r="A201" s="2" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>211</v>
       </c>
       <c r="C201" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D201" s="9">
-        <v>40600.0</v>
+        <v>40000.0</v>
       </c>
       <c r="E201" s="3"/>
     </row>
     <row r="202" spans="1:5">
       <c r="A202" s="2" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="B202" s="3" t="s">
         <v>212</v>
       </c>
       <c r="C202" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D202" s="9">
-        <v>42000.0</v>
+        <v>11200.0</v>
       </c>
       <c r="E202" s="3"/>
     </row>
     <row r="203" spans="1:5">
       <c r="A203" s="2" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="B203" s="3" t="s">
         <v>213</v>
       </c>
       <c r="C203" s="6" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="D203" s="9">
-        <v>93800.0</v>
+        <v>31200.0</v>
       </c>
       <c r="E203" s="3"/>
     </row>
     <row r="204" spans="1:5">
-      <c r="A204" s="2">
-        <v>10</v>
+      <c r="A204" s="2" t="s">
+        <v>23</v>
       </c>
       <c r="B204" s="3" t="s">
         <v>214</v>
       </c>
       <c r="C204" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D204" s="9">
-        <v>135000.0</v>
+        <v>40600.0</v>
       </c>
       <c r="E204" s="3"/>
     </row>
     <row r="205" spans="1:5">
-      <c r="A205" s="2">
-        <v>11</v>
+      <c r="A205" s="2" t="s">
+        <v>25</v>
       </c>
       <c r="B205" s="3" t="s">
         <v>215</v>
       </c>
       <c r="C205" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D205" s="9">
-        <v>240000.0</v>
+        <v>42000.0</v>
       </c>
       <c r="E205" s="3"/>
     </row>
     <row r="206" spans="1:5">
-      <c r="A206" s="2">
-        <v>12</v>
+      <c r="A206" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="B206" s="3" t="s">
         <v>216</v>
       </c>
       <c r="C206" s="6" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="D206" s="9">
-        <v>55000.0</v>
+        <v>93800.0</v>
       </c>
       <c r="E206" s="3"/>
     </row>
     <row r="207" spans="1:5">
       <c r="A207" s="2">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B207" s="3" t="s">
         <v>217</v>
       </c>
       <c r="C207" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D207" s="9">
-        <v>47000.0</v>
+        <v>135000.0</v>
       </c>
       <c r="E207" s="3"/>
     </row>
     <row r="208" spans="1:5">
       <c r="A208" s="2">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="B208" s="3" t="s">
         <v>218</v>
       </c>
       <c r="C208" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D208" s="9">
-        <v>89000.0</v>
+        <v>240000.0</v>
       </c>
       <c r="E208" s="3"/>
     </row>
     <row r="209" spans="1:5">
       <c r="A209" s="2">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="B209" s="3" t="s">
         <v>219</v>
       </c>
       <c r="C209" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D209" s="9">
-        <v>14000.0</v>
+        <v>55000.0</v>
       </c>
       <c r="E209" s="3"/>
     </row>
     <row r="210" spans="1:5">
       <c r="A210" s="2">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="B210" s="3" t="s">
         <v>220</v>
       </c>
       <c r="C210" s="6" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="D210" s="9">
-        <v>72800.0</v>
+        <v>47000.0</v>
       </c>
       <c r="E210" s="3"/>
     </row>
     <row r="211" spans="1:5">
       <c r="A211" s="2">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="B211" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C211" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D211" s="9">
-        <v>27000.0</v>
+        <v>89000.0</v>
       </c>
       <c r="E211" s="3"/>
     </row>
     <row r="212" spans="1:5">
       <c r="A212" s="2">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="B212" s="3" t="s">
         <v>222</v>
       </c>
       <c r="C212" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D212" s="9">
-        <v>57000.0</v>
+        <v>14000.0</v>
       </c>
       <c r="E212" s="3"/>
     </row>
     <row r="213" spans="1:5">
       <c r="A213" s="2">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B213" s="3" t="s">
         <v>223</v>
       </c>
       <c r="C213" s="6" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="D213" s="9">
-        <v>61000.0</v>
+        <v>72800.0</v>
       </c>
       <c r="E213" s="3"/>
     </row>
     <row r="214" spans="1:5">
       <c r="A214" s="2">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="B214" s="3" t="s">
         <v>224</v>
       </c>
       <c r="C214" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D214" s="9">
-        <v>25000.0</v>
+        <v>27000.0</v>
       </c>
       <c r="E214" s="3"/>
     </row>
     <row r="215" spans="1:5">
       <c r="A215" s="2">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="B215" s="3" t="s">
         <v>225</v>
       </c>
       <c r="C215" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D215" s="9">
-        <v>18000.0</v>
+        <v>57000.0</v>
       </c>
       <c r="E215" s="3"/>
     </row>
     <row r="216" spans="1:5">
       <c r="A216" s="2">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="B216" s="3" t="s">
         <v>226</v>
       </c>
       <c r="C216" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D216" s="9">
-        <v>67000.0</v>
+        <v>61000.0</v>
       </c>
       <c r="E216" s="3"/>
     </row>
     <row r="217" spans="1:5">
       <c r="A217" s="2">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="B217" s="3" t="s">
         <v>227</v>
       </c>
       <c r="C217" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D217" s="9">
-        <v>102000.0</v>
+        <v>25000.0</v>
       </c>
       <c r="E217" s="3"/>
     </row>
     <row r="218" spans="1:5">
       <c r="A218" s="2">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="B218" s="3" t="s">
         <v>228</v>
       </c>
       <c r="C218" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D218" s="9">
-        <v>19000.0</v>
+        <v>18000.0</v>
       </c>
       <c r="E218" s="3"/>
     </row>
     <row r="219" spans="1:5">
       <c r="A219" s="2">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="B219" s="3" t="s">
         <v>229</v>
       </c>
       <c r="C219" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D219" s="9">
+        <v>67000.0</v>
+      </c>
+      <c r="E219" s="3"/>
+    </row>
+    <row r="220" spans="1:5">
+      <c r="A220" s="2">
+        <v>23</v>
+      </c>
+      <c r="B220" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="C220" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D220" s="9">
+        <v>102000.0</v>
+      </c>
+      <c r="E220" s="3"/>
+    </row>
+    <row r="221" spans="1:5">
+      <c r="A221" s="2">
+        <v>24</v>
+      </c>
+      <c r="B221" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="C221" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D221" s="9">
+        <v>19000.0</v>
+      </c>
+      <c r="E221" s="3"/>
+    </row>
+    <row r="222" spans="1:5">
+      <c r="A222" s="2">
+        <v>25</v>
+      </c>
+      <c r="B222" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="C222" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D222" s="9">
         <v>97000.0</v>
       </c>
-      <c r="E219" s="3"/>
-[...11 lines deleted...]
-      <c r="A221" s="23" t="s">
+      <c r="E222" s="3"/>
+    </row>
+    <row r="223" spans="1:5">
+      <c r="A223" s="19" t="s">
+        <v>233</v>
+      </c>
+      <c r="B223" s="20"/>
+      <c r="C223" s="21"/>
+      <c r="D223" s="22"/>
+      <c r="E223" s="20"/>
+    </row>
+    <row r="224" spans="1:5">
+      <c r="A224" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B221" s="24" t="s">
+      <c r="B224" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C221" s="25" t="s">
+      <c r="C224" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D221" s="26" t="s">
+      <c r="D224" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E221" s="24" t="s">
+      <c r="E224" s="24" t="s">
         <v>8</v>
       </c>
-    </row>
-[...43 lines deleted...]
-      <c r="E224" s="3"/>
     </row>
     <row r="225" spans="1:5">
       <c r="A225" s="2" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="B225" s="3" t="s">
         <v>234</v>
       </c>
       <c r="C225" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D225" s="9">
+        <v>23000.0</v>
+      </c>
+      <c r="E225" s="3"/>
+    </row>
+    <row r="226" spans="1:5">
+      <c r="A226" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B226" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="C226" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D226" s="9">
+        <v>99700.0</v>
+      </c>
+      <c r="E226" s="3"/>
+    </row>
+    <row r="227" spans="1:5">
+      <c r="A227" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="B227" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="C227" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D227" s="9">
+        <v>48000.0</v>
+      </c>
+      <c r="E227" s="3"/>
+    </row>
+    <row r="228" spans="1:5">
+      <c r="A228" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B228" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="C228" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D228" s="9">
         <v>56000.0</v>
       </c>
-      <c r="E225" s="3"/>
-[...22 lines deleted...]
-      <c r="A228" s="23" t="s">
+      <c r="E228" s="3"/>
+    </row>
+    <row r="229" spans="1:5">
+      <c r="A229" s="15" t="s">
+        <v>238</v>
+      </c>
+      <c r="B229" s="16" t="s">
+        <v>239</v>
+      </c>
+      <c r="C229" s="17"/>
+      <c r="D229" s="18"/>
+      <c r="E229" s="16"/>
+    </row>
+    <row r="230" spans="1:5">
+      <c r="A230" s="19" t="s">
+        <v>240</v>
+      </c>
+      <c r="B230" s="20"/>
+      <c r="C230" s="21"/>
+      <c r="D230" s="22"/>
+      <c r="E230" s="20"/>
+    </row>
+    <row r="231" spans="1:5">
+      <c r="A231" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B228" s="24" t="s">
+      <c r="B231" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C228" s="25" t="s">
+      <c r="C231" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D228" s="26" t="s">
+      <c r="D231" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E228" s="24" t="s">
+      <c r="E231" s="24" t="s">
         <v>8</v>
       </c>
-    </row>
-[...43 lines deleted...]
-      <c r="E231" s="3"/>
     </row>
     <row r="232" spans="1:5">
       <c r="A232" s="2" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="B232" s="3" t="s">
         <v>241</v>
       </c>
       <c r="C232" s="6" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D232" s="9">
-        <v>55000.0</v>
+        <v>30000.0</v>
       </c>
       <c r="E232" s="3"/>
     </row>
     <row r="233" spans="1:5">
       <c r="A233" s="2" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="B233" s="3" t="s">
         <v>242</v>
       </c>
       <c r="C233" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D233" s="9">
-        <v>111000.0</v>
+        <v>581000.0</v>
       </c>
       <c r="E233" s="3"/>
     </row>
     <row r="234" spans="1:5">
       <c r="A234" s="2" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="B234" s="3" t="s">
         <v>243</v>
       </c>
       <c r="C234" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D234" s="9">
-        <v>98000.0</v>
+        <v>150000.0</v>
       </c>
       <c r="E234" s="3"/>
     </row>
     <row r="235" spans="1:5">
       <c r="A235" s="2" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="B235" s="3" t="s">
         <v>244</v>
       </c>
       <c r="C235" s="6" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D235" s="9">
         <v>55000.0</v>
       </c>
       <c r="E235" s="3"/>
     </row>
     <row r="236" spans="1:5">
       <c r="A236" s="2" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="B236" s="3" t="s">
         <v>245</v>
       </c>
       <c r="C236" s="6" t="s">
-        <v>246</v>
+        <v>18</v>
       </c>
       <c r="D236" s="9">
-        <v>410000.0</v>
+        <v>111000.0</v>
       </c>
       <c r="E236" s="3"/>
     </row>
     <row r="237" spans="1:5">
       <c r="A237" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B237" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="C237" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D237" s="9">
+        <v>98000.0</v>
+      </c>
+      <c r="E237" s="3"/>
+    </row>
+    <row r="238" spans="1:5">
+      <c r="A238" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B238" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="C238" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D238" s="9">
+        <v>55000.0</v>
+      </c>
+      <c r="E238" s="3"/>
+    </row>
+    <row r="239" spans="1:5">
+      <c r="A239" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B239" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="C239" s="6" t="s">
+        <v>249</v>
+      </c>
+      <c r="D239" s="9">
+        <v>410000.0</v>
+      </c>
+      <c r="E239" s="3"/>
+    </row>
+    <row r="240" spans="1:5">
+      <c r="A240" s="2" t="s">
         <v>27</v>
-      </c>
-[...43 lines deleted...]
-        <v>12</v>
       </c>
       <c r="B240" s="3" t="s">
         <v>250</v>
       </c>
       <c r="C240" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D240" s="9">
-        <v>42000.0</v>
+        <v>80000.0</v>
       </c>
       <c r="E240" s="3"/>
     </row>
     <row r="241" spans="1:5">
       <c r="A241" s="2">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B241" s="3" t="s">
         <v>251</v>
       </c>
       <c r="C241" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D241" s="9">
-        <v>30000.0</v>
+        <v>575000.0</v>
       </c>
       <c r="E241" s="3"/>
     </row>
     <row r="242" spans="1:5">
-      <c r="A242" s="19" t="s">
+      <c r="A242" s="2">
+        <v>11</v>
+      </c>
+      <c r="B242" s="3" t="s">
         <v>252</v>
       </c>
-      <c r="B242" s="20"/>
-[...2 lines deleted...]
-      <c r="E242" s="20"/>
+      <c r="C242" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D242" s="9">
+        <v>586000.0</v>
+      </c>
+      <c r="E242" s="3"/>
     </row>
     <row r="243" spans="1:5">
-      <c r="A243" s="23" t="s">
+      <c r="A243" s="2">
+        <v>12</v>
+      </c>
+      <c r="B243" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="C243" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D243" s="9">
+        <v>42000.0</v>
+      </c>
+      <c r="E243" s="3"/>
+    </row>
+    <row r="244" spans="1:5">
+      <c r="A244" s="2">
+        <v>13</v>
+      </c>
+      <c r="B244" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="C244" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D244" s="9">
+        <v>21600.0</v>
+      </c>
+      <c r="E244" s="3"/>
+    </row>
+    <row r="245" spans="1:5">
+      <c r="A245" s="19" t="s">
+        <v>255</v>
+      </c>
+      <c r="B245" s="20"/>
+      <c r="C245" s="21"/>
+      <c r="D245" s="22"/>
+      <c r="E245" s="20"/>
+    </row>
+    <row r="246" spans="1:5">
+      <c r="A246" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B243" s="24" t="s">
+      <c r="B246" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C243" s="25" t="s">
+      <c r="C246" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D243" s="26" t="s">
+      <c r="D246" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E243" s="24" t="s">
+      <c r="E246" s="24" t="s">
         <v>8</v>
       </c>
-    </row>
-[...43 lines deleted...]
-      <c r="E246" s="3"/>
     </row>
     <row r="247" spans="1:5">
       <c r="A247" s="2" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="B247" s="3" t="s">
         <v>256</v>
       </c>
       <c r="C247" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D247" s="9">
-        <v>128000.0</v>
+        <v>91500.0</v>
       </c>
       <c r="E247" s="3"/>
     </row>
     <row r="248" spans="1:5">
       <c r="A248" s="2" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="B248" s="3" t="s">
         <v>257</v>
       </c>
       <c r="C248" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D248" s="9">
-        <v>150000.0</v>
+        <v>69000.0</v>
       </c>
       <c r="E248" s="3"/>
     </row>
     <row r="249" spans="1:5">
       <c r="A249" s="2" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="B249" s="3" t="s">
         <v>258</v>
       </c>
       <c r="C249" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D249" s="9">
-        <v>85000.0</v>
+        <v>109500.0</v>
       </c>
       <c r="E249" s="3"/>
     </row>
     <row r="250" spans="1:5">
       <c r="A250" s="2" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="B250" s="3" t="s">
         <v>259</v>
       </c>
       <c r="C250" s="6" t="s">
-        <v>62</v>
+        <v>18</v>
       </c>
       <c r="D250" s="9">
-        <v>250000.0</v>
+        <v>147000.0</v>
       </c>
       <c r="E250" s="3"/>
     </row>
     <row r="251" spans="1:5">
-      <c r="A251" s="19" t="s">
+      <c r="A251" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B251" s="3" t="s">
         <v>260</v>
       </c>
-      <c r="B251" s="20"/>
-[...2 lines deleted...]
-      <c r="E251" s="20"/>
+      <c r="C251" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D251" s="9">
+        <v>128000.0</v>
+      </c>
+      <c r="E251" s="3"/>
     </row>
     <row r="252" spans="1:5">
-      <c r="A252" s="23" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="A252" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B252" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="C252" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D252" s="9">
+        <v>150000.0</v>
+      </c>
+      <c r="E252" s="3"/>
     </row>
     <row r="253" spans="1:5">
       <c r="A253" s="2" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="B253" s="3" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C253" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D253" s="9">
-        <v>170000.0</v>
+        <v>85000.0</v>
       </c>
       <c r="E253" s="3"/>
     </row>
     <row r="254" spans="1:5">
       <c r="A254" s="2" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C254" s="6" t="s">
-        <v>18</v>
+        <v>62</v>
       </c>
       <c r="D254" s="9">
-        <v>188000.0</v>
+        <v>250000.0</v>
       </c>
       <c r="E254" s="3"/>
     </row>
     <row r="255" spans="1:5">
-      <c r="A255" s="2" t="s">
-[...11 lines deleted...]
-      <c r="E255" s="3"/>
+      <c r="A255" s="19" t="s">
+        <v>264</v>
+      </c>
+      <c r="B255" s="20"/>
+      <c r="C255" s="21"/>
+      <c r="D255" s="22"/>
+      <c r="E255" s="20"/>
     </row>
     <row r="256" spans="1:5">
-      <c r="A256" s="2" t="s">
-[...11 lines deleted...]
-      <c r="E256" s="3"/>
+      <c r="A256" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B256" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C256" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D256" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E256" s="24" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="257" spans="1:5">
       <c r="A257" s="2" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="B257" s="3" t="s">
         <v>265</v>
       </c>
       <c r="C257" s="6" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="D257" s="9">
-        <v>236000.0</v>
+        <v>170000.0</v>
       </c>
       <c r="E257" s="3"/>
     </row>
     <row r="258" spans="1:5">
       <c r="A258" s="2" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="B258" s="3" t="s">
         <v>266</v>
       </c>
       <c r="C258" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D258" s="9">
-        <v>60000.0</v>
+        <v>188000.0</v>
       </c>
       <c r="E258" s="3"/>
     </row>
     <row r="259" spans="1:5">
       <c r="A259" s="2" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="B259" s="3" t="s">
         <v>267</v>
       </c>
       <c r="C259" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D259" s="9">
-        <v>115000.0</v>
+        <v>58000.0</v>
       </c>
       <c r="E259" s="3"/>
     </row>
     <row r="260" spans="1:5">
       <c r="A260" s="2" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="B260" s="3" t="s">
         <v>268</v>
       </c>
       <c r="C260" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D260" s="9">
-        <v>126000.0</v>
+        <v>156000.0</v>
       </c>
       <c r="E260" s="3"/>
     </row>
     <row r="261" spans="1:5">
       <c r="A261" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="B261" s="3" t="s">
         <v>269</v>
       </c>
       <c r="C261" s="6" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="D261" s="9">
-        <v>213000.0</v>
+        <v>236000.0</v>
       </c>
       <c r="E261" s="3"/>
     </row>
     <row r="262" spans="1:5">
-      <c r="A262" s="2">
-        <v>10</v>
+      <c r="A262" s="2" t="s">
+        <v>21</v>
       </c>
       <c r="B262" s="3" t="s">
         <v>270</v>
       </c>
       <c r="C262" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D262" s="9">
+        <v>60000.0</v>
+      </c>
+      <c r="E262" s="3"/>
+    </row>
+    <row r="263" spans="1:5">
+      <c r="A263" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B263" s="3" t="s">
         <v>271</v>
       </c>
-      <c r="D262" s="9">
-[...8 lines deleted...]
-      <c r="B263" s="3" t="s">
+      <c r="C263" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D263" s="9">
+        <v>115000.0</v>
+      </c>
+      <c r="E263" s="3"/>
+    </row>
+    <row r="264" spans="1:5">
+      <c r="A264" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B264" s="3" t="s">
         <v>272</v>
       </c>
-      <c r="C263" s="6" t="s">
-[...11 lines deleted...]
-      <c r="B264" s="3" t="s">
+      <c r="C264" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D264" s="9">
+        <v>126000.0</v>
+      </c>
+      <c r="E264" s="3"/>
+    </row>
+    <row r="265" spans="1:5">
+      <c r="A265" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="B265" s="3" t="s">
         <v>273</v>
       </c>
-      <c r="C264" s="6" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="C265" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D265" s="9">
-        <v>38000.0</v>
+        <v>213000.0</v>
       </c>
       <c r="E265" s="3"/>
     </row>
     <row r="266" spans="1:5">
       <c r="A266" s="2">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="B266" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="C266" s="6" t="s">
         <v>275</v>
       </c>
-      <c r="C266" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D266" s="9">
-        <v>73800.0</v>
+        <v>191000.0</v>
       </c>
       <c r="E266" s="3"/>
     </row>
     <row r="267" spans="1:5">
       <c r="A267" s="2">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="B267" s="3" t="s">
         <v>276</v>
       </c>
       <c r="C267" s="6" t="s">
-        <v>271</v>
+        <v>18</v>
       </c>
       <c r="D267" s="9">
-        <v>323000.0</v>
+        <v>47000.0</v>
       </c>
       <c r="E267" s="3"/>
     </row>
     <row r="268" spans="1:5">
       <c r="A268" s="2">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="B268" s="3" t="s">
         <v>277</v>
       </c>
       <c r="C268" s="6" t="s">
-        <v>271</v>
+        <v>18</v>
       </c>
       <c r="D268" s="9">
-        <v>136000.0</v>
+        <v>160000.0</v>
       </c>
       <c r="E268" s="3"/>
     </row>
     <row r="269" spans="1:5">
       <c r="A269" s="2">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B269" s="3" t="s">
         <v>278</v>
       </c>
       <c r="C269" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D269" s="9">
-        <v>51000.0</v>
+        <v>38000.0</v>
       </c>
       <c r="E269" s="3"/>
     </row>
     <row r="270" spans="1:5">
       <c r="A270" s="2">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="B270" s="3" t="s">
         <v>279</v>
       </c>
       <c r="C270" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D270" s="9">
-        <v>220000.0</v>
+        <v>73800.0</v>
       </c>
       <c r="E270" s="3"/>
     </row>
     <row r="271" spans="1:5">
       <c r="A271" s="2">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="B271" s="3" t="s">
         <v>280</v>
       </c>
       <c r="C271" s="6" t="s">
-        <v>18</v>
+        <v>275</v>
       </c>
       <c r="D271" s="9">
-        <v>125000.0</v>
+        <v>323000.0</v>
       </c>
       <c r="E271" s="3"/>
     </row>
     <row r="272" spans="1:5">
       <c r="A272" s="2">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="B272" s="3" t="s">
         <v>281</v>
       </c>
       <c r="C272" s="6" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="D272" s="9">
-        <v>157000.0</v>
+        <v>136000.0</v>
       </c>
       <c r="E272" s="3"/>
     </row>
     <row r="273" spans="1:5">
       <c r="A273" s="2">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="B273" s="3" t="s">
         <v>282</v>
       </c>
       <c r="C273" s="6" t="s">
-        <v>271</v>
+        <v>18</v>
       </c>
       <c r="D273" s="9">
+        <v>51000.0</v>
+      </c>
+      <c r="E273" s="3"/>
+    </row>
+    <row r="274" spans="1:5">
+      <c r="A274" s="2">
+        <v>18</v>
+      </c>
+      <c r="B274" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="C274" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D274" s="9">
+        <v>220000.0</v>
+      </c>
+      <c r="E274" s="3"/>
+    </row>
+    <row r="275" spans="1:5">
+      <c r="A275" s="2">
+        <v>19</v>
+      </c>
+      <c r="B275" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="C275" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D275" s="9">
+        <v>163500.0</v>
+      </c>
+      <c r="E275" s="3"/>
+    </row>
+    <row r="276" spans="1:5">
+      <c r="A276" s="2">
+        <v>20</v>
+      </c>
+      <c r="B276" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="C276" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D276" s="9">
+        <v>125000.0</v>
+      </c>
+      <c r="E276" s="3"/>
+    </row>
+    <row r="277" spans="1:5">
+      <c r="A277" s="2">
+        <v>21</v>
+      </c>
+      <c r="B277" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="C277" s="6" t="s">
+        <v>275</v>
+      </c>
+      <c r="D277" s="9">
+        <v>157000.0</v>
+      </c>
+      <c r="E277" s="3"/>
+    </row>
+    <row r="278" spans="1:5">
+      <c r="A278" s="2">
+        <v>22</v>
+      </c>
+      <c r="B278" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="C278" s="6" t="s">
+        <v>275</v>
+      </c>
+      <c r="D278" s="9">
         <v>237000.0</v>
       </c>
-      <c r="E273" s="3"/>
-[...11 lines deleted...]
-      <c r="A275" s="23" t="s">
+      <c r="E278" s="3"/>
+    </row>
+    <row r="279" spans="1:5">
+      <c r="A279" s="19" t="s">
+        <v>288</v>
+      </c>
+      <c r="B279" s="20"/>
+      <c r="C279" s="21"/>
+      <c r="D279" s="22"/>
+      <c r="E279" s="20"/>
+    </row>
+    <row r="280" spans="1:5">
+      <c r="A280" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B275" s="24" t="s">
+      <c r="B280" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C275" s="25" t="s">
+      <c r="C280" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D275" s="26" t="s">
+      <c r="D280" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E275" s="24" t="s">
+      <c r="E280" s="24" t="s">
         <v>8</v>
       </c>
-    </row>
-[...73 lines deleted...]
-      <c r="E280" s="3"/>
     </row>
     <row r="281" spans="1:5">
       <c r="A281" s="2" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="B281" s="3" t="s">
         <v>289</v>
       </c>
       <c r="C281" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D281" s="9">
-        <v>50000.0</v>
+        <v>20000.0</v>
       </c>
       <c r="E281" s="3"/>
     </row>
     <row r="282" spans="1:5">
       <c r="A282" s="2" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="B282" s="3" t="s">
         <v>290</v>
       </c>
       <c r="C282" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D282" s="9">
-        <v>30000.0</v>
+        <v>35000.0</v>
       </c>
       <c r="E282" s="3"/>
     </row>
     <row r="283" spans="1:5">
       <c r="A283" s="2" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="B283" s="3" t="s">
         <v>291</v>
       </c>
       <c r="C283" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D283" s="9">
+        <v>95000.0</v>
+      </c>
+      <c r="E283" s="3"/>
+    </row>
+    <row r="284" spans="1:5">
+      <c r="A284" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B284" s="3" t="s">
         <v>292</v>
       </c>
-      <c r="D283" s="9">
-[...5 lines deleted...]
-      <c r="A284" s="19" t="s">
+      <c r="C284" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D284" s="9">
+        <v>50000.0</v>
+      </c>
+      <c r="E284" s="3"/>
+    </row>
+    <row r="285" spans="1:5">
+      <c r="A285" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B285" s="3" t="s">
         <v>293</v>
       </c>
-      <c r="B284" s="20"/>
-[...19 lines deleted...]
-      </c>
+      <c r="C285" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D285" s="9">
+        <v>25000.0</v>
+      </c>
+      <c r="E285" s="3"/>
     </row>
     <row r="286" spans="1:5">
       <c r="A286" s="2" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="B286" s="3" t="s">
         <v>294</v>
       </c>
       <c r="C286" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D286" s="9">
         <v>50000.0</v>
       </c>
       <c r="E286" s="3"/>
     </row>
     <row r="287" spans="1:5">
       <c r="A287" s="2" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="B287" s="3" t="s">
         <v>295</v>
       </c>
       <c r="C287" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D287" s="9">
-        <v>50000.0</v>
+        <v>30000.0</v>
       </c>
       <c r="E287" s="3"/>
     </row>
     <row r="288" spans="1:5">
       <c r="A288" s="2" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="B288" s="3" t="s">
         <v>296</v>
       </c>
       <c r="C288" s="6" t="s">
-        <v>18</v>
+        <v>297</v>
       </c>
       <c r="D288" s="9">
+        <v>850000.0</v>
+      </c>
+      <c r="E288" s="3"/>
+    </row>
+    <row r="289" spans="1:5">
+      <c r="A289" s="19" t="s">
+        <v>298</v>
+      </c>
+      <c r="B289" s="20"/>
+      <c r="C289" s="21"/>
+      <c r="D289" s="22"/>
+      <c r="E289" s="20"/>
+    </row>
+    <row r="290" spans="1:5">
+      <c r="A290" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B290" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C290" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D290" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E290" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="291" spans="1:5">
+      <c r="A291" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B291" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="C291" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D291" s="9">
+        <v>50000.0</v>
+      </c>
+      <c r="E291" s="3"/>
+    </row>
+    <row r="292" spans="1:5">
+      <c r="A292" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B292" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="C292" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D292" s="9">
+        <v>50000.0</v>
+      </c>
+      <c r="E292" s="3"/>
+    </row>
+    <row r="293" spans="1:5">
+      <c r="A293" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="B293" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="C293" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D293" s="9">
         <v>40000.0</v>
       </c>
-      <c r="E288" s="3"/>
-[...2 lines deleted...]
-      <c r="A289" s="2" t="s">
+      <c r="E293" s="3"/>
+    </row>
+    <row r="294" spans="1:5">
+      <c r="A294" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="B289" s="3" t="s">
-[...5 lines deleted...]
-      <c r="D289" s="9">
+      <c r="B294" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="C294" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D294" s="9">
         <v>29000.0</v>
       </c>
-      <c r="E289" s="3"/>
-[...66 lines deleted...]
-      </c>
+      <c r="E294" s="3"/>
     </row>
     <row r="295" spans="1:5">
       <c r="A295" s="2" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="B295" s="3" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="C295" s="6" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D295" s="9">
-        <v>250000.0</v>
+        <v>30000.0</v>
       </c>
       <c r="E295" s="3"/>
     </row>
     <row r="296" spans="1:5">
       <c r="A296" s="19" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="B296" s="20"/>
       <c r="C296" s="21"/>
       <c r="D296" s="22"/>
       <c r="E296" s="20"/>
     </row>
     <row r="297" spans="1:5">
       <c r="A297" s="23" t="s">
         <v>4</v>
       </c>
       <c r="B297" s="24" t="s">
         <v>5</v>
       </c>
       <c r="C297" s="25" t="s">
         <v>6</v>
       </c>
       <c r="D297" s="26" t="s">
         <v>7</v>
       </c>
       <c r="E297" s="24" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="298" spans="1:5">
-      <c r="A298" s="2" t="s">
-[...11 lines deleted...]
-      <c r="E298" s="3"/>
+      <c r="A298" s="19" t="s">
+        <v>305</v>
+      </c>
+      <c r="B298" s="20"/>
+      <c r="C298" s="21"/>
+      <c r="D298" s="22"/>
+      <c r="E298" s="20"/>
     </row>
     <row r="299" spans="1:5">
-      <c r="A299" s="2" t="s">
-[...11 lines deleted...]
-      <c r="E299" s="3"/>
+      <c r="A299" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B299" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C299" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D299" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E299" s="24" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="300" spans="1:5">
       <c r="A300" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="B300" s="3" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C300" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D300" s="9">
-        <v>73000.0</v>
+        <v>250000.0</v>
       </c>
       <c r="E300" s="3"/>
     </row>
     <row r="301" spans="1:5">
-      <c r="A301" s="2" t="s">
-[...11 lines deleted...]
-      <c r="E301" s="3"/>
+      <c r="A301" s="19" t="s">
+        <v>307</v>
+      </c>
+      <c r="B301" s="20"/>
+      <c r="C301" s="21"/>
+      <c r="D301" s="22"/>
+      <c r="E301" s="20"/>
     </row>
     <row r="302" spans="1:5">
-      <c r="A302" s="2" t="s">
-[...11 lines deleted...]
-      <c r="E302" s="3"/>
+      <c r="A302" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B302" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C302" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D302" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E302" s="24" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="303" spans="1:5">
       <c r="A303" s="2" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="B303" s="3" t="s">
         <v>308</v>
       </c>
       <c r="C303" s="6" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="D303" s="9">
-        <v>151500.0</v>
+        <v>130000.0</v>
       </c>
       <c r="E303" s="3"/>
     </row>
     <row r="304" spans="1:5">
       <c r="A304" s="2" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="B304" s="3" t="s">
         <v>309</v>
       </c>
       <c r="C304" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D304" s="9">
-        <v>63000.0</v>
+        <v>84000.0</v>
       </c>
       <c r="E304" s="3"/>
     </row>
     <row r="305" spans="1:5">
       <c r="A305" s="2" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="B305" s="3" t="s">
         <v>310</v>
       </c>
       <c r="C305" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D305" s="9">
-        <v>45000.0</v>
+        <v>73000.0</v>
       </c>
       <c r="E305" s="3"/>
     </row>
     <row r="306" spans="1:5">
       <c r="A306" s="2" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="B306" s="3" t="s">
         <v>311</v>
       </c>
       <c r="C306" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D306" s="9">
-        <v>195000.0</v>
+        <v>102000.0</v>
       </c>
       <c r="E306" s="3"/>
     </row>
     <row r="307" spans="1:5">
-      <c r="A307" s="2">
-        <v>10</v>
+      <c r="A307" s="2" t="s">
+        <v>19</v>
       </c>
       <c r="B307" s="3" t="s">
         <v>312</v>
       </c>
       <c r="C307" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D307" s="9">
-        <v>271000.0</v>
+        <v>51000.0</v>
       </c>
       <c r="E307" s="3"/>
     </row>
     <row r="308" spans="1:5">
-      <c r="A308" s="15" t="s">
+      <c r="A308" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B308" s="3" t="s">
         <v>313</v>
       </c>
-      <c r="B308" s="16" t="s">
+      <c r="C308" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D308" s="9">
+        <v>151500.0</v>
+      </c>
+      <c r="E308" s="3"/>
+    </row>
+    <row r="309" spans="1:5">
+      <c r="A309" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B309" s="3" t="s">
         <v>314</v>
       </c>
-      <c r="C308" s="17"/>
-[...4 lines deleted...]
-      <c r="A309" s="19" t="s">
+      <c r="C309" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D309" s="9">
+        <v>63000.0</v>
+      </c>
+      <c r="E309" s="3"/>
+    </row>
+    <row r="310" spans="1:5">
+      <c r="A310" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B310" s="3" t="s">
         <v>315</v>
       </c>
-      <c r="B309" s="20"/>
-[...19 lines deleted...]
-      </c>
+      <c r="C310" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D310" s="9">
+        <v>45000.0</v>
+      </c>
+      <c r="E310" s="3"/>
     </row>
     <row r="311" spans="1:5">
       <c r="A311" s="2" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="B311" s="3" t="s">
         <v>316</v>
       </c>
       <c r="C311" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D311" s="9">
+        <v>195000.0</v>
+      </c>
+      <c r="E311" s="3"/>
+    </row>
+    <row r="312" spans="1:5">
+      <c r="A312" s="2">
+        <v>10</v>
+      </c>
+      <c r="B312" s="3" t="s">
         <v>317</v>
       </c>
-      <c r="D311" s="9">
-[...10 lines deleted...]
-      </c>
       <c r="C312" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D312" s="9">
+        <v>271000.0</v>
+      </c>
+      <c r="E312" s="3"/>
+    </row>
+    <row r="313" spans="1:5">
+      <c r="A313" s="15" t="s">
         <v>318</v>
       </c>
-      <c r="D312" s="9">
-[...8 lines deleted...]
-      <c r="B313" s="3" t="s">
+      <c r="B313" s="16" t="s">
         <v>319</v>
       </c>
-      <c r="C313" s="6" t="s">
+      <c r="C313" s="17"/>
+      <c r="D313" s="18"/>
+      <c r="E313" s="16"/>
+    </row>
+    <row r="314" spans="1:5">
+      <c r="A314" s="19" t="s">
         <v>320</v>
       </c>
-      <c r="D313" s="9">
-[...17 lines deleted...]
-      <c r="E314" s="3"/>
+      <c r="B314" s="20"/>
+      <c r="C314" s="21"/>
+      <c r="D314" s="22"/>
+      <c r="E314" s="20"/>
     </row>
     <row r="315" spans="1:5">
-      <c r="A315" s="2" t="s">
-[...11 lines deleted...]
-      <c r="E315" s="3"/>
+      <c r="A315" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B315" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C315" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D315" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E315" s="24" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="316" spans="1:5">
       <c r="A316" s="2" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="B316" s="3" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="C316" s="6" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="D316" s="9">
         <v>80000.0</v>
       </c>
       <c r="E316" s="3"/>
     </row>
     <row r="317" spans="1:5">
       <c r="A317" s="2" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="B317" s="3" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="C317" s="6" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="D317" s="9">
-        <v>75000.0</v>
+        <v>150000.0</v>
       </c>
       <c r="E317" s="3"/>
     </row>
     <row r="318" spans="1:5">
       <c r="A318" s="2" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="B318" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="C318" s="6" t="s">
         <v>325</v>
       </c>
-      <c r="C318" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D318" s="9">
-        <v>80000.0</v>
+        <v>75000.0</v>
       </c>
       <c r="E318" s="3"/>
     </row>
     <row r="319" spans="1:5">
       <c r="A319" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B319" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="C319" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D319" s="9">
+        <v>37500.0</v>
+      </c>
+      <c r="E319" s="3"/>
+    </row>
+    <row r="320" spans="1:5">
+      <c r="A320" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B320" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="C320" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D320" s="9">
+        <v>80000.0</v>
+      </c>
+      <c r="E320" s="3"/>
+    </row>
+    <row r="321" spans="1:5">
+      <c r="A321" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B321" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="C321" s="6" t="s">
+        <v>329</v>
+      </c>
+      <c r="D321" s="9">
+        <v>100000.0</v>
+      </c>
+      <c r="E321" s="3"/>
+    </row>
+    <row r="322" spans="1:5">
+      <c r="A322" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B322" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="C322" s="6" t="s">
+        <v>322</v>
+      </c>
+      <c r="D322" s="9">
+        <v>80000.0</v>
+      </c>
+      <c r="E322" s="3"/>
+    </row>
+    <row r="323" spans="1:5">
+      <c r="A323" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B323" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="C323" s="6" t="s">
+        <v>323</v>
+      </c>
+      <c r="D323" s="9">
+        <v>75000.0</v>
+      </c>
+      <c r="E323" s="3"/>
+    </row>
+    <row r="324" spans="1:5">
+      <c r="A324" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="B319" s="3" t="s">
-[...5 lines deleted...]
-      <c r="D319" s="9">
+      <c r="B324" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="C324" s="6" t="s">
+        <v>331</v>
+      </c>
+      <c r="D324" s="9">
+        <v>80000.0</v>
+      </c>
+      <c r="E324" s="3"/>
+    </row>
+    <row r="325" spans="1:5">
+      <c r="A325" s="2">
+        <v>10</v>
+      </c>
+      <c r="B325" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="C325" s="6" t="s">
+        <v>333</v>
+      </c>
+      <c r="D325" s="9">
         <v>150000.0</v>
       </c>
-      <c r="E319" s="3"/>
-[...11 lines deleted...]
-      <c r="D320" s="9">
+      <c r="E325" s="3"/>
+    </row>
+    <row r="326" spans="1:5">
+      <c r="A326" s="2">
+        <v>11</v>
+      </c>
+      <c r="B326" s="3" t="s">
+        <v>334</v>
+      </c>
+      <c r="C326" s="6" t="s">
+        <v>323</v>
+      </c>
+      <c r="D326" s="9">
         <v>100000.0</v>
       </c>
-      <c r="E320" s="3"/>
-[...11 lines deleted...]
-      <c r="D321" s="9">
+      <c r="E326" s="3"/>
+    </row>
+    <row r="327" spans="1:5">
+      <c r="A327" s="2">
+        <v>12</v>
+      </c>
+      <c r="B327" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="C327" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D327" s="9">
         <v>150000.0</v>
       </c>
-      <c r="E321" s="3"/>
-[...11 lines deleted...]
-      <c r="D322" s="9">
+      <c r="E327" s="3"/>
+    </row>
+    <row r="328" spans="1:5">
+      <c r="A328" s="2">
+        <v>13</v>
+      </c>
+      <c r="B328" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="C328" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D328" s="9">
         <v>200000.0</v>
       </c>
-      <c r="E322" s="3"/>
-[...11 lines deleted...]
-      <c r="A324" s="23" t="s">
+      <c r="E328" s="3"/>
+    </row>
+    <row r="329" spans="1:5">
+      <c r="A329" s="19" t="s">
+        <v>337</v>
+      </c>
+      <c r="B329" s="20"/>
+      <c r="C329" s="21"/>
+      <c r="D329" s="22"/>
+      <c r="E329" s="20"/>
+    </row>
+    <row r="330" spans="1:5">
+      <c r="A330" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B324" s="24" t="s">
+      <c r="B330" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C324" s="25" t="s">
+      <c r="C330" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D324" s="26" t="s">
+      <c r="D330" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E324" s="24" t="s">
+      <c r="E330" s="24" t="s">
         <v>8</v>
       </c>
-    </row>
-[...80 lines deleted...]
-      <c r="E330" s="3"/>
     </row>
     <row r="331" spans="1:5">
       <c r="A331" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="B331" s="3" t="s">
         <v>338</v>
       </c>
       <c r="C331" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D331" s="9">
-        <v>362000.0</v>
+        <v>100000.0</v>
       </c>
       <c r="E331" s="3"/>
     </row>
     <row r="332" spans="1:5">
-      <c r="A332" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B332" s="3" t="s">
+      <c r="A332" s="15" t="s">
         <v>339</v>
       </c>
-      <c r="C332" s="6" t="s">
-[...5 lines deleted...]
-      <c r="E332" s="3"/>
+      <c r="B332" s="16" t="s">
+        <v>304</v>
+      </c>
+      <c r="C332" s="17"/>
+      <c r="D332" s="18"/>
+      <c r="E332" s="16"/>
     </row>
     <row r="333" spans="1:5">
-      <c r="A333" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B333" s="3" t="s">
+      <c r="A333" s="19" t="s">
         <v>340</v>
       </c>
-      <c r="C333" s="6" t="s">
-[...5 lines deleted...]
-      <c r="E333" s="3"/>
+      <c r="B333" s="20"/>
+      <c r="C333" s="21"/>
+      <c r="D333" s="22"/>
+      <c r="E333" s="20"/>
     </row>
     <row r="334" spans="1:5">
-      <c r="A334" s="2" t="s">
-[...11 lines deleted...]
-      <c r="E334" s="3"/>
+      <c r="A334" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B334" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C334" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D334" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E334" s="24" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="335" spans="1:5">
       <c r="A335" s="2" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="B335" s="3" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="C335" s="6" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D335" s="9">
-        <v>750000.0</v>
+        <v>190000.0</v>
       </c>
       <c r="E335" s="3"/>
     </row>
     <row r="336" spans="1:5">
       <c r="A336" s="2" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="B336" s="3" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="C336" s="6" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="D336" s="9">
-        <v>86000.0</v>
+        <v>280000.0</v>
       </c>
       <c r="E336" s="3"/>
     </row>
     <row r="337" spans="1:5">
       <c r="A337" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="B337" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="C337" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D337" s="9">
+        <v>123200.0</v>
+      </c>
+      <c r="E337" s="3"/>
+    </row>
+    <row r="338" spans="1:5">
+      <c r="A338" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B338" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="C338" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D338" s="9">
+        <v>362000.0</v>
+      </c>
+      <c r="E338" s="3"/>
+    </row>
+    <row r="339" spans="1:5">
+      <c r="A339" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B339" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="C339" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D339" s="9">
+        <v>579000.0</v>
+      </c>
+      <c r="E339" s="3"/>
+    </row>
+    <row r="340" spans="1:5">
+      <c r="A340" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B340" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="C340" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D340" s="9">
+        <v>96000.0</v>
+      </c>
+      <c r="E340" s="3"/>
+    </row>
+    <row r="341" spans="1:5">
+      <c r="A341" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B341" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="C341" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D341" s="9">
+        <v>356000.0</v>
+      </c>
+      <c r="E341" s="3"/>
+    </row>
+    <row r="342" spans="1:5">
+      <c r="A342" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B342" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="C342" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D342" s="9">
+        <v>750000.0</v>
+      </c>
+      <c r="E342" s="3"/>
+    </row>
+    <row r="343" spans="1:5">
+      <c r="A343" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="B337" s="3" t="s">
-[...74 lines deleted...]
-      <c r="B342" s="3" t="s">
+      <c r="B343" s="3" t="s">
         <v>349</v>
       </c>
-      <c r="C342" s="6" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="C343" s="6" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="D343" s="9">
-        <v>280000.0</v>
+        <v>86000.0</v>
       </c>
       <c r="E343" s="3"/>
     </row>
     <row r="344" spans="1:5">
       <c r="A344" s="2">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B344" s="3" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="C344" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D344" s="9">
-        <v>475000.0</v>
+        <v>70000.0</v>
       </c>
       <c r="E344" s="3"/>
     </row>
     <row r="345" spans="1:5">
       <c r="A345" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="B345" s="3" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="C345" s="6" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D345" s="9">
-        <v>404000.0</v>
+        <v>52000.0</v>
       </c>
       <c r="E345" s="3"/>
     </row>
     <row r="346" spans="1:5">
       <c r="A346" s="2">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="B346" s="3" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="C346" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D346" s="9">
-        <v>119000.0</v>
+        <v>72000.0</v>
       </c>
       <c r="E346" s="3"/>
     </row>
     <row r="347" spans="1:5">
       <c r="A347" s="2">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="B347" s="3" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="C347" s="6" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D347" s="9">
-        <v>105000.0</v>
+        <v>350000.0</v>
       </c>
       <c r="E347" s="3"/>
     </row>
     <row r="348" spans="1:5">
       <c r="A348" s="2">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="B348" s="3" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
       <c r="C348" s="6" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D348" s="9">
-        <v>30000.0</v>
+        <v>252000.0</v>
       </c>
       <c r="E348" s="3"/>
     </row>
     <row r="349" spans="1:5">
       <c r="A349" s="2">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="B349" s="3" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="C349" s="6" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D349" s="9">
-        <v>76000.0</v>
+        <v>110000.0</v>
       </c>
       <c r="E349" s="3"/>
     </row>
     <row r="350" spans="1:5">
       <c r="A350" s="2">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="B350" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="C350" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D350" s="9">
+        <v>280000.0</v>
+      </c>
+      <c r="E350" s="3"/>
+    </row>
+    <row r="351" spans="1:5">
+      <c r="A351" s="2">
+        <v>17</v>
+      </c>
+      <c r="B351" s="3" t="s">
         <v>357</v>
       </c>
-      <c r="C350" s="6" t="s">
-[...8 lines deleted...]
-      <c r="A351" s="19" t="s">
+      <c r="C351" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D351" s="9">
+        <v>475000.0</v>
+      </c>
+      <c r="E351" s="3"/>
+    </row>
+    <row r="352" spans="1:5">
+      <c r="A352" s="2">
+        <v>18</v>
+      </c>
+      <c r="B352" s="3" t="s">
         <v>358</v>
       </c>
-      <c r="B351" s="20"/>
-[...19 lines deleted...]
-      </c>
+      <c r="C352" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D352" s="9">
+        <v>404000.0</v>
+      </c>
+      <c r="E352" s="3"/>
     </row>
     <row r="353" spans="1:5">
-      <c r="A353" s="2" t="s">
-        <v>9</v>
+      <c r="A353" s="2">
+        <v>19</v>
       </c>
       <c r="B353" s="3" t="s">
         <v>359</v>
       </c>
       <c r="C353" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D353" s="9">
-        <v>192000.0</v>
+        <v>119000.0</v>
       </c>
       <c r="E353" s="3"/>
     </row>
     <row r="354" spans="1:5">
-      <c r="A354" s="2" t="s">
-        <v>12</v>
+      <c r="A354" s="2">
+        <v>20</v>
       </c>
       <c r="B354" s="3" t="s">
         <v>360</v>
       </c>
       <c r="C354" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D354" s="9">
-        <v>50000.0</v>
+        <v>105000.0</v>
       </c>
       <c r="E354" s="3"/>
     </row>
     <row r="355" spans="1:5">
-      <c r="A355" s="19" t="s">
+      <c r="A355" s="2">
+        <v>21</v>
+      </c>
+      <c r="B355" s="3" t="s">
         <v>361</v>
       </c>
-      <c r="B355" s="20"/>
-[...2 lines deleted...]
-      <c r="E355" s="20"/>
+      <c r="C355" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D355" s="9">
+        <v>30000.0</v>
+      </c>
+      <c r="E355" s="3"/>
     </row>
     <row r="356" spans="1:5">
-      <c r="A356" s="23" t="s">
+      <c r="A356" s="2">
+        <v>22</v>
+      </c>
+      <c r="B356" s="3" t="s">
+        <v>362</v>
+      </c>
+      <c r="C356" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D356" s="9">
+        <v>76000.0</v>
+      </c>
+      <c r="E356" s="3"/>
+    </row>
+    <row r="357" spans="1:5">
+      <c r="A357" s="2">
+        <v>23</v>
+      </c>
+      <c r="B357" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="C357" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D357" s="9">
+        <v>76000.0</v>
+      </c>
+      <c r="E357" s="3"/>
+    </row>
+    <row r="358" spans="1:5">
+      <c r="A358" s="19" t="s">
+        <v>364</v>
+      </c>
+      <c r="B358" s="20"/>
+      <c r="C358" s="21"/>
+      <c r="D358" s="22"/>
+      <c r="E358" s="20"/>
+    </row>
+    <row r="359" spans="1:5">
+      <c r="A359" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B356" s="24" t="s">
+      <c r="B359" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="C356" s="25" t="s">
+      <c r="C359" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D356" s="26" t="s">
+      <c r="D359" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="E356" s="24" t="s">
+      <c r="E359" s="24" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="357" spans="1:5">
-      <c r="A357" s="2" t="s">
+    <row r="360" spans="1:5">
+      <c r="A360" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="B357" s="3" t="s">
-[...22 lines deleted...]
-      <c r="A359" s="19" t="s">
+      <c r="B360" s="3" t="s">
         <v>365</v>
       </c>
-      <c r="B359" s="20"/>
-[...19 lines deleted...]
-      </c>
+      <c r="C360" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D360" s="9">
+        <v>192000.0</v>
+      </c>
+      <c r="E360" s="3"/>
     </row>
     <row r="361" spans="1:5">
       <c r="A361" s="2" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B361" s="3" t="s">
         <v>366</v>
       </c>
       <c r="C361" s="6" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D361" s="9">
-        <v>350000.0</v>
+        <v>50000.0</v>
       </c>
       <c r="E361" s="3"/>
     </row>
     <row r="362" spans="1:5">
-      <c r="A362" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B362" s="3" t="s">
+      <c r="A362" s="19" t="s">
         <v>367</v>
       </c>
-      <c r="C362" s="6" t="s">
-[...5 lines deleted...]
-      <c r="E362" s="3"/>
+      <c r="B362" s="20"/>
+      <c r="C362" s="21"/>
+      <c r="D362" s="22"/>
+      <c r="E362" s="20"/>
     </row>
     <row r="363" spans="1:5">
-      <c r="A363" s="2" t="s">
-[...11 lines deleted...]
-      <c r="E363" s="3"/>
+      <c r="A363" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B363" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C363" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D363" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E363" s="24" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="364" spans="1:5">
       <c r="A364" s="2" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="B364" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="C364" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D364" s="9">
+        <v>220000.0</v>
+      </c>
+      <c r="E364" s="3"/>
+    </row>
+    <row r="365" spans="1:5">
+      <c r="A365" s="15" t="s">
         <v>369</v>
       </c>
-      <c r="C364" s="6" t="s">
-[...11 lines deleted...]
-      <c r="B365" s="3" t="s">
+      <c r="B365" s="16" t="s">
         <v>370</v>
       </c>
-      <c r="C365" s="6" t="s">
-[...5 lines deleted...]
-      <c r="E365" s="3"/>
+      <c r="C365" s="17"/>
+      <c r="D365" s="18"/>
+      <c r="E365" s="16"/>
     </row>
     <row r="366" spans="1:5">
-      <c r="A366" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B366" s="3" t="s">
+      <c r="A366" s="19" t="s">
         <v>371</v>
       </c>
-      <c r="C366" s="6" t="s">
-[...5 lines deleted...]
-      <c r="E366" s="3"/>
+      <c r="B366" s="20"/>
+      <c r="C366" s="21"/>
+      <c r="D366" s="22"/>
+      <c r="E366" s="20"/>
     </row>
     <row r="367" spans="1:5">
-      <c r="A367" s="2" t="s">
-[...11 lines deleted...]
-      <c r="E367" s="3"/>
+      <c r="A367" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B367" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C367" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D367" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E367" s="24" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="368" spans="1:5">
       <c r="A368" s="2" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="B368" s="3" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="C368" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D368" s="9">
-        <v>330000.0</v>
+        <v>350000.0</v>
       </c>
       <c r="E368" s="3"/>
     </row>
     <row r="369" spans="1:5">
       <c r="A369" s="2" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="B369" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="C369" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="D369" s="9">
+        <v>290000.0</v>
+      </c>
+      <c r="E369" s="3"/>
+    </row>
+    <row r="370" spans="1:5">
+      <c r="A370" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="B370" s="3" t="s">
         <v>374</v>
       </c>
-      <c r="C369" s="6" t="s">
-[...11 lines deleted...]
-      <c r="B370" s="3" t="s">
+      <c r="C370" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D370" s="9">
+        <v>146000.0</v>
+      </c>
+      <c r="E370" s="3"/>
+    </row>
+    <row r="371" spans="1:5">
+      <c r="A371" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B371" s="3" t="s">
         <v>375</v>
       </c>
-      <c r="C370" s="6" t="s">
-[...11 lines deleted...]
-      <c r="B371" s="3" t="s">
+      <c r="C371" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D371" s="9">
+        <v>379900.0</v>
+      </c>
+      <c r="E371" s="3"/>
+    </row>
+    <row r="372" spans="1:5">
+      <c r="A372" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B372" s="3" t="s">
         <v>376</v>
       </c>
-      <c r="C371" s="6" t="s">
-[...8 lines deleted...]
-      <c r="A372" s="19" t="s">
+      <c r="C372" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D372" s="9">
+        <v>440000.0</v>
+      </c>
+      <c r="E372" s="3"/>
+    </row>
+    <row r="373" spans="1:5">
+      <c r="A373" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B373" s="3" t="s">
         <v>377</v>
       </c>
-      <c r="B372" s="20"/>
-[...19 lines deleted...]
-      </c>
+      <c r="C373" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D373" s="9">
+        <v>469000.0</v>
+      </c>
+      <c r="E373" s="3"/>
     </row>
     <row r="374" spans="1:5">
       <c r="A374" s="2" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="B374" s="3" t="s">
         <v>378</v>
       </c>
       <c r="C374" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D374" s="9">
-        <v>300000.0</v>
+        <v>330000.0</v>
       </c>
       <c r="E374" s="3"/>
     </row>
     <row r="375" spans="1:5">
       <c r="A375" s="2" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="B375" s="3" t="s">
         <v>379</v>
       </c>
       <c r="C375" s="6" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="D375" s="9">
-        <v>152000.0</v>
+        <v>230400.0</v>
       </c>
       <c r="E375" s="3"/>
     </row>
     <row r="376" spans="1:5">
       <c r="A376" s="2" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="B376" s="3" t="s">
         <v>380</v>
       </c>
       <c r="C376" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D376" s="9">
-        <v>113000.0</v>
+        <v>620600.0</v>
       </c>
       <c r="E376" s="3"/>
     </row>
     <row r="377" spans="1:5">
-      <c r="A377" s="2" t="s">
-        <v>16</v>
+      <c r="A377" s="2">
+        <v>10</v>
       </c>
       <c r="B377" s="3" t="s">
         <v>381</v>
       </c>
       <c r="C377" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D377" s="9">
-        <v>110000.0</v>
+        <v>268500.0</v>
       </c>
       <c r="E377" s="3"/>
     </row>
     <row r="378" spans="1:5">
-      <c r="A378" s="2" t="s">
-        <v>19</v>
+      <c r="A378" s="2">
+        <v>11</v>
       </c>
       <c r="B378" s="3" t="s">
         <v>382</v>
       </c>
       <c r="C378" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D378" s="9">
-        <v>203000.0</v>
+        <v>260000.0</v>
       </c>
       <c r="E378" s="3"/>
     </row>
     <row r="379" spans="1:5">
-      <c r="A379" s="2" t="s">
-        <v>21</v>
+      <c r="A379" s="2">
+        <v>12</v>
       </c>
       <c r="B379" s="3" t="s">
         <v>383</v>
       </c>
       <c r="C379" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D379" s="9">
-        <v>340000.0</v>
+        <v>284800.0</v>
       </c>
       <c r="E379" s="3"/>
     </row>
     <row r="380" spans="1:5">
       <c r="A380" s="19" t="s">
         <v>384</v>
       </c>
       <c r="B380" s="20"/>
       <c r="C380" s="21"/>
       <c r="D380" s="22"/>
       <c r="E380" s="20"/>
     </row>
     <row r="381" spans="1:5">
       <c r="A381" s="23" t="s">
         <v>4</v>
       </c>
       <c r="B381" s="24" t="s">
         <v>5</v>
       </c>
       <c r="C381" s="25" t="s">
         <v>6</v>
       </c>
       <c r="D381" s="26" t="s">
         <v>7</v>
       </c>
       <c r="E381" s="24" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="382" spans="1:5">
       <c r="A382" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B382" s="3" t="s">
         <v>385</v>
       </c>
       <c r="C382" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D382" s="9">
-        <v>130000.0</v>
+        <v>300000.0</v>
       </c>
       <c r="E382" s="3"/>
     </row>
     <row r="383" spans="1:5">
       <c r="A383" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B383" s="3" t="s">
         <v>386</v>
       </c>
       <c r="C383" s="6" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="D383" s="9">
-        <v>207000.0</v>
+        <v>152000.0</v>
       </c>
       <c r="E383" s="3"/>
     </row>
     <row r="384" spans="1:5">
       <c r="A384" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B384" s="3" t="s">
         <v>387</v>
       </c>
       <c r="C384" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D384" s="9">
-        <v>184500.0</v>
+        <v>113000.0</v>
       </c>
       <c r="E384" s="3"/>
     </row>
     <row r="385" spans="1:5">
       <c r="A385" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B385" s="3" t="s">
         <v>388</v>
       </c>
       <c r="C385" s="6" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="D385" s="9">
-        <v>333000.0</v>
+        <v>110000.0</v>
       </c>
       <c r="E385" s="3"/>
     </row>
     <row r="386" spans="1:5">
       <c r="A386" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B386" s="3" t="s">
         <v>389</v>
       </c>
       <c r="C386" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D386" s="9">
-        <v>400000.0</v>
+        <v>203000.0</v>
       </c>
       <c r="E386" s="3"/>
     </row>
     <row r="387" spans="1:5">
       <c r="A387" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B387" s="3" t="s">
         <v>390</v>
       </c>
       <c r="C387" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D387" s="9">
-        <v>77000.0</v>
+        <v>340000.0</v>
       </c>
       <c r="E387" s="3"/>
     </row>
     <row r="388" spans="1:5">
-      <c r="A388" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B388" s="3" t="s">
+      <c r="A388" s="19" t="s">
         <v>391</v>
       </c>
-      <c r="C388" s="6" t="s">
-[...5 lines deleted...]
-      <c r="E388" s="3"/>
+      <c r="B388" s="20"/>
+      <c r="C388" s="21"/>
+      <c r="D388" s="22"/>
+      <c r="E388" s="20"/>
     </row>
     <row r="389" spans="1:5">
-      <c r="A389" s="2" t="s">
-[...11 lines deleted...]
-      <c r="E389" s="3"/>
+      <c r="A389" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B389" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C389" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D389" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E389" s="24" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="390" spans="1:5">
       <c r="A390" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B390" s="3" t="s">
+        <v>392</v>
+      </c>
+      <c r="C390" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D390" s="9">
+        <v>130000.0</v>
+      </c>
+      <c r="E390" s="3"/>
+    </row>
+    <row r="391" spans="1:5">
+      <c r="A391" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B391" s="3" t="s">
+        <v>393</v>
+      </c>
+      <c r="C391" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D391" s="9">
+        <v>277500.0</v>
+      </c>
+      <c r="E391" s="3"/>
+    </row>
+    <row r="392" spans="1:5">
+      <c r="A392" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="B392" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="C392" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="D392" s="9">
+        <v>207000.0</v>
+      </c>
+      <c r="E392" s="3"/>
+    </row>
+    <row r="393" spans="1:5">
+      <c r="A393" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B393" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="C393" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D393" s="9">
+        <v>184500.0</v>
+      </c>
+      <c r="E393" s="3"/>
+    </row>
+    <row r="394" spans="1:5">
+      <c r="A394" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B394" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="C394" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="D394" s="9">
+        <v>333000.0</v>
+      </c>
+      <c r="E394" s="3"/>
+    </row>
+    <row r="395" spans="1:5">
+      <c r="A395" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B395" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="C395" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D395" s="9">
+        <v>400000.0</v>
+      </c>
+      <c r="E395" s="3"/>
+    </row>
+    <row r="396" spans="1:5">
+      <c r="A396" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B396" s="3" t="s">
+        <v>398</v>
+      </c>
+      <c r="C396" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D396" s="9">
+        <v>77000.0</v>
+      </c>
+      <c r="E396" s="3"/>
+    </row>
+    <row r="397" spans="1:5">
+      <c r="A397" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B397" s="3" t="s">
+        <v>399</v>
+      </c>
+      <c r="C397" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D397" s="9">
+        <v>188000.0</v>
+      </c>
+      <c r="E397" s="3"/>
+    </row>
+    <row r="398" spans="1:5">
+      <c r="A398" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="B390" s="3" t="s">
-[...5 lines deleted...]
-      <c r="D390" s="9">
+      <c r="B398" s="3" t="s">
+        <v>400</v>
+      </c>
+      <c r="C398" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D398" s="9">
+        <v>123000.0</v>
+      </c>
+      <c r="E398" s="3"/>
+    </row>
+    <row r="399" spans="1:5">
+      <c r="A399" s="2">
+        <v>10</v>
+      </c>
+      <c r="B399" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="C399" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D399" s="9">
         <v>80000.0</v>
       </c>
-      <c r="E390" s="3"/>
-[...130 lines deleted...]
-      </c>
+      <c r="E399" s="3"/>
     </row>
     <row r="400" spans="1:5">
-      <c r="A400" s="2" t="s">
-        <v>9</v>
+      <c r="A400" s="2">
+        <v>11</v>
       </c>
       <c r="B400" s="3" t="s">
         <v>402</v>
       </c>
       <c r="C400" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D400" s="9">
-        <v>563000.0</v>
+        <v>120000.0</v>
       </c>
       <c r="E400" s="3"/>
     </row>
     <row r="401" spans="1:5">
-      <c r="A401" s="2" t="s">
+      <c r="A401" s="2">
         <v>12</v>
       </c>
       <c r="B401" s="3" t="s">
         <v>403</v>
       </c>
       <c r="C401" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D401" s="9">
-        <v>4080000.0</v>
+        <v>115500.0</v>
       </c>
       <c r="E401" s="3"/>
     </row>
     <row r="402" spans="1:5">
-      <c r="A402" s="2" t="s">
-        <v>14</v>
+      <c r="A402" s="2">
+        <v>13</v>
       </c>
       <c r="B402" s="3" t="s">
         <v>404</v>
       </c>
       <c r="C402" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D402" s="9">
-        <v>243000.0</v>
+        <v>83000.0</v>
       </c>
       <c r="E402" s="3"/>
     </row>
     <row r="403" spans="1:5">
-      <c r="A403" s="2" t="s">
-        <v>16</v>
+      <c r="A403" s="2">
+        <v>14</v>
       </c>
       <c r="B403" s="3" t="s">
         <v>405</v>
       </c>
       <c r="C403" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D403" s="9">
-        <v>265000.0</v>
+        <v>118000.0</v>
       </c>
       <c r="E403" s="3"/>
     </row>
     <row r="404" spans="1:5">
-      <c r="A404" s="2" t="s">
-        <v>19</v>
+      <c r="A404" s="2">
+        <v>15</v>
       </c>
       <c r="B404" s="3" t="s">
         <v>406</v>
       </c>
       <c r="C404" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D404" s="9">
-        <v>293000.0</v>
+        <v>255000.0</v>
       </c>
       <c r="E404" s="3"/>
     </row>
     <row r="405" spans="1:5">
-      <c r="A405" s="2" t="s">
-        <v>21</v>
+      <c r="A405" s="2">
+        <v>16</v>
       </c>
       <c r="B405" s="3" t="s">
         <v>407</v>
       </c>
       <c r="C405" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D405" s="9">
+        <v>90000.0</v>
+      </c>
+      <c r="E405" s="3"/>
+    </row>
+    <row r="406" spans="1:5">
+      <c r="A406" s="2">
+        <v>17</v>
+      </c>
+      <c r="B406" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="C406" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D406" s="9">
+        <v>434000.0</v>
+      </c>
+      <c r="E406" s="3"/>
+    </row>
+    <row r="407" spans="1:5">
+      <c r="A407" s="19" t="s">
+        <v>409</v>
+      </c>
+      <c r="B407" s="20"/>
+      <c r="C407" s="21"/>
+      <c r="D407" s="22"/>
+      <c r="E407" s="20"/>
+    </row>
+    <row r="408" spans="1:5">
+      <c r="A408" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B408" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C408" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D408" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E408" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="409" spans="1:5">
+      <c r="A409" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B409" s="3" t="s">
+        <v>410</v>
+      </c>
+      <c r="C409" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D409" s="9">
+        <v>563000.0</v>
+      </c>
+      <c r="E409" s="3"/>
+    </row>
+    <row r="410" spans="1:5">
+      <c r="A410" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B410" s="3" t="s">
+        <v>411</v>
+      </c>
+      <c r="C410" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D410" s="9">
+        <v>4080000.0</v>
+      </c>
+      <c r="E410" s="3"/>
+    </row>
+    <row r="411" spans="1:5">
+      <c r="A411" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="B411" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="C411" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D411" s="9">
+        <v>243000.0</v>
+      </c>
+      <c r="E411" s="3"/>
+    </row>
+    <row r="412" spans="1:5">
+      <c r="A412" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B412" s="3" t="s">
+        <v>413</v>
+      </c>
+      <c r="C412" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D412" s="9">
+        <v>265000.0</v>
+      </c>
+      <c r="E412" s="3"/>
+    </row>
+    <row r="413" spans="1:5">
+      <c r="A413" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B413" s="3" t="s">
+        <v>414</v>
+      </c>
+      <c r="C413" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D413" s="9">
+        <v>293000.0</v>
+      </c>
+      <c r="E413" s="3"/>
+    </row>
+    <row r="414" spans="1:5">
+      <c r="A414" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B414" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="C414" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D414" s="9">
         <v>261000.0</v>
       </c>
-      <c r="E405" s="3"/>
-[...6 lines deleted...]
-      <c r="E406" s="3"/>
+      <c r="E414" s="3"/>
+    </row>
+    <row r="415" spans="1:5">
+      <c r="A415" s="2"/>
+      <c r="B415" s="3"/>
+      <c r="C415" s="6"/>
+      <c r="D415" s="9"/>
+      <c r="E415" s="3"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="B3:E3"/>
     <mergeCell ref="B45:E45"/>
-    <mergeCell ref="B118:E118"/>
-[...4 lines deleted...]
-    <mergeCell ref="B358:E358"/>
+    <mergeCell ref="B119:E119"/>
+    <mergeCell ref="B195:E195"/>
+    <mergeCell ref="B229:E229"/>
+    <mergeCell ref="B313:E313"/>
+    <mergeCell ref="B332:E332"/>
+    <mergeCell ref="B365:E365"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="A18:E18"/>
     <mergeCell ref="A42:E42"/>
     <mergeCell ref="A46:E46"/>
-    <mergeCell ref="A66:E66"/>
-[...13 lines deleted...]
-    <mergeCell ref="A293:E293"/>
+    <mergeCell ref="A67:E67"/>
+    <mergeCell ref="A75:E75"/>
+    <mergeCell ref="A120:E120"/>
+    <mergeCell ref="A158:E158"/>
+    <mergeCell ref="A177:E177"/>
+    <mergeCell ref="A184:E184"/>
+    <mergeCell ref="A196:E196"/>
+    <mergeCell ref="A223:E223"/>
+    <mergeCell ref="A230:E230"/>
+    <mergeCell ref="A245:E245"/>
+    <mergeCell ref="A255:E255"/>
+    <mergeCell ref="A279:E279"/>
+    <mergeCell ref="A289:E289"/>
     <mergeCell ref="A296:E296"/>
-    <mergeCell ref="A309:E309"/>
-[...5 lines deleted...]
-    <mergeCell ref="A372:E372"/>
+    <mergeCell ref="A298:E298"/>
+    <mergeCell ref="A301:E301"/>
+    <mergeCell ref="A314:E314"/>
+    <mergeCell ref="A329:E329"/>
+    <mergeCell ref="A333:E333"/>
+    <mergeCell ref="A358:E358"/>
+    <mergeCell ref="A362:E362"/>
+    <mergeCell ref="A366:E366"/>
     <mergeCell ref="A380:E380"/>
-    <mergeCell ref="A398:E398"/>
+    <mergeCell ref="A388:E388"/>
+    <mergeCell ref="A407:E407"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>